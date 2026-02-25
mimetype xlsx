--- v0 (2025-11-06)
+++ v1 (2026-02-25)
@@ -1,9393 +1,9351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f90f3b4a8e547a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc1508f6fde64da8ac06fe5a4a92b692.psmdcp" Id="R5c9dfb16e3fc455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e68e8b8338a4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/165a73180e1940c6bb53ed6442548b9c.psmdcp" Id="Rf7fa148c923f4042" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3112" uniqueCount="3112">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3098" uniqueCount="3098">
   <x:si>
     <x:t>Titel</x:t>
   </x:si>
   <x:si>
     <x:t>Diarienr</x:t>
   </x:si>
   <x:si>
     <x:t>Webbarkiv</x:t>
   </x:si>
   <x:si>
+    <x:t>Asfotas alfa vid hypofosfatasi diagnosticerad före 18 års ålder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2026/133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nej</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motiverande samtal för personer med autism eller personer med lindrig till måttlig intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2026/131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ögondroppar innehållande hyaluronsyra som behandling vid torra ögon jämfört med andra ögondroppar vid egenvård</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2026/125</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rådgivande samtal vid snusning hos gravida</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1294</x:t>
   </x:si>
   <x:si>
-    <x:t>Nej</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Rådgivande samtal vid bruk av alkohol hos gravida</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1295</x:t>
   </x:si>
   <x:si>
+    <x:t>Kvalificerat rådgivande samtal vid bruk av alkohol hos gravida</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1296</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rådgivande samtal med tillägg av skriftlig ordination av fysisk aktivitet vid otillräcklig fysisk aktivitet hos vuxna avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1292</x:t>
   </x:si>
   <x:si>
-    <x:t>Kvalificerat rådgivande samtal vid bruk av alkohol hos gravida</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Rådgivande samtal med tillägg av receptbelagt läkemedel för snusavvänjning (vareniklin) jämfört med rådgivande samtal med tillägg av placebo vid daglig snusning hos vuxna avseende effekter på längre sikt än 6 månader</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1293</x:t>
   </x:si>
   <x:si>
+    <x:t>Neuropsykiatrisk utredning enligt fastställda grundprinciper, jämfört med att inte implementera sådana principer, vid misstänkt neuropsykiatrisk funktionsnedsättning hos barn och vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1284</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tidig kontakt med öppenvårdspsykiatrin, beroendevården, skolan eller andra delar inom socialtjänsten vid adhd eller autism hos barn som står inför utskrivning från hem för vård eller boende (HVB) eller Statens institutionsstyrelse (SiS-hem), jämfört med ingen eller sen kontakt</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1281</x:t>
   </x:si>
   <x:si>
     <x:t>Kompetensutveckling om adhd och autism hos äldre för personal i hälso- och sjukvården och socialtjänsten, jämfört med ingen kompetensutveckling om adhd och autism hos äldre</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1283</x:t>
   </x:si>
   <x:si>
-    <x:t>Neuropsykiatrisk utredning enligt fastställda grundprinciper, jämfört med att inte implementera sådana principer, vid misstänkt neuropsykiatrisk funktionsnedsättning hos barn och vuxna</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Tidig kontakt med öppenvårdspsykiatrin, socialtjänsten eller beroendevården för vuxna med adhd eller autism inför frigivning från kriminalvården, jämfört med ingen eller sen kontakt</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1282</x:t>
   </x:si>
   <x:si>
+    <x:t>Kognitivt stöd, inklusive hjälpmedel, för vuxna med adhd eller autism, jämfört med inget kognitivt stöd eller hjälpmedel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Individanpassat stöd till arbete (IPS) vid adhd eller autism, jämfört med inget eller annat stöd till arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samordning av tidiga insatser mellan socialtjänsten, hälso- och sjukvården och skolan (elevhälsan) vid misstänkt eller fastställd adhd eller autism, och med tecken på en ogynnsam utveckling, hos barn i skolåldern, jämfört med ingen tidig samordning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1276</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Sammanhållen bedömning, diagnostik, insatser och uppföljning jämfört med en icke sammanhållen process vid misstänkt neuropsykiatrisk funktionsnedsättning eller fastställd adhd eller autism hos barn eller vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1273</x:t>
   </x:si>
   <x:si>
     <x:t>Strukturerad uppföljning av hälso- och sjukvårdsinsatser för vuxna med adhd eller autism, jämfört med ingen strukturerad uppföljning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1272</x:t>
   </x:si>
   <x:si>
-    <x:t>Individanpassat stöd till arbete (IPS) vid adhd eller autism, jämfört med inget eller annat stöd till arbete</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2025/1265</x:t>
+    <x:t>Kognitivt stöd, inklusive hjälpmedel, vid adhd eller autism hos vuxna, jämfört med inget kognitivt stöd eller hjälpmedel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rutiner för samarbete och tydlig ansvarsfördelning mellan primärvården och den specialiserade hälso- och sjukvården vid behov av vård från flera instanser för barn och vuxna med adhd eller autism, jämfört med inga rutiner för samarbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uppmärksammande av munhälsa vid hälso- och sjukvårdsbesök jämfört med sedvanlig vård för barn och vuxna med adhd eller autism</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strukturerat arbetssätt vid övergången från barn- till vuxensjukvård för barn med adhd eller autism, jämfört med icke strukturerat arbetssätt eller inga riktlinjer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strukturerad och regelbunden uppföljning av hälso- och sjukvårdsinsatser hos barn med adhd eller autism, jämfört med ingen strukturerad och regelbunden uppföljning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1271</x:t>
   </x:si>
   <x:si>
     <x:t>Neuropsykiatrisk utredning, insatser och uppföljning av ett team, jämfört med ingen tillämpning av ett teambaserat arbetssätt, vid misstänkt neuropsykiatrisk funktionsnedsättning eller fastställd adhd eller autism hos barn</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1278</x:t>
   </x:si>
   <x:si>
-    <x:t>Strukturerat arbetssätt vid övergången från barn- till vuxensjukvård för barn med adhd eller autism, jämfört med icke strukturerat arbetssätt eller inga riktlinjer</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Gemensam genomgång av utredningsresultat tillsammans med förskolan eller skolan, inklusive elevhälsan, när barn genomgått en neuropsykiatrisk utredning, jämfört med sedvanligt arbetssätt</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1279</x:t>
   </x:si>
   <x:si>
-    <x:t>Uppmärksammande av munhälsa vid hälso- och sjukvårdsbesök jämfört med sedvanlig vård för barn och vuxna med adhd eller autism</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Boendestöd, jämfört med inget eller annat stöd i boendet, vid adhd eller autism hos vuxna med svårigheter att klara hemlivet utan stöd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1269</x:t>
   </x:si>
   <x:si>
+    <x:t>Vård- och stödsamordnare för vuxna med adhd eller autismspektrumtillstånd jämfört med ingen samordning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyngdtäcke, jämfört med ingen eller annan behandling, vid adhd hos vuxna med insomni och otillräcklig effekt av stöd för goda sömnvanor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Positivt beteendestöd (PBS) för vuxna med autism och utmanande beteende jämfört med ingen eller annan behandling samt väntelista</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psykoedukation för vuxna med autism, jämfört med ingen psykoedukation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1194</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tyngdtäcke, jämfört med ingen eller annan behandling, vid autism hos vuxna med insomni och otillräcklig effekt av stöd för goda sömnvanor</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1190</x:t>
   </x:si>
   <x:si>
+    <x:t>Kommunikativt stöd för vuxna med autism, jämfört med inget kommunikativt stöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsbehandling (≤ 1 år) med icke-centralstimulerande läkemedel för vuxna med adhd, jämfört med placebo, avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Social färdighetsträning, jämfört med ingen behandling, vid adhd hos barn avseende skolresultat och betyg samt livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1187</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psykoedukation för vuxna med adhd, jämfört med ingen psykoedukation</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1195</x:t>
   </x:si>
   <x:si>
-    <x:t>Tyngdtäcke, jämfört med ingen eller annan behandling, vid adhd hos vuxna med insomni och otillräcklig effekt av stöd för goda sömnvanor</x:t>
-[...38 lines deleted...]
-    <x:t>SBU 2025/1194</x:t>
+    <x:t>Vård- och stödsamordnare för barn med adhd eller autismspektrumtillstånd jämfört med ingen samordning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1181</x:t>
   </x:si>
   <x:si>
     <x:t>Långtidsbehandling (&gt;1 år) med centralstimulerande läkemedel för barn med adhd, jämfört med placebo eller annan behandling, avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1184</x:t>
   </x:si>
   <x:si>
+    <x:t>Kognitivt stöd, inklusive kognitiva hjälpmedel, vid autism hos barn, jämfört med inget kognitivt stöd eller hjälpmedel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mångsidiga intensiva beteendeinsatser (EIBI) vid autism hos barn, jämfört med andra tidiga interventioner, placebo, väntelista eller sedvanlig behandling, avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1186</x:t>
+  </x:si>
+  <x:si>
     <x:t>Social färdighetsträning, jämfört med sedvanlig vård, vid autism hos barn avseende social färdighet och funktion skattat av lärare samt livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1188</x:t>
   </x:si>
   <x:si>
-    <x:t>Vård- och stödsamordnare för barn med adhd eller autismspektrumtillstånd jämfört med ingen samordning</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2025/1183</x:t>
+    <x:t>Kognitivt stöd, inklusive kognitiva hjälpmedel, jämfört med föräldrautbildning, väntelista eller sedvanlig behandling, vid adhd hos barn avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1182</x:t>
   </x:si>
   <x:si>
     <x:t>Långtidsbehandling (&gt;1 år) med icke-centralstimulerande läkemedel för barn med adhd, jämfört med placebo eller annan behandling</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1185</x:t>
   </x:si>
   <x:si>
-    <x:t>Kognitivt stöd, inklusive kognitiva hjälpmedel, jämfört med föräldrautbildning, väntelista eller sedvanlig behandling, vid adhd hos barn avseende flera utfall</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2025/1186</x:t>
+    <x:t>Psykoedukation för barn med autism, jämfört med ingen psykoedukation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kommunikativt stöd för barn med autism, jämfört med inget kommunikativt stöd, avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1174</x:t>
   </x:si>
   <x:si>
     <x:t>Positivt beteendestöd (PBS) för barn med autism och utmanande beteende, jämfört med ingen eller annan behandling samt väntelista</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1178</x:t>
   </x:si>
   <x:si>
+    <x:t>Tyngdtäcke, jämfört med ingen eller annan behandling, vid autism hos barn med insomni och otillräcklig effekt av stöd för goda sömnvanor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psykoedukation för barn med adhd, jämfört med ingen psykoedukation, avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1180</x:t>
+  </x:si>
+  <x:si>
     <x:t>Korttidsbehandling (≤ 1 år) med icke-centralstimulerande läkemedel för barn med adhd, jämfört med placebo, avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1177</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidsbehandling (≤ 1 år) med centralstimulerande läkemedel för barn med adhd, jämfört med placebo, avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1176</x:t>
   </x:si>
   <x:si>
-    <x:t>Tyngdtäcke, jämfört med ingen eller annan behandling, vid autism hos barn med insomni och otillräcklig effekt av stöd för goda sömnvanor</x:t>
-[...20 lines deleted...]
-    <x:t>SBU 2025/1180</x:t>
+    <x:t>Sensorisk integration baserad på Ayres modell, jämfört med inga insatser för ökad förmåga att bearbeta och integrera sinnesintryck, vid autism eller adhd hos barn och vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Information till närstående från hälso- och sjukvården om stöd som erbjuds av andra huvudmän vid adhd eller autism, jämfört med ingen information om tillgängligt stöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1163</x:t>
   </x:si>
   <x:si>
     <x:t>Kompetensutveckling om adhd och autism inom primärvården, elevhälsan och den specialiserade hälso- och sjukvården, jämfört med ingen kompetensutveckling om adhd och autism</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1164</x:t>
   </x:si>
   <x:si>
+    <x:t>Kompetensutveckling om adhd och autism för personal i socialtjänsten, jämfört med ingen kompetensutveckling om adhd och autism</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adhd-läkemedel för barn (≥ 13 år) och vuxna med adhd och substansbrukssyndrom, jämfört med placebo, avseende livskvalitet och funktion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) för barn med adhd jämfört med ingen KBT-behandling, annan behandling eller väntelista, avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) för barn med autism och symtom på ångest jämfört med sedvanlig insats, väntelista och rådgivning, avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyngdtäcke, jämfört med ingen eller annan behandling, vid adhd hos barn med insomni och otillräcklig effekt av stöd för goda sömnvanor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1168</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Föräldraskapsstöd för vårdnadshavare med adhd eller autism, jämfört med inget föräldraskapsstöd </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1167</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Tidiga insatser efter behov (innan diagnos) vid misstänkt neuropsykiatrisk funktionsnedsättning hos barn och vuxna, jämfört med inga tidiga insatser </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kompetensutveckling om tidig upptäckt av autism i barnhälsovården, jämfört med ingen kompetensutveckling om tidig upptäckt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) för vuxna med adhd jämfört med ingen KBT-behandling, annan behandling eller väntelista, avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) för barn med autism och insomni jämfört med ingen KBT, annan behandling eller väntelista</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1161</x:t>
+  </x:si>
+  <x:si>
     <x:t>Melatoninbehandling för barn med adhd eller autism samt insomni, och otillräcklig effekt av stöd för goda sömnvanor, jämfört med placebo</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1148</x:t>
   </x:si>
   <x:si>
-    <x:t>Information till närstående från hälso- och sjukvården om stöd som erbjuds av andra huvudmän vid adhd eller autism, jämfört med ingen information om tillgängligt stöd</x:t>
-[...68 lines deleted...]
-    <x:t>SBU 2025/1165</x:t>
+    <x:t>Multimodala insatser för återgång i arbete vid postcovid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1115</x:t>
   </x:si>
   <x:si>
     <x:t>Insatser till vårdgivare för återgång i arbete vid bröstcancer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1117</x:t>
   </x:si>
   <x:si>
     <x:t>Insatser till vårdgivare för återgång i arbete vid postcovid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1113</x:t>
   </x:si>
   <x:si>
+    <x:t>Koordinering eller arbetsplatsinsats för återgång i arbete vid postcovid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1114</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unimodala insatser för återgång i arbete vid postcovid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1116</x:t>
   </x:si>
   <x:si>
-    <x:t>Multimodala insatser för återgång i arbete vid postcovid</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Koordinering eller arbetsplatsinsats för återgång i arbete vid bröstcancer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1118</x:t>
   </x:si>
   <x:si>
-    <x:t>Koordinering eller arbetsplatsinsats för återgång i arbete vid postcovid</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Unimodala insatser för återgång i arbete vid bipolär sjukdom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1101</x:t>
   </x:si>
   <x:si>
     <x:t>Rådgivande samtal med tillägg av läkemedel för snusavvänjning (vareniklin) vid daglig snusning hos vuxna med särskild risk</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1068</x:t>
   </x:si>
   <x:si>
+    <x:t>Ljusbehandling med monokromatiskt ljus som tillägg till sedvanlig sårvård jämfört med sedvanlig sårvård vid svårläkta sår</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fokuserad ultraljudsbehandling jämfört med sham-procedur vid essentiell tremor avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lokal sårbehandling med gel med polyhexametylen biguanid (PHMB) jämfört med lokal behandling med annan antiseptisk lösning innehållande bakteriehämmande komponent vid svårläkta sår</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ljusbehandling med medicinsk lågeffektlaser (LLLT, low level laser therapy) som tillägg till sedvanlig sårvård jämfört med sedvanlig sårvård vid svårläkta sår</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fokuserad ultraljudsbehandling jämfört med sham-procedur vid tremor hos personer med Parkinsons sjukdom avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fjärrstyrd datortomografi jämfört med standardvård vid misstänkt stroke</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1052</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fokuserad ultraljudsbehandling vid tremor hos personer med Lewykroppsdemens</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1054</x:t>
   </x:si>
   <x:si>
     <x:t>Rådgivande samtal med tillägg av skriftlig ordination av fysisk aktivitet vid otillräcklig fysisk aktivitet hos vuxna med särskild risk avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1069</x:t>
   </x:si>
   <x:si>
     <x:t>Rådgivande samtal vid daglig snusning hos vuxna med särskild risk</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1066</x:t>
   </x:si>
   <x:si>
-    <x:t>Fokuserad ultraljudsbehandling jämfört med sham-procedur vid essentiell tremor avseende flera utfall</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Rådgivande eller kvalificerat rådgivande samtal med tillägg av nikotinläkemedel vid daglig snusning hos vuxna med särskild risk</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1067</x:t>
   </x:si>
   <x:si>
     <x:t>Sårrengöring med polyhexametylen biguanid (PHMB) jämfört med sårrengöring med en lösning utan bakteriehämmande komponent vid svårläkta sår</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1060</x:t>
   </x:si>
   <x:si>
-    <x:t>Ljusbehandling med medicinsk lågeffektlaser (LLLT, low level laser therapy) som tillägg till sedvanlig sårvård jämfört med sedvanlig sårvård vid svårläkta sår</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/1056</x:t>
+    <x:t>Desinfektion av flexibla endoskop utan kanaler med ultraviolett C-ljus (UVC-ljus) efter förrengöring avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Näringsdryck berikad med arginin jämfört med näringsdryck utan arginin eller annan nutritionsbehandling vid trycksår hos vuxna patienter som är undernärda eller har risk för undernäring</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1061</x:t>
   </x:si>
   <x:si>
     <x:t>Silverförband som tillägg till sedvanlig sårvård jämfört med sedvanlig sårvård vid behandling av svårläkta sår</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1062</x:t>
   </x:si>
   <x:si>
-    <x:t>Fjärrstyrd datortomografi jämfört med standardvård vid misstänkt stroke</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Koordinering eller arbetsplatsinsats för återgång i arbete vid bipolär sjukdom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1063</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodala insatser för återgång i arbete vid bipolär sjukdom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1064</x:t>
   </x:si>
   <x:si>
+    <x:t>Sfingosin 1-fosfatreceptormodulerare jämfört med glatirameracetat vid skovvis multipel skleros avseende funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teriflunomid jämfört med annan befintlig sjukdomsmodifierande behandling vid skovvis multipel skleros eller kliniskt isolerat syndrom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1039</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interferon beta jämfört med teriflunomid vid multipel skleros</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1038</x:t>
   </x:si>
   <x:si>
     <x:t>Sfingosin 1-fosfatreceptormodulerare jämfört med natalizumab vid skovvis multipel skleros</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1041</x:t>
   </x:si>
   <x:si>
-    <x:t>Sfingosin 1-fosfatreceptormodulerare jämfört med glatirameracetat vid skovvis multipel skleros avseende funktionsnedsättning</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Gånginriktade rehabiliteringsinsatser med gång- och balansträning vid Parkinsons sjukdom och påverkad gångförmåga avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1033</x:t>
   </x:si>
   <x:si>
+    <x:t>Motståndsträning (styrketräning) vid MS-relaterad trötthet avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kladribin jämfört med placebo vid skovvis multipel skleros eller kliniskt isolerat syndrom avseende hjärnatrofi och livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gånginriktade rehabiliteringsinsatser med cueing vid Parkinsons sjukdom och påverkad gångförmåga avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1020</x:t>
   </x:si>
   <x:si>
-    <x:t>Motståndsträning (styrketräning) vid MS-relaterad trötthet avseende flera utfall</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2025/1025</x:t>
+    <x:t>Gånginriktade rehabiliteringsinsatser med träning på gång- eller löpband vid Parkinsons sjukdom och påverkad gångförmåga avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gånginriktade rehabiliteringsinsatser med motståndsträning (maxstyrketräning) vid multipel skleros och påverkad gångförmåga avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1030</x:t>
   </x:si>
   <x:si>
     <x:t>Gånginriktade rehabiliteringsinsatser med aerobisk träning (konditionsträning) vid multipel skleros och påverkad gångförmåga avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1029</x:t>
   </x:si>
   <x:si>
-    <x:t>Gånginriktade rehabiliteringsinsatser med motståndsträning (maxstyrketräning) vid multipel skleros och påverkad gångförmåga avseende flera utfall</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Hematopoetisk stamcellstransplantation jämfört med annan aktiv behandling vid skovvis multipel skleros</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1024</x:t>
   </x:si>
   <x:si>
     <x:t>Parkinsonskola vid Parkinsons sjukdom avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1028</x:t>
   </x:si>
   <x:si>
+    <x:t>Antidepressiva läkemedel vid Parkinsons sjukdom och depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sammanhängande teamrehabilitering vid Parkinsons sjukdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1034</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tillgång till multidisciplinärt team vid Parkinsons sjukdom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1022</x:t>
   </x:si>
   <x:si>
+    <x:t>Tillgång till multidisciplinärt team vid multipel skleros</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1018</x:t>
+  </x:si>
+  <x:si>
     <x:t>MS-skola vid multipel skleros avseende vårdbehov, patienttillfredsställelse och livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1026</x:t>
   </x:si>
   <x:si>
-    <x:t>Sammanhängande teamrehabilitering vid Parkinsons sjukdom</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Insatser till vårdgivare för återgång i arbete vid bipolär sjukdom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1016</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodala insatser vid psykisk sjukdom avseende återgång i arbete på lång sikt samt hälsa och funktion</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/987</x:t>
   </x:si>
   <x:si>
     <x:t>Koordinering eller arbetsplatsinsats för återgång i arbete vid psykisk sjukdom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/993</x:t>
   </x:si>
   <x:si>
+    <x:t>Insatser till vårdgivare för återgång i arbete vid muskuloskeletal sjukdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/997</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unimodala insatser för återgång i arbete vid bröstcancer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/998</x:t>
   </x:si>
   <x:si>
+    <x:t>Insatser till vårdgivare för återgång i arbete vid psykisk sjukdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/994</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multimodala insatser för återgång i arbete vid bröstcancer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/999</x:t>
   </x:si>
   <x:si>
-    <x:t>Insatser till vårdgivare för återgång i arbete vid psykisk sjukdom</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Unimodala insatser för återgång i arbete vid muskuloskeletal sjukdom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/989</x:t>
   </x:si>
   <x:si>
+    <x:t>Multimodala insatser för återgång i arbete vid psykisk sjukdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koordinering eller arbetsplatsinsats vid muskuloskeletal sjukdom avseende återgång i arbete på lång sikt (längre än 12 månader), samt hälsa och funktion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/992</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multimodala insatser vid muskuloskeletal sjukdom avseende återgång i arbete på lång sikt (längre än 12 månader) samt på hälsa och funktion</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/991</x:t>
   </x:si>
   <x:si>
-    <x:t>Multimodala insatser för återgång i arbete vid psykisk sjukdom</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Rekonstruktiv behandling – benersättningsmaterial som tillägg till lambåkirurgi vid furkationsinvolverad tand (grad II) hos vuxen</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/209</x:t>
   </x:si>
   <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) jämfört med sedvanlig vård för att förebygga återfall i självskadebeteende hos barn och ungdomar avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/920</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mentaliseringsterapi för ungdomar (MBT-A) jämfört med sedvanlig vård för att förebygga återfall i självskadebeteende hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/923</x:t>
   </x:si>
   <x:si>
-    <x:t>Kognitiv beteendeterapi (KBT) jämfört med sedvanlig vård för att förebygga återfall i självskadebeteende hos barn och ungdomar avseende flera utfall</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Livsstilsförändring för att förebygga återfall i självskadebeteende hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/922</x:t>
   </x:si>
   <x:si>
     <x:t>Läkemedel för att förebygga återfall i självskadebeteende hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024-921</x:t>
   </x:si>
   <x:si>
     <x:t>Motiverande samtal (MI) jämfört med sedvanlig vård för att förebygga återfall i självskadebeteende hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/925</x:t>
   </x:si>
   <x:si>
     <x:t>Transkraniell magnetstimulering (TMS) för att förebygga återfall i självskadebeteende hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/926</x:t>
   </x:si>
   <x:si>
+    <x:t>Dialektisk beteendeterapi för ungdomar (DBT-A) jämfört med andra psykoterapier för att förebygga återfall i självskadebeteende hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/914</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brukarstyrd inläggning jämfört med sedvanlig vård för att förebygga återfall i självskadebeteende hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/913</x:t>
   </x:si>
   <x:si>
+    <x:t>Gruppterapi baserad på KBT, DBT och psykodynamiska teorier jämfört med sedvanlig vård för att förebygga återfall i självskadebeteende hos barn och ungdomar avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/917</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Internetförmedlad känsloregleringsterapi (IERITA) jämfört med sedvanlig vård för att förebygga återfall i självskadebeteende hos barn och ungdomar </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suicidförebyggande interventioner som kan erbjudas akut till ungdomar efter ett suicidförsök</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interventioner för att förebygga suicidalitet hos ungdomar som är omhändertagna i rättssystemet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/910</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interventioner för att förebygga suicidalitet hos ungdomar som identifierar sig som hbtqi</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/909</x:t>
   </x:si>
   <x:si>
+    <x:t>Interventioner för att förebygga suicidalitet hos ungdomar som har ett riskfyllt substansbruk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interventioner för att förebygga suicidalitet hos ungdomar som är i asylprocess eller har flyktingstatus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/908</x:t>
+  </x:si>
+  <x:si>
     <x:t>Elektrokonvulsiv behandling (ECT) för att förebygga återfall i självskadebeteende hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/915</x:t>
   </x:si>
   <x:si>
-    <x:t>Interventioner för att förebygga suicidalitet hos ungdomar som har ett riskfyllt substansbruk</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Familjeterapi för att förebygga återfall i självskadebeteende hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/916</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Internetförmedlad känsloregleringsterapi (IERITA) jämfört med sedvanlig vård för att förebygga återfall i självskadebeteende hos barn och ungdomar </x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2025/912</x:t>
+    <x:t>Rekonstruktiv kirurgi – tilläggsbehandling med bindvävnadstransplantat jämfört med enbart en koronalförskjuten lambå vid lokal mjukvävnadsretraktion vid tand hos vuxen avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rekonstruktiv behandling – kombination av rekonstruktiva metoder som tillägg till lambåkirurgi vid djup bendefekt vid tandimplantat hos vuxen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tandstödd bro med minst en stiftförankrad stödtand vid flertandslucka som ger funktionsstörning hos vuxna avseende tugg- och bettfunktion, estetik, fonetik och livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/679</x:t>
   </x:si>
   <x:si>
     <x:t>Revisionsbehandling vid ofullständigt rotfylld tand utan apikal parodontit och utan exponerat rotkanalssystem hos vuxen</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/668</x:t>
   </x:si>
   <x:si>
     <x:t>Käkledskirurgi vid handikappande kronisk käkledsartrit associerad med inflammatorisk sjukdom som inte lindrats efter reversibel behandling hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/674</x:t>
   </x:si>
   <x:si>
-    <x:t>Rekonstruktiv kirurgi – tilläggsbehandling med bindvävnadstransplantat jämfört med enbart en koronalförskjuten lambå vid lokal mjukvävnadsretraktion vid tand hos vuxen avseende flera utfall</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/662</x:t>
+    <x:t>Pulpaöverkappning när pulpan exponerats via karierat dentin hos vuxen avseende pulpaöverlevnad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kvalificerat rådgivande samtal (beteendemedicinsk prevention och behandling) vid käkfunktionsstörning utan närmare specifikation (TMD UNS) hos vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artrocentes vid handikappande symtomatisk diskförskjutning med återgång som inte lindrats efter reversibel behandling hos vuxna avseende gapförmåga, knäppningar och upphakningar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/671</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Partiell pulpotomi när pulpan exponerats via friskt dentin hos vuxen </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/665</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Implantatstödd bro jämfört med implantatstödd täckprotes vid total tandlöshet i underkäken som ger funktionsstörning hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/677</x:t>
   </x:si>
   <x:si>
+    <x:t>Rekonstruktiv behandling – membran plus defektfyllnadsmaterial som tillägg till lambåkirurgi jämfört med enbart membran vid djup bendefekt vid tand hos vuxen avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rekonstruktiv behandling – emaljmatrixprotein som tillägg till lambåkirurgi vid djup bendefekt vid tandimplantat hos vuxen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rekonstruktiv behandling – emaljmatrixprotein plus membran som tillägg till lambåkirurgi vid djup bendefekt vid tand hos vuxen avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rekonstruktiv kirurgi – lambåteknik vid lokal mjukvävnadsretraktion vid tand hos vuxen avseende estetik och rotkänslighet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implantatstödd täckprotes vid total tandlöshet i överkäken som ger funktionsstörning hos vuxna avseende oral komfort, fonetik och livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antiinflammatorika (NSAID) vid käkledsartrit associerad med inflammatorisk sjukdom hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rekonstruktiv kirurgi – tilläggsbehandling med kollagenmatris vid lambåkirurgi jämfört med tilläggsbehandling med autogent bindvävnadstransplantat vid lokal mjukvävnadsretraktion vid tand hos vuxen avseende patientupplevd nytta (PROM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/664</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fyllningsterapi med glasjonomer vid enskild tand med ringa till måttlig defekt som ger funktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/680</x:t>
   </x:si>
   <x:si>
-    <x:t>Implantatstödd täckprotes vid total tandlöshet i överkäken som ger funktionsstörning hos vuxna avseende oral komfort, fonetik och livskvalitet</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/676</x:t>
+    <x:t>Bettskena vid käkledsartrit associerad med inflammatorisk sjukdom hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/673</x:t>
   </x:si>
   <x:si>
     <x:t>Rekonstruktiv kirurgi – tilläggsbehandling med emaljmatrixprotein jämfört med enbart koronalförskjuten lambå vid lokal mjukvävnadsretraktion vid tand hos vuxen avseende estetik och rotkänslighet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/663</x:t>
   </x:si>
   <x:si>
-    <x:t>Antiinflammatorika (NSAID) vid käkledsartrit associerad med inflammatorisk sjukdom hos vuxna</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Töjning vid käkmuskelsmärta (myofasciell smärta) hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/675</x:t>
   </x:si>
   <x:si>
-    <x:t>Rekonstruktiv kirurgi – lambåteknik vid lokal mjukvävnadsretraktion vid tand hos vuxen avseende estetik och rotkänslighet</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Partiell pulpotomi när pulpan exponerats via karierat dentin hos vuxen </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/667</x:t>
   </x:si>
   <x:si>
-    <x:t>Kvalificerat rådgivande samtal (beteendemedicinsk prevention och behandling) vid käkfunktionsstörning utan närmare specifikation (TMD UNS) hos vuxna avseende flera utfall</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Implantatstödd täckprotes jämfört med konventionell avtagbar protes vid total tandlöshet i underkäken som ger funktionsstörning hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/678</x:t>
   </x:si>
   <x:si>
+    <x:t>Lågenergilaser (LLLT) som tilläggsbehandling vid mekanisk infektionsbehandling jämfört med enbart mekanisk infektionsbehandling vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fotodynamisk diodlaser som tilläggsbehandling vid mekanisk infektionsbehandling jämfört med enbart mekanisk infektionsbehandling vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Probiotika som tilläggsbehandling vid mekanisk infektionsbehandling jämfört med enbart mekanisk infektionsbehandling vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submukosal air-polishing som tilläggsbehandling vid mekanisk infektionsbehandling vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/652</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rekonstruktiv behandling – emaljmatrixprotein plus defektfyllnadsmaterial som tillägg till lambåkirurgi jämfört med tilläggsbehandling med enbart emaljmatrixprotein vid djup bendefekt vid tand hos vuxen avseende fickförslutning och egenupplevd nytta (PROM)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/654</x:t>
   </x:si>
   <x:si>
-    <x:t>Lågenergilaser (LLLT) som tilläggsbehandling vid mekanisk infektionsbehandling jämfört med enbart mekanisk infektionsbehandling vid periimplantit hos vuxna</x:t>
-[...20 lines deleted...]
-    <x:t>SBU 2025/650</x:t>
+    <x:t xml:space="preserve">Fotodynamisk diodlaser som tilläggsbehandling vid mekanisk infektionsbehandling vid parodontit (stadium 1–4) hos vuxna avseende PROM/patientupplevd nytta och frekvens av uppnådd fickförslutning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air-polishing som alternativ till mekanisk instrumentering vid mukosit vid tandimplantat hos vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tandkräm med tillsats av antimikrobiell substans vid gingivit på svåråtkomliga ytor hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air-polishing som alternativ till mekanisk instrumentering vid uppföljande stödbehandling vid parodontit (stadium 1–4) hos vuxna avseende frekvens av uppnådd fickförslutning och PROM/patientupplevd nytta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/643</x:t>
   </x:si>
   <x:si>
     <x:t>Probiotika som tilläggsbehandling vid mekanisk infektionsbehandling vid parodontit (stadium 1–4) hos vuxna avseende frekvens av uppnådd fickförslutning och PROM/egenrapporterad nytta</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/641</x:t>
   </x:si>
   <x:si>
     <x:t>Emaljmatrixprotein som tilläggsbehandling vid icke-kirurgisk mekanisk infektionsbehandling vid avancerad till mycket avancerad parodontit (stadium 3–4) hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/642</x:t>
   </x:si>
   <x:si>
+    <x:t>Lågenergilaser (LLLT) som tilläggsbehandling vid mekanisk infektionsbehandling vid parodontit (stadium 1–4) hos vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/639</x:t>
+  </x:si>
+  <x:si>
     <x:t>Munsköljning med antiseptisk lösning som komplement till tandborstning vid gingivit på svåråtkomliga ytor hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/636</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Fotodynamisk diodlaser som tilläggsbehandling vid mekanisk infektionsbehandling vid parodontit (stadium 1–4) hos vuxna avseende PROM/patientupplevd nytta och frekvens av uppnådd fickförslutning </x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Air-polishing som tilläggsbehandling vid mekanisk infektionsbehandling jämfört med enbart mekanisk infektionsbehandling vid parodontit (stadium 1–4) hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/640</x:t>
   </x:si>
   <x:si>
     <x:t>Implantatinstallation med digitalt planerad guidad kirurgi jämfört med digitalt planerad kirurgi utan guide vid partiell eller total tandlöshet hos vuxna avseende implantatöverlevnad längre än 5 år efter implantatinstallation</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/623</x:t>
   </x:si>
   <x:si>
+    <x:t>Installation av implantat som möjliggör behandling utan benaugmentation vid begränsad bentillgång i överkäken vid partiell tandlöshet hos vuxna avseende livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/631</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tvåstegsbehandling med benaugmentation med läkningsperiod före implantatinstallation jämfört med enstegsbehandling vid begränsad bentillgång vid implantatoperation i överkäken hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/632</x:t>
   </x:si>
   <x:si>
+    <x:t>Sinuslyft utan autologt ben eller benersättningsmaterial jämfört med att använda autologt ben eller benersättningsmaterial vid begränsad bentillgång vid implantatoperation i överkäken hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/633</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tandutdragning och installation av tandimplantat vid samma behandlingstillfälle jämfört med senarelagd implantatinstallation vid enskild tand som ska extraheras och ersättas med tandimplantat hos vuxen avseende estetik och livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/634</x:t>
   </x:si>
   <x:si>
-    <x:t>Installation av implantat som möjliggör behandling utan benaugmentation vid begränsad bentillgång i överkäken vid partiell tandlöshet hos vuxna avseende livskvalitet</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/631</x:t>
+    <x:t>Tanduttagning vid gravt mineraliseringsskadad första permanenta kindtand (molar) (Molar Incisor Hypomineralization, MIH) hos barn, 6–11 år</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/621</x:t>
   </x:si>
   <x:si>
     <x:t>Bondad retention jämfört med avtagbar vakuumpressad skena hos barn som genomgått ortodontibehandling i underkäken med fast apparatur avseende långtidseffekter på recidiv</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/627</x:t>
   </x:si>
   <x:si>
-    <x:t>Sinuslyft utan autologt ben eller benersättningsmaterial jämfört med att använda autologt ben eller benersättningsmaterial vid begränsad bentillgång vid implantatoperation i överkäken hos vuxna</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2025/621</x:t>
+    <x:t>Ortodontisk luckslutning, jämfört med ortodontibehandling som ämnar skapa plats för protetisk luckslutning eller implantat och kronterapi, vid agenesi (avsaknad av tandanlag) av lateraler i överkäken hos barn med neutral sagittal eller postnormal bettrelation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tidig ortodontisk behandling jämfört med senarelagd behandling vid postnormalt bett med stor horisontell överbitning och ansträngd läppslutning hos barn avseende livskvalitet och estetik</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tanduttagning av mjölktand vid agenesi (avsaknad av tandanlag) av andra premolaren i under- eller överkäken i normalbettsfall utan glesställning hos barn 12 år eller yngre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/624</x:t>
   </x:si>
   <x:si>
     <x:t>Sedering med midazolam vid tandvårdsrädsla eller behandlingsomognad hos barn 1–5 år, med akut eller mer omfattande tandvårdsbehov</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/629</x:t>
   </x:si>
   <x:si>
-    <x:t>Ortodontisk luckslutning, jämfört med ortodontibehandling som ämnar skapa plats för protetisk luckslutning eller implantat och kronterapi, vid agenesi (avsaknad av tandanlag) av lateraler i överkäken hos barn med neutral sagittal eller postnormal bettrelation</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/625</x:t>
+    <x:t>Behandling med ortodontisk apparatur vid korsbett (uni- eller bilateralt) med instabil ocklusion hos prepubertala barn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/626</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Bondad retention jämfört med stripsning eller prefabricerad skena hos barn som genomgått ortodontibehandling i underkäken med fast apparatur </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/628</x:t>
   </x:si>
   <x:si>
-    <x:t>Tidig ortodontisk behandling jämfört med senarelagd behandling vid postnormalt bett med stor horisontell överbitning och ansträngd läppslutning hos barn avseende livskvalitet och estetik</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2025/626</x:t>
+    <x:t>Tandstödd bro vid entandslucka i sidosegment som ger funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/605</x:t>
   </x:si>
   <x:si>
     <x:t>Metallförstärkt emaljretinerad bro med två stödtänder vid entandslucka i sidosegment som ger funktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/608</x:t>
   </x:si>
   <x:si>
+    <x:t>Implantatstödd krona vid entandslucka i sidosegment som ger funktionsstörning hos vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/607</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tandstödd extensionsbro vid entandslucka i sidosegment som ger funktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/606</x:t>
   </x:si>
   <x:si>
-    <x:t>Tandstödd bro vid entandslucka i sidosegment som ger funktionsstörning hos vuxna</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Installation av implantat som möjliggör behandling utan benaugmentation vid begränsad bentillgång vid implantatoperation i underkäke vid partiell tandlöshet hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/609</x:t>
   </x:si>
   <x:si>
     <x:t>Förbehandling med ortodontisk apparatur inför tandersättning vid entandslucka i frontsegment som ger funktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/595</x:t>
   </x:si>
   <x:si>
+    <x:t>Luckslutning med ortodontisk apparatur vid avsaknad av tand eller tänder i sidosegment hos vuxna.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tandstödd bro vid entandslucka i frontsegment som ger funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/597</x:t>
+  </x:si>
+  <x:si>
     <x:t>Förbehandling med ortodontisk apparatur inför tandersättning vid avsaknad av tand eller tänder i sidosegment hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/604</x:t>
   </x:si>
   <x:si>
-    <x:t>Luckslutning med ortodontisk apparatur vid avsaknad av tand eller tänder i sidosegment hos vuxna.</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Implantatstödd krona vid entandslucka i överkäkens frontsegment som ger funktionsstörning hos vuxna avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/602</x:t>
   </x:si>
   <x:si>
     <x:t>Tandstödd extensionsbro vid entandslucka i frontsegment som ger funktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/600</x:t>
   </x:si>
   <x:si>
+    <x:t>Krona vid enskild tand i sidosegment med måttlig till stor defekt som ger funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tand- och implantatstödd bro vid flertandslucka som ger funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/585</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tandstödd bro med extension vid flertandslucka som ger funktionsstörning hos vuxnaTandstödd bro med extension vid flertandslucka som ger funktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/583</x:t>
   </x:si>
   <x:si>
-    <x:t>Tand- och implantatstödd bro vid flertandslucka som ger funktionsstörning hos vuxna</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/585</x:t>
+    <x:t>Tandstödd bro på tänder med reducerat benstöd vid flertandslucka som ger funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/584</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Metallförstärkt emaljretinerad bro med två stödtänder vid flertandslucka som ger funktionsstörning hos vuxna </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/587</x:t>
   </x:si>
   <x:si>
     <x:t>Avtagbar partialprotes jämfört med fastsittande konstruktioner vid flertandslucka som ger funktionsstörning hos vuxna avseende oralt relaterad livskvalitet och protesöverlevnad</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/586</x:t>
   </x:si>
   <x:si>
+    <x:t>Krona utan stiftförankring jämfört med krona med rotstift vid enskild tand med måttlig till stor defekt som ger funktionsstörning och som kräver rotbehandling hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/593</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tandstödd bro jämfört med avtagbar partialprotes vid flertandslucka som ger funktionsstörning hos vuxna avseende oralt relaterad livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/582</x:t>
   </x:si>
   <x:si>
-    <x:t>Krona vid enskild tand i sidosegment med måttlig till stor defekt som ger funktionsstörning hos vuxna</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2025/584</x:t>
+    <x:t>Onlay (keram) vid enskild tand i sidosegment med måttlig till stor defekt som ger funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/592</x:t>
   </x:si>
   <x:si>
     <x:t>Fasad i keram vid enskild tand i frontsegment med måttlig till stor defekt som medför funktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/589</x:t>
   </x:si>
   <x:si>
+    <x:t>Fasad i komposit vid enskild tand i frontsegment med måttlig till stor defekt som medför funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/590</x:t>
+  </x:si>
+  <x:si>
     <x:t>Luckslutning med ortodontisk apparatur vid entandslucka i frontsegment som ger funktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/594</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Metallförstärkt emaljretinerad bro med två stödtänder vid flertandslucka som ger funktionsstörning hos vuxna </x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Tand- och implantatstödd bro vid friändstandlöshet som ger funktionsstörning hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/581</x:t>
   </x:si>
   <x:si>
     <x:t>Krona vid enskild tand i frontsegment med måttlig till stor defekt som medför funktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/588</x:t>
   </x:si>
   <x:si>
+    <x:t>Implantatstödd bro vid friändstandlöshet som ger funktionsstörning hos vuxna avseende implantatöverlevnad efter tio år</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/575</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Tandstödd bro på tänder med reducerat benstöd och med extension vid friändstandlöshet som ger funktionsstörning hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/580</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Avtagbar partialprotes/kombinationsprotetik vid friändstandlöshet som ger funktionsstörning hos vuxna </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implantatstödd bro i metallkeramik jämfört med implantatstödd bro i guldakryl vid friändstandlöshet som ger funktionsstörning hos vuxna avseende protesöverlevnad efter fem år</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/574</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ortodontisk distalisering i kombination med tandstödd bro vid friändstandlöshet som ger funktionsstörning hos vuxna </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/578</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Implantatstödd bro med extension vid friändstandlöshet som ger funktionsstörning hos vuxna </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/576</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Tandstödd bro med extension vid friändstandlöshet som ger funktionsstörning hos vuxna </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/577</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Tandstödd bro med minst en stiftförankrad tand och med extension vid friändstandlöshet som ger funktionsstörning hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/579</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Implantatstödd bro med extension vid friändstandlöshet som ger funktionsstörning hos vuxna </x:t>
-[...32 lines deleted...]
-    <x:t>SBU 2025/574</x:t>
+    <x:t>Avtagbar partialprotes vid friändstandlöshet (i över- och underkäke) som ger funktionsstörning hos vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/568</x:t>
   </x:si>
   <x:si>
     <x:t>Öppen eller sluten kirurgisk friläggning och ortodontisk framdragning vid retinerad hörntand som medfört tandlucka hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/563</x:t>
   </x:si>
   <x:si>
+    <x:t>Korrigering med ortodontisk apparatur vid glesställning i frontsegment med displacering av tänder hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capsaicinkräm eller lidokainsalva vid idiopatisk ansiktssmärta och atypisk odontalgi hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reduktion av öppet bett med ortodontisk apparatur bett hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terapilaser vid idiopatisk ansiktssmärta och atypisk odontalgi hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akupunktur vid idiopatisk ansiktssmärta och atypisk odontalgi hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Behandling med ortodontisk apparatur vid dubbelsidigt korsbett hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Behandling med ortodontisk apparatur vid saxbett hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bettskena vid tung- och munsveda hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bettskena vid bruxism och annan orofacial parafunktion hos vuxna avseende smärta, käkfunktion och tandslitage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elektrisk biofeedback vid bruxism och annan orofacial parafunktion hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/538</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Avtagbar partialprotes vid friändstandlöshet i överkäken som ger funktionsstörning hos vuxna avseende protesöverlevnad </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ortodonti som del i en multidisciplinär betthabilitering vid kraniofaciala syndrom och/eller defekter med för individen kvarvarande bett- och tandpositionsavvikelser hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reduktion av vertikal överbitning med ortodontisk apparatur vid djupt bett hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korrigering av invertering med ortodontisk apparatur vid måttlig grad av frontal invertering utan tvångsföring hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tricykliska antidepressiva vid idiopatisk ansiktssmärta och atypisk odontalgi hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Behandling med ortodontisk apparatur vid enkelsidigt korsbett utan tvångsföring hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Behandling med ortodontisk apparatur vid frontal invertering med tvångsföring hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total plattprotes jämfört med implantatstödd täckprotes vid total tandlöshet i underkäken som ger funktionsstörning hos vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/566</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Avtagbar partialprotes jämfört med fastsittande konstruktioner vid friändstandlöshet i överkäken som ger funktionsstörning hos vuxna avseende oralt relaterad livskvalitet  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implantatstödd bro vid total tandlöshet i överkäken som ger funktionsstörning hos vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total plattprotes vid total tandlöshet i överkäken som ger funktionsstörning hos vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/564</x:t>
+  </x:si>
+  <x:si>
     <x:t>Korrigering med ortodontisk apparatur vid trångställning med displacering av tänder hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/561</x:t>
   </x:si>
   <x:si>
-    <x:t>Korrigering med ortodontisk apparatur vid glesställning i frontsegment med displacering av tänder hos vuxna</x:t>
-[...124 lines deleted...]
-  <x:si>
     <x:t>Breddanpassning med ortodontisk apparatur vid enkelsidigt korsbett med tvångsföring hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/558</x:t>
   </x:si>
   <x:si>
-    <x:t>Behandling med ortodontisk apparatur vid enkelsidigt korsbett utan tvångsföring hos vuxna</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Transkutan elektrisk nervstimulering (TENS) vid bruxism och annan orofacial parafunktion hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/539</x:t>
   </x:si>
   <x:si>
+    <x:t>Öppenkirurgisk reponering vid käkledsfraktur hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kirurgisk reduktion av tuberkulum artikulare (eminektomi) vid återkommande käkledsluxation hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konservativ behandling med eller utan intermaxillärfixering vid käkledsfraktur hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pulserande ultraljud vid käkmuskelsmärta (myofasciell smärta) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diazepam vid käkmuskelsmärta (myofasciell smärta) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocklusal korrigering vid käkmuskelsmärta (myofasciell smärta) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/523</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rörelse- och koordinationsträning vid smärta och störd käkmotorik associerad med pisksnärtskada (WAD) hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/532</x:t>
   </x:si>
   <x:si>
-    <x:t>Öppenkirurgisk reponering vid käkledsfraktur hos vuxna</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/515</x:t>
+    <x:t>Transkutan elektrisk nervstimulering (TENS) vid nedsatt käkrörelseförmåga hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/528</x:t>
   </x:si>
   <x:si>
     <x:t>Antiinflammatorika (NSAID) vid huvudvärk associerad med käkfunktionsstörning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/533</x:t>
   </x:si>
   <x:si>
+    <x:t>Bettskena vid käkmuskelsmärta associerad med generell smärta hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Töjning vid nedsatt käkrörelseförmåga hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bettskena vid tandslitage med risk för progression hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/537</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ocklusal korrigering vid traumatiserande ocklusion hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/534</x:t>
   </x:si>
   <x:si>
+    <x:t>Ocklusal korrigering vid käkmuskelsmärta associerad med generell smärta hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icke-steroida antiinflammatoriska läkemedel (NSAID) eller salicylatkräm vid käkmuskelsmärta (myofasciell smärta) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Öppen kirurgi, förlängning av tuberkulum artikulare, vid återkommande käkledsluxation hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koordinationsträning vid störd ansikts-käkmotorik på grund av pares hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/530</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rörelseträning vid käkmuskelsmärta associerad med generell smärta hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/524</x:t>
   </x:si>
   <x:si>
+    <x:t>Akupunktur vid störd ansikts-käkmotorik på grund av pares hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Käkledsrekonstruktion med resektion vid osteochondrom och kondylhyperplasi hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/517</x:t>
+  </x:si>
+  <x:si>
     <x:t>Beteendepåverkan vid tandslitage med risk för progression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/536</x:t>
   </x:si>
   <x:si>
-    <x:t>Kirurgisk reduktion av tuberkulum artikulare (eminektomi) vid återkommande käkledsluxation hos vuxna</x:t>
-[...44 lines deleted...]
-    <x:t>SBU 2025/513</x:t>
+    <x:t>Bettskena vid dysocklusion som inte kan verifieras kliniskt hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/535</x:t>
   </x:si>
   <x:si>
     <x:t>Botuliniumtoxininjektion vid masseterhypertrofi hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/527</x:t>
   </x:si>
   <x:si>
-    <x:t>Akupunktur vid störd ansikts-käkmotorik på grund av pares hos vuxna</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Synovektomi vid synovial chondromatos hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/516</x:t>
   </x:si>
   <x:si>
     <x:t>Rörelseträning efter reponering av luxerad käkled vid förhöjd risk för käkledsluxation hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/510</x:t>
   </x:si>
   <x:si>
     <x:t>Resektion av ledhuvudet med eller utan autogen rekonstruktion vid käkledsankylos hos vuxna avseende smärta</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/507</x:t>
   </x:si>
   <x:si>
+    <x:t>Resektion av ledhuvudet med allogen artroplastik (ledprotes) vid käkledsankylos hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocklusal korrigering vid symtomatisk käkledsartros med omfattande leddestruktion hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/506</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manuell reponering av luxerad käkled vid käkledsluxation hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/509</x:t>
   </x:si>
   <x:si>
-    <x:t>Ocklusal korrigering vid symtomatisk käkledsartros med omfattande leddestruktion hos vuxna</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2025/508</x:t>
+    <x:t xml:space="preserve">Samband mellan att börja använda snus och ett förändrat bruk av röktobak </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/500</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Samband mellan att börja använda e-cigaretter och ett förändrat bruk av röktobak </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/499</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Samband mellan att börja använda snus och ett förändrat bruk av röktobak </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Samband mellan användning av snus och utveckling av ett pågående bruk av röktobak</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/502</x:t>
   </x:si>
   <x:si>
+    <x:t>Natriumhyaluronat intraartikulärt vid symtomatisk käkledsartros hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/361</x:t>
+  </x:si>
+  <x:si>
     <x:t>Opioider vid symtomatisk käkledsartros hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/363</x:t>
   </x:si>
   <x:si>
     <x:t>Glukokortikoid intraartikulärt vid symtomatisk käkledsartros hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/360</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Antiinflammatorika (NSAID) vid symtomatisk käkledsartros hos vuxna </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stabiliseringsskena vid symtomatisk käkledsartros hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocklusal korrigering vid långvarig käkledsartrit associerad med inflammatorisk sjukdom som orsakat bettförändring hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/359</x:t>
+  </x:si>
+  <x:si>
     <x:t>Natriumhyaluronat intraartikulärt vid käkledsartrit associerad med inflammatorisk sjukdom hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/358</x:t>
   </x:si>
   <x:si>
-    <x:t>Natriumhyaluronat intraartikulärt vid symtomatisk käkledsartros hos vuxna</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Glukokortikoid intraartikulärt vid käkledsartrit associerad med inflammatorisk sjukdom hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/351</x:t>
   </x:si>
   <x:si>
     <x:t>Transkutan elektrisk nervstimulering (TENS) vid käkledsartrit associerad med inflammatorisk sjukdom hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/350</x:t>
   </x:si>
   <x:si>
+    <x:t>Terapilaser vid käkledssmärta (artralgi) hos vuxna avseende gapförmåga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antiinflammatorika (NSAID) vid käkledssmärta hos vuxna avseende gapförmåga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pulserande elektromagnetiska fält vid käkledssmärta hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/296</x:t>
+  </x:si>
+  <x:si>
     <x:t>Icke invasiv radiofrekvensterapi (värmeterapi) vid käkledssmärta hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/297</x:t>
   </x:si>
   <x:si>
-    <x:t>Terapilaser vid käkledssmärta (artralgi) hos vuxna avseende gapförmåga</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2025/296</x:t>
+    <x:t>Capsaicinkräm vid käkledssmärta hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rörelseträning vid käkledssmärta hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natriumhyaluronat intraartikulärt vid käkledssmärta hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/300</x:t>
   </x:si>
   <x:si>
     <x:t>Rörelseträning vid käkledsartrit associerad med inflammatorisk sjukdom hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/304</x:t>
   </x:si>
   <x:si>
-    <x:t>Capsaicinkräm vid käkledssmärta hos vuxna</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2025/300</x:t>
+    <x:t>Glukokortikoid intraartikulärt vid käkledssmärta hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/299</x:t>
   </x:si>
   <x:si>
     <x:t>Ketamin intraartikulärt vid käkledssmärta hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/301</x:t>
   </x:si>
   <x:si>
     <x:t>Ocklusal korrigering vid långvarig käkledssmärta hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/303</x:t>
   </x:si>
   <x:si>
-    <x:t>Glukokortikoid intraartikulärt vid käkledssmärta hos vuxna</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diskektomi eller diskreponering vid handikappande symtomatisk diskförskjutning med återgång som inte lindrats efter reversibel behandling hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/279</x:t>
   </x:si>
   <x:si>
+    <x:t>Artroskopi vid handikappande symtomatisk diskförskjutning med återgång som inte lindrats efter reversibel behandling hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glukokortikoid kombinerat med lokalanestetika applicerat med jontofores vid symtomatisk diskförskjutning utan återgång hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/283</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transkutan elektrisk nervstimulering (TENS) vid symtomatisk diskförskjutning utan återgång hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/282</x:t>
   </x:si>
   <x:si>
     <x:t>Artrocentes vid handikappande symtomatisk diskförskjutning utan återgång som inte lindrats efter reversibel behandling hos vuxna avseende förmåga att äta och tugga</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/286</x:t>
   </x:si>
   <x:si>
+    <x:t>Natriumhyaluronat intraartikulärt vid symtomatisk diskförskjutning utan återgång hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocklusal korrigering vid symtomatisk diskförskjutning utan återgång hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/285</x:t>
+  </x:si>
+  <x:si>
     <x:t>Modifierad kondylotomi vid handikappande symtomatisk diskförskjutning med återgång som inte lindrats efter reversibel behandling hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/280</x:t>
   </x:si>
   <x:si>
-    <x:t>Glukokortikoid kombinerat med lokalanestetika applicerat med jontofores vid symtomatisk diskförskjutning utan återgång hos vuxna</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Långtidsanvändning av reponeringsskena vid symtomatisk diskförskjutning med återgång hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/277</x:t>
   </x:si>
   <x:si>
+    <x:t>Antiinflammatorika (NSAID) vid käkfunktionsstörning utan närmare specifikation (TMD UNS) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rådgivning samt koordinationsträning vid symtomatisk diskförskjutning med återgång hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opioider vid käkfunktionsstörning utan närmare specifikation (TMD UNS) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bettskena vid käkfunktionsstörning utan närmare specifikation (TMD UNS) hos vuxna avseende livskvalitet, depression och sidoeffekter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/261</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lyckandefrekvens med tiden efter utsättning av reponeringsskena vid symtomatisk diskförskjutning med återgång hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/263</x:t>
   </x:si>
   <x:si>
-    <x:t>Opioider vid käkfunktionsstörning utan närmare specifikation (TMD UNS) hos vuxna</x:t>
-[...20 lines deleted...]
-    <x:t>SBU 2025/262</x:t>
+    <x:t>Symtomatisk behandling – pulpektomi och kalciumhydroxidinlägg eller permanent rotfyllning vid symtomatisk pulpit där karies uppmjukningszon eller annan mikrobiell invasion nått pulpan hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antibiotikabehandling och dränage vid symtomatisk apikal parodontit med spridning och påverkat allmäntillstånd hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transkutan elektrisk nervstimulering (TENS) vid käkfunktionsstörning utan närmare specifikation (TMD UNS) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/255</x:t>
   </x:si>
   <x:si>
     <x:t>Apikalkirurgisk behandling med retrograd fyllning vid rotfylld tand med apikal parodontit hos vuxen</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/244</x:t>
   </x:si>
   <x:si>
+    <x:t>Symtomatisk behandling – kariesexkavering – försegling med temporär fyllning vid symtomatisk pulpit där karies uppmjukningszon eller annan mikrobiell invasion nått pulpan hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paracetamol vid käkfunktionsstörning utan närmare specifikation (TMD UNS) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symtomatisk behandling – fullständig kariesexkavering – försegling med temporär eller permanent fyllning vid symtomatisk pulpit då karies uppmjukningszon inte nått pulpan hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symtomatisk behandling – pulpotomi och försegling med temporär fyllning vid symtomatisk pulpit där karies uppmjukningszon eller annan mikrobiell invasion nått pulpan hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/248</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Apikalkirurgisk behandling med retrograd fyllning vid pulpanekros med apikal parodontit där ortograd rotbehandling bedöms ha hög risk för komplikationer hos vuxen </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/242</x:t>
   </x:si>
   <x:si>
+    <x:t>Symtomatisk behandling – fullständig rensning av rotkanalssystemet vid symtomatisk apikal parodontit utan påverkat allmäntillstånd hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apikalkirurgisk behandling utan retrograd fyllning vid rotfylld tand med apikal parodontit hos vuxen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Förslutning av perforation med mineraltrioxidaggregat (MTA) vid rotperforation i samband med rotbehandling hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/253</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rotbehandling och rotfyllning till instrumentfragmentet vid frakturerat instrument i rotkanalen hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/252</x:t>
   </x:si>
   <x:si>
-    <x:t>Symtomatisk behandling – pulpektomi och kalciumhydroxidinlägg eller permanent rotfyllning vid symtomatisk pulpit där karies uppmjukningszon eller annan mikrobiell invasion nått pulpan hos vuxna</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>Revisionsbehandling vid rotfylld tand med apikal parodontit hos vuxen</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/243</x:t>
   </x:si>
   <x:si>
+    <x:t>Rekonstruktiv behandling – emaljmatrixprotein som tillägg till lambåkirurgi vid approximal furkationsinvolvering på överkäksmolar (grad II) hos vuxen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infektionskontroll – professionell tandrengöring och munhygieninstruktion som enda åtgärd vid läkemedelsorsakad gingival överväxt (omfattande hyperplasi) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kirurgisk behandling i kombination med infektionskontroll och stödbehandling vid läkemedelsorsakad gingival överväxt (omfattande hyperplasi) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infektionskontroll (icke kirurgisk och kirurgisk) och frekvent stödbehandling vid parodontit som en manifestation av systemisk/genetisk sjukdom hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dränage och systemisk antibiotikabehandling vid parodontal abscess hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/215</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Rekonstruktiv kirurgisk behandling vid lokal mjukvävnadsretraktion vid tandimplantat hos vuxen </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/211</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Pulpektomi när pulpan exponerats via friskt dentin hos vuxen </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/219</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Rotbehandling (nekrosbehandling) vid pulpanekros med apikal parodontit hos vuxen </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rökavvänjning som tillägg till egenvård och mekanisk infektionsbehandling vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regelbunden stödbehandling vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spolning av fördjupade fickor med antimikrobiell lösning vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/200</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rekonstruktiv behandling – benersättningsmaterial som tillägg till lambåkirurgi jämfört med enbart lambåkirurgi vid djup bendefekt vid tandimplantat hos vuxen avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/204</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Rekonstruktiv kirurgisk behandling vid lokal mjukvävnadsretraktion vid tandimplantat hos vuxen </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/211</x:t>
+    <x:t>Rekonstruktiv behandling – membran (GTR) som tillägg till lambåkirurgi vid furkationsinvolverad tand (grad II) hos vuxen avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rotseparation eller rotresektion av furkationsinvolverad tand (grad II eller III) hos vuxen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunnelering av furkationsinvolverad underkäksmolar (grad III) hos vuxen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/205</x:t>
   </x:si>
   <x:si>
     <x:t>Pulpaöverkappning med mineraltrioxidaggregat (MTA) när pulpan exponerats via friskt dentin hos vuxen avseende pulpaöverlevnad</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/218</x:t>
   </x:si>
   <x:si>
+    <x:t>Pulpaöverkappning med kalciumhydroxid när pulpan exponerats via friskt dentin hos vuxen avseende pulpaöverlevnad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Systemisk tilläggsbehandling med antibiotika vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/201</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mekanisk infektionsbehandling för avlägsnande av bakterieplack och mineraliserade beläggningar vid periimplantit hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/198</x:t>
   </x:si>
   <x:si>
+    <x:t>Infektionskontroll – mekanisk och medikamentell vid nekrotiserande gingivit och parodontit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/214</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Rotbehandling (nekrosbehandling) vid pulpanekros utan apikal parodontit hos vuxen </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/220</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rekonstruktiv behandling – membran (guided bone regeneration, GBR) som tillägg till lambåkirurgi vid djup bendefekt vid tandimplantat hos vuxen</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/203</x:t>
   </x:si>
   <x:si>
-    <x:t>Kirurgisk behandling i kombination med infektionskontroll och stödbehandling vid läkemedelsorsakad gingival överväxt (omfattande hyperplasi) hos vuxna</x:t>
-[...98 lines deleted...]
-    <x:t>SBU 2025/220</x:t>
+    <x:t>Långtidsbehandling med centralstimulerande läkemedel jämfört med placebo eller annan behandling vid adhd hos vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/189</x:t>
   </x:si>
   <x:si>
     <x:t>Långtidsbehandling med icke-centralstimulerande läkemedel jämfört med placebo eller annan behandling vid adhd hos vuxna avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/190</x:t>
   </x:si>
   <x:si>
-    <x:t>Långtidsbehandling med centralstimulerande läkemedel jämfört med placebo eller annan behandling vid adhd hos vuxna avseende flera utfall</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/189</x:t>
+    <x:t>Rökavvänjning som tillägg till egenvård och mekanisk infektionsbehandling vid parodontit (stadium 1–4) hos vuxna som röker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/182</x:t>
   </x:si>
   <x:si>
     <x:t>Reparation av fyllning vid mindre och åtkomliga defekter till följd av sekundärkaries i anslutning till en i övrigt intakt fyllning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/177</x:t>
   </x:si>
   <x:si>
     <x:t>Byte av fyllning vid mindre och åtkomliga defekter till följd av sekundärkaries i anslutning till en i övrigt intakt fyllning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/176</x:t>
   </x:si>
   <x:si>
+    <x:t>Regelbunden stödbehandling vid parodontit (stadium 1–4) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Munsköljning med antiseptisk lösning som komplement till tandborstning vid parodontit (stadium 1–4) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tandkräm med tillsats av antimikrobiell substans vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tandkräm med tillsats av antimikrobiell substans vid parodontit (stadium 1–4) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Förbättrad munhygien vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lokal behandling med klorhexidingel vid parodontit (stadium 1–4) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exkavering med kemomekanisk teknik jämfört med borr vid karies hos vuxna som kräver operativ åtgärd avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fyllningsterapi med glasjonomer för att behandla enskild tand med defekt som ger funktionsstörning (orsakad av rotkaries, icke tuggbelastad) hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fyllningsterapi med komposit för att behandla enskild tand med defekt som ger funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Förbättrad munhygien vid mukosit vid tandimplantat hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Approximalt skydd vid risk för iatrogen granntandsskada hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Munsköljning med antiseptisk lösning som komplement till tandborstning vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/188</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kirurgisk behandling – gingivektomi – för infektionskontroll vid parodontit (stadium 3–4) hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/184</x:t>
   </x:si>
   <x:si>
     <x:t>Förbättrad munhygien vid parodontit (stadium 1–4) hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/179</x:t>
   </x:si>
   <x:si>
-    <x:t>Approximalt skydd vid risk för iatrogen granntandsskada hos vuxna</x:t>
-[...76 lines deleted...]
-  <x:si>
     <x:t>Exkavering med borr vid karies hos vuxna som kräver operativ åtgärd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/167</x:t>
   </x:si>
   <x:si>
     <x:t>Exkavering med exkavator vid karies hos vuxna som kräver operativ åtgärd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/168</x:t>
   </x:si>
   <x:si>
+    <x:t>Basundersökning en gång per 24–36 månader jämfört med kortare intervall för vuxna med låg risk för oral ohälsa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/151</x:t>
+  </x:si>
+  <x:si>
     <x:t>Basundersökning med högst 12–15 månaders intervall, utöver preventiva och orsaksinriktade åtgärder med tätare intervall, vid hög risk för oral ohälsa eller avvikande bettutveckling hos barn</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/155</x:t>
   </x:si>
   <x:si>
+    <x:t>Basundersökning en gång per 12–18 månader, utöver preventiva och orsaksinriktade åtgärder med tätare intervall, vid hög risk för oral ohälsa hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Systematisk registrering av förekomst och grad av erosioner via index hos personer som besöker tandvården för undersökning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Systematiskt arbetssätt för att diagnostisera eruptionsstörningar av hörntänder hos barn 9–13 år</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rensning och rotfyllning vid samma tillfälle jämfört med vid olika tillfällen vid symtomatisk apikal parodontit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Systematisk identifiering av smärta och funktionsstörningar i käksystemet hos vuxna och barn över 12 år som besöker tandvården för undersökning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Basundersökning en gång per 18–24 månader vid låg risk för oral ohälsa hos barn med normal bettutveckling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsaksinriktad behandling vid oral sjukdom eller identifierad risk för oral sjukdom hos barn och vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emaljretinerad bro i keramik med en stödtand jämfört med bro som är förankrad till två tänder vid entandslucka i frontsegment som ger funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/147</x:t>
+  </x:si>
+  <x:si>
     <x:t>Systematisk riskbedömning med efterföljande orsaksutredning för personer som besöker tandvården för undersökning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/148</x:t>
   </x:si>
   <x:si>
-    <x:t>Basundersökning en gång per 24–36 månader jämfört med kortare intervall för vuxna med låg risk för oral ohälsa</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Rensning och rotfyllning vid samma tillfälle jämfört med vid olika tillfällen vid pulpanekros med apikal parodontit hos vuxna avseende minskning av den periapikala lesionens volym</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/146</x:t>
   </x:si>
   <x:si>
     <x:t>Stegvis exkavering jämfört med fullständig exkavering vid djup dentinkaries med risk för pulpaexponering hos barn eller vuxna avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/136</x:t>
   </x:si>
   <x:si>
+    <x:t>Lambåkirurgi med fickreduktion vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Selektiv (partiell) exkavering jämfört med stegvis exkavering vid djup dentinkaries med risk för pulpaexponering hos barn eller vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lokal tilläggsbehandling med klorhexidingel vid periimplantit hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Revisionsbehandling jämfört med ingen revision vid ofullständigt rotfylld tand utan apikal parodontit med exponerat rotkanalssystem hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emaljretinerad bro, metallförstärkt, med en stödtand jämfört med bro som är förankrad till två tänder vid entandslucka i frontsegment som ger funktionsstörning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/120</x:t>
+  </x:si>
+  <x:si>
     <x:t>NSAID (Non-Steroidal Anti-Inflammatory Drugs) preoperativt jämfört med placebo för barn som genomgår behandling som innefattar tandextraktion eller pulpotomi</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/108</x:t>
   </x:si>
   <x:si>
-    <x:t>Selektiv (partiell) exkavering jämfört med stegvis exkavering vid djup dentinkaries med risk för pulpaexponering hos barn eller vuxna avseende flera utfall</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/110</x:t>
+    <x:t>Symtomatisk behandling (enbart utrymning av pulpakavum) jämfört med fullständig rensning vid symtomatisk apikal parodontit utan påverkat allmäntillstånd hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Professionell rengöring av tandimplantat för avlägsnande av plack och mineraliserande beläggningar jämfört med enbart egenvård vid mukosit vid tandimplantat hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbart systemisk antibiotikabehandling i det akuta skedet vid symtomatisk apikal parodontit utan påverkat allmäntillstånd hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Systemisk antibiotikabehandling som tillägg till rensning av rotkanalssystemet vid symtomatisk apikal parodontit utan påverkat allmäntillstånd hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/118</x:t>
   </x:si>
   <x:si>
     <x:t>Munsköljning med antiseptisk lösning som komplement till tandborstning jämfört med enbart egenvård vid mukosit vid tandimplantat hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/111</x:t>
   </x:si>
   <x:si>
-    <x:t>Professionell rengöring av tandimplantat för avlägsnande av plack och mineraliserande beläggningar jämfört med enbart egenvård vid mukosit vid tandimplantat hos vuxna</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2025/119</x:t>
+    <x:t>Selektiv (partiell) exkavering jämfört med fullständig exkavering vid djup dentinkaries med risk för pulpaexponering hos barn eller vuxna avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/109</x:t>
   </x:si>
   <x:si>
     <x:t>NSAID (Non-Steroidal Anti-Inflammatory Drugs) preoperativt jämfört med placebo för barn som genomgår separering av tänder inför cementering av ortodontiska band avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/105</x:t>
   </x:si>
   <x:si>
+    <x:t>Paracetamol preoperativt jämfört med placebo för barn som genomgår separering av tänder inför cementering av ortodontiska band</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/106</x:t>
+  </x:si>
+  <x:si>
     <x:t>Paracetamol preoperativt jämfört med placebo för barn som genomgår behandling som innefattar tandextraktion eller tandlagning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/107</x:t>
   </x:si>
   <x:si>
-    <x:t>Revisionsbehandling jämfört med ingen revision vid ofullständigt rotfylld tand utan apikal parodontit med exponerat rotkanalssystem hos vuxna</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Tandkräm med natriumfluorid med 5 000 ppm fluorid två gånger per dag vid initial rotkaries med risk för progression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/87</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Minskat sockerintag vid initial rotkaries med risk för progression hos vuxna med samtidigt högt sockerintag </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/83</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fluoridsugtabletter flera gånger dagligen vid förhöjd risk för rotkaries hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/78</x:t>
   </x:si>
   <x:si>
+    <x:t>Klorhexidingel i skena vid förhöjd risk för rotkaries och samtidigt högt mutanstal hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluoridlack minst två gånger per år vid förhöjd risk för rotkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluoridgel i skena dagligen vid förhöjd risk för rotkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluoridtuggummi flera gånger dagligen vid initial rotkaries med risk för progression hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natriumfluoridlösning 0,2 procent dagligen vid förhöjd risk för rotkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluoridtuggummi flera gånger dagligen vid förhöjd risk för rotkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/79</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tandtråd eller tandsticka med fluorid dagligen vid initial rotkaries med risk för progression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/86</x:t>
   </x:si>
   <x:si>
+    <x:t>Natriumfluoridlösning 0,2 procent dagligen vid initial rotkaries med risk för progression hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluoridsugtabletter flera gånger dagligen vid initial rotkaries med risk för progression hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluoridlack minst fyra gånger per år vid initial rotkaries med risk för progression hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/92</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fluoridgel i skena dagligen vid initial rotkaries med risk för progression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/89</x:t>
   </x:si>
   <x:si>
-    <x:t>Klorhexidingel i skena vid förhöjd risk för rotkaries och samtidigt högt mutanstal hos vuxna</x:t>
-[...56 lines deleted...]
-    <x:t>SBU 2025/92</x:t>
+    <x:t>Tandkräm med natriumfluorid eller natriummonofluorfosfat med 1 000–1 500 ppm fluorid två gånger per dag vid risk för rotkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tandtråd eller tandsticka med fluorid dagligen vid risk för rotkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/74</x:t>
   </x:si>
   <x:si>
     <x:t>Tandkräm med aminfluorid med 1 000–1 500 ppm fluorid två gånger per dag vid risk för rotkaries hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/73</x:t>
   </x:si>
   <x:si>
-    <x:t>Tandtråd eller tandsticka med fluorid dagligen vid risk för rotkaries hos vuxna</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Fissurförsegling med glasjonomercement jämfört med ingen behandling eller fluoridbehandling vid initial kronkaries med risk för progression på ocklusalytor hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/70</x:t>
   </x:si>
   <x:si>
+    <x:t>Tandkräm med natriumfluorid med 5 000 ppm fluorid två gånger per dag vid förhöjd risk för rotkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/75</x:t>
+  </x:si>
+  <x:si>
     <x:t>Minskat sockerintag vid risk för rotkaries hos vuxna med samtidigt högt sockerintag</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/71</x:t>
   </x:si>
   <x:si>
-    <x:t>Tandkräm med natriumfluorid med 5 000 ppm fluorid två gånger per dag vid förhöjd risk för rotkaries hos vuxna</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Fissurförsegling med resinbaserade material jämfört med ingen behandling eller fluoridbehandling vid initial kronkaries med risk för progression på ocklusalytor hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/67</x:t>
   </x:si>
   <x:si>
     <x:t>Minskat sockerintag vid initial kronkaries med risk för progression och samtidigt högt sockerintag hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/56</x:t>
   </x:si>
   <x:si>
+    <x:t>Fissurförsegling med glasjonomercement vid förhöjd risk för kronkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/52</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Klorhexidingel i skena vid initial rotkaries hos vuxna med risk för progression och samtidigt högt mutanstal </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/57</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fluoridsugtabletter flera gånger dagligen vid initial kronkaries med risk för progression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/62</x:t>
   </x:si>
   <x:si>
+    <x:t>Klorhexidingel i skena vid initial kronkaries med risk för progression och samtidigt högt mutanstal hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluoridlack minst fyra gånger per år vid initial kronkaries med risk för progression hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klorhexidingel i skena vid förhöjd risk för kronkaries och samtidigt högt mutanstal hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/55</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tandtråd eller tandsticka med fluorid dagligen vid initial kronkaries med risk för progression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/59</x:t>
   </x:si>
   <x:si>
     <x:t>Natriumfluoridlösning 0,2 procent dagligen vid initial kronkaries med risk för progression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/60</x:t>
   </x:si>
   <x:si>
     <x:t>Fluoridtuggummi flera gånger dagligen vid initial kronkaries med risk för progression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/64</x:t>
   </x:si>
   <x:si>
-    <x:t>Fissurförsegling med glasjonomercement vid förhöjd risk för kronkaries hos vuxna</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Fluoridgel i skena dagligen vid initial kronkaries med risk för progression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/61</x:t>
   </x:si>
   <x:si>
+    <x:t>Natriumfluoridlösning 0,2 procent dagligen vid förhöjd risk för kronkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fissurförsegling med resinbaserade material vid förhöjd risk för kronkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/51</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fluoridlack minst två gånger per år vid förhöjd risk för kronkaries hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/50</x:t>
   </x:si>
   <x:si>
     <x:t>Fluoridtuggummi flera gånger dagligen vid förhöjd risk för kronkaries hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/49</x:t>
   </x:si>
   <x:si>
+    <x:t>Fluoridsugtabletter flera gånger dagligen vid förhöjd risk för kronkaries hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/48</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fluoridgel i skena dagligen vid förhöjd risk för kronkaries hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/47</x:t>
   </x:si>
   <x:si>
-    <x:t>Natriumfluoridlösning 0,2 procent dagligen vid förhöjd risk för kronkaries hos vuxna</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Tandkräm med natriumfluorid eller natriummonofluorfosfat med 1 000–1 500 ppm fluorid två gånger per dag vid risk för kronkaries hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/36</x:t>
   </x:si>
   <x:si>
     <x:t>Tandtråd eller tandsticka med fluorid dagligen vid risk för kronkaries hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/41</x:t>
   </x:si>
   <x:si>
     <x:t>Tandkräm med aminfluorid med 1 000–1 500 ppm fluorid två gånger per dag vid risk för kronkaries hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/40</x:t>
   </x:si>
   <x:si>
     <x:t>Minskat sockerintag vid risk för kronkaries hos vuxna med samtidigt högt sockerintag</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/35</x:t>
   </x:si>
   <x:si>
+    <x:t>Program för socioemotionellt lärande (SEL) för att förbättra förmågorna till psykiskt välbefinnande och det upplevda psykiska välbefinnandet hos barn och ungdomar från områden med låg socioekonomisk status jämfört med barn och ungdomar från områden med hög socioekonomisk status</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/1030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Program för socioemotionellt lärande (SEL) för att förbättra förmågorna till psykiskt välbefinnande och det upplevda psykiska välbefinnandet hos pojkar 0–18 år jämfört med flickor 0–18 år</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/1031</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yogabaserade program för att främja psykiskt välbefinnande och förmågor till psykiskt välbefinnande hos barn och ungdomar avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1025</x:t>
   </x:si>
   <x:si>
     <x:t>Programmet Second Step för att främja psykiskt välbefinnande och förmågor till psykiskt välbefinnande hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1026</x:t>
   </x:si>
   <x:si>
     <x:t>Program för socioemotionellt lärande (SEL) för att förbättra det psykiska välbefinnandet avseende barn upp till 12 år</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1028</x:t>
   </x:si>
   <x:si>
-    <x:t>Program för socioemotionellt lärande (SEL) för att förbättra förmågorna till psykiskt välbefinnande och det upplevda psykiska välbefinnandet hos barn och ungdomar från områden med låg socioekonomisk status jämfört med barn och ungdomar från områden med hög socioekonomisk status</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2024/1031</x:t>
+    <x:t>Avvaktan med behandling (exspektans) jämfört med sedvanlig behandling vid diagnostiserat tillstånd eller sjukdom i munnen med inga eller lindriga symtom hos skör vuxen person som behöver särskilt stöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samverkan mellan tandvården och barnhälsovården gällande levnadsvanor för barn 0–6 år i riskområden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Överenskommelse om vårdambitionsnivå mellan person eller närstående och tandvården inför rehabilitering (enligt principerna förbättra, bevara, fördröja, lindra) vid behov av rehabilitering hos vuxna som behöver särskilt stöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daglig fluoridtillförsel i grupp som tillägg till individuell munhygienrutin för vuxna som behöver särskilt stöd och bor på vård- och omsorgsboende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atraumatic restorative treatment (ART) jämfört med fullständig exkavering vid karies hos vuxna personer som behöver särskilt stöd och som har svårt att klara sedvanlig fyllningsterapi avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samverkan mellan tandvården och barnhälsovården gällande levnadsvanor för barn 0–6 år</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pensling av dentinkaries med silverdiaminfluorid (30% eller 38%) minst en gång per år jämfört med fluoridlack (5%) en gång per vecka i tre veckor eller var tredje månad vid dentinkaries med progression hos vuxna personer med behov av särskilt stöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Munvårdsprodukter innehållande zink som tillägg till daglig munvård vid halitosis hos vuxna som behöver särskilt stöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/984</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Försegling med resinbaserade material som tillägg till daglig tandborstning jämfört med fluoridbehandling vid initial kronkaries på approximalytor med risk för progression hos vuxna </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atraumatic restorative treatment (ART) jämfört med ingen behandling vid dentinkaries hos vuxna personer med behov av särskilt stöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/989</x:t>
   </x:si>
   <x:si>
     <x:t>Programmet Promoting Alternative Thinking Strategies (PATHS) för att främja psykiskt välbefinnande och förmågor till psykiskt välbefinnande hos barn mellan fyra och elva år avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1006</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness-baserade interventioner (MBI) för att främja psykiskt välbefinnande och förmågor till psykiskt välbefinnande hos barn och ungdomar avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1007</x:t>
   </x:si>
   <x:si>
-    <x:t>Daglig fluoridtillförsel i grupp som tillägg till individuell munhygienrutin för vuxna som behöver särskilt stöd och bor på vård- och omsorgsboende</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2024/985</x:t>
+    <x:t xml:space="preserve">Avancerade hybridpumpsystem jämfört med pennbehandling med insulin och sensor hos vuxna med initialt högt HbA1c avseende flera utfall </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/1001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avancerade hybridpumpsystem jämfört med egenstyrd insulinpump med tillhörande sensor hos vuxna med normalt eller lätt förhöjt HbA1c avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hälsoappar för monitorering och distansbehandling vid kronisk hjärtsvikt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/1005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programmet PAX/Good Behavior Game (PAX/GBG) för att främja psykiskt välbefinnande och förmågor till psykiskt välbefinnande hos barn och ungdomar avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/1008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ballongdilatation av örontrumpet vid undertryck i mellanörat orsakat av nedsatt öppningsförmåga i örontrumpeten avseende hörselförmåga, fungerande valsalva-manöver och reoperation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/1002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hälsoappar för monitorering och feedback vid astma och kroniskt obstruktiv lungsjukdom (KOL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/1004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rådgivande samtal vid riskbruk av alkohol hos vuxna som ska genomgå en operation i munnen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/992</x:t>
   </x:si>
   <x:si>
     <x:t>Pensling med 38 procent silverdiaminfluorid minst en gång per år jämfört med sedvanlig exkavering av dentinkaries med efterföljande fyllningsterapi vid dentinkaries med progression hos vuxna personer med behov av särskilt stöd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/987</x:t>
   </x:si>
   <x:si>
     <x:t>Digital jämfört med klinikbaserad fysioterapi vid artros i knä eller höft</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1003</x:t>
   </x:si>
   <x:si>
-    <x:t>Atraumatic restorative treatment (ART) jämfört med fullständig exkavering vid karies hos vuxna personer som behöver särskilt stöd och som har svårt att klara sedvanlig fyllningsterapi avseende flera utfall</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Daglig klorhexidinsköljning för vuxna som behöver särskilt stöd och som har moderat eller svår grad av gingivit</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/990</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Avancerade hybridpumpsystem jämfört med pennbehandling med insulin och sensor hos vuxna med initialt högt HbA1c avseende flera utfall </x:t>
-[...62 lines deleted...]
-    <x:t>SBU 2024/1002</x:t>
+    <x:t>Utbildning i munhälsa med skolan som arena till barn 6–15 år</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/976</x:t>
   </x:si>
   <x:si>
     <x:t>Inskolning i tandvården enligt metoden tell-show-do vid tandvårdsrädsla/behandlingsomognad hos barn</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/977</x:t>
   </x:si>
   <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) med exponering jämfört med sedvanlig behandling eller ingen åtgärd vid svår tandvårdsrädsla hos vuxna och barn avseende livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/975</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tandvård utförd i boendemiljö för att upprätthålla tandvårdskontakt med vuxna som behöver särskilt stöd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/980</x:t>
   </x:si>
   <x:si>
+    <x:t>Samordnade insatser där tandvården inkluderas i vårdkedjan för barn och vuxna som behöver särskilt stöd (daglig omsorg)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Långsiktig och kontinuerlig utbildning i munvård, kombinerad med praktisk träning och handledning, för vård- och omsorgspersonal vid behov av assisterad daglig munvård hos vuxna som behöver särskilt stöd avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/979</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kvalificerat rådgivande samtal (beteendemedicinsk prevention och behandling) via personligt möte (face-to-face) jämfört med sedvanlig vård vid daglig rökning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/974</x:t>
   </x:si>
   <x:si>
-    <x:t>Samordnade insatser där tandvården inkluderas i vårdkedjan för barn och vuxna som behöver särskilt stöd (daglig omsorg)</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2024/975</x:t>
+    <x:t>Systematiskt arbetssätt för att upprätthålla tandvårdskontakt med vuxna som behöver särskilt stöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/978</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kvalificerat rådgivande samtal (beteendemedicinsk prevention och behandling) jämfört med ingen åtgärd vid parodontal sjukdom där otillräcklig munhygien är en riskfaktor hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/972</x:t>
   </x:si>
   <x:si>
-    <x:t>Systematiskt arbetssätt för att upprätthålla tandvårdskontakt med vuxna som behöver särskilt stöd</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2024/979</x:t>
+    <x:t>Kvalificerat rådgivande samtal (beteendemedicinsk prevention och behandling) vid ohälsosamma matvanor hos vuxna som besöker tandvården avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/932</x:t>
   </x:si>
   <x:si>
     <x:t>Rådgivande samtal vid ohälsosamma matvanor hos vuxna som besöker tandvården avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/933</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Hälsofrämjande och sjukdomsförebyggande återkoppling till vuxna och barn med god oral hälsa </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/935</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rådgivande samtal vid personligt möte jämfört med via telefon vid daglig snusning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/934</x:t>
   </x:si>
   <x:si>
-    <x:t>Kvalificerat rådgivande samtal (beteendemedicinsk prevention och behandling) vid ohälsosamma matvanor hos vuxna som besöker tandvården avseende flera utfall</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Behandling för kvinnor som lider av psykisk sjukdom efter förlossning – utifrån en kartläggningsrapport</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/942</x:t>
   </x:si>
   <x:si>
     <x:t>Rådgivande samtal jämfört med sedvanliga råd vid parodontal sjukdom hos vuxna där otillräcklig munhygien är en riskfaktor avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/924</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Instillationsbehandling med en kombination av hyaluronsyra (HA) och chondriotinsulfat (CS) jämfört med placebo vid överaktiv blåsa </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/920</x:t>
+  </x:si>
+  <x:si>
     <x:t>Instillationsbehandling med klorhexidin jämfört med placebo vid överaktiv blåsa</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/919</x:t>
   </x:si>
   <x:si>
     <x:t>Psykologiska och psykosociala behandlingsinsatser för barn 7 år eller yngre som utsatts för sexuellt våld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/925</x:t>
   </x:si>
   <x:si>
+    <x:t>Instillationsbehandling med silverklorid jämfört med placebo vid överaktiv blåsa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/922</x:t>
+  </x:si>
+  <x:si>
     <x:t>Instillationsbehandling med polihexanid jämfört med placebo vid överaktiv blåsa</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/921</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Instillationsbehandling med en kombination av hyaluronsyra (HA) och chondriotinsulfat (CS) jämfört med placebo vid överaktiv blåsa </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Psykologiska och psykosociala behandlingsinsatser för personer med intellektuell funktionsnedsättning som utsatts för sexuellt våld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/927</x:t>
   </x:si>
   <x:si>
     <x:t>Psykologisk behandling för personer med komplext posttraumatiskt stressyndrom (komplex PTSD) efter sexuellt våld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/926</x:t>
   </x:si>
   <x:si>
-    <x:t>Instillationsbehandling med silverklorid jämfört med placebo vid överaktiv blåsa</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2024/922</x:t>
+    <x:t xml:space="preserve">Instillationsbehandling med chondriotinsulfat (CS) jämfört med placebo vid överaktiv blåsa </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/913</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Instillationsbehandling med hyaluronsyra (HA) jämfört med placebo vid överaktiv blåsa </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/915</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Instillationsbehandling med dimethyl sulfoxide (DMSO) jämfört med placebo vid överaktiv blåsa </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/914</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Instillationsbehandling med chondriotinsulfat (CS) jämfört med placebo vid överaktiv blåsa </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2024/913</x:t>
+    <x:t>Föräldraskapsprogrammet Aktivt föräldraskap för att förebygga psykisk ohälsa hos barn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/886</x:t>
   </x:si>
   <x:si>
     <x:t>Föräldraskapsprogrammet Föräldrakraft för att förebygga psykisk ohälsa hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/887</x:t>
   </x:si>
   <x:si>
-    <x:t>Föräldraskapsprogrammet Aktivt föräldraskap för att förebygga psykisk ohälsa hos barn</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Iowa Strengthening Families Program för föräldrar med barn i de tidiga tonåren</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/883</x:t>
   </x:si>
   <x:si>
+    <x:t>Tillförlitlighet av diagnostiska apparaturer vid diagnostik av fysiska skador hos kvinnan efter vaginal förlossning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/628</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Strukturerad undersökning vid diagnostik av fysiska skador hos kvinnan efter vaginal förlossning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/629</x:t>
   </x:si>
   <x:si>
+    <x:t>Riktade kunskapsinsatser till vårdpersonal på förlossningsavdelningen om diagnostik av fysiska skador hos kvinnan efter vaginal förlossning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/630</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diagnostik av grad 2-bristningar, levatorskador och djupare vaginala bristningar efter vaginal förlossning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/627</x:t>
   </x:si>
   <x:si>
-    <x:t>Riktade kunskapsinsatser till vårdpersonal på förlossningsavdelningen om diagnostik av fysiska skador hos kvinnan efter vaginal förlossning</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Orlistat, som tillägg till levnadsvanebehandling för vuxna med obesitas aktuella för läkemedelsbehandling, avseende depression och livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/590</x:t>
   </x:si>
   <x:si>
     <x:t>Jämförelse av olika typer av postoperativa förband utan undertrycksbehandling vid primärläkande sår hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/595</x:t>
   </x:si>
   <x:si>
     <x:t>Psyllium jämfört med annan behandling vid kronisk förstoppning hos vuxna och äldre</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/596</x:t>
   </x:si>
   <x:si>
     <x:t>Hypnosbehandling jämfört med annan eller ingen behandling vid smärta, ångestsyndrom eller depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/594</x:t>
   </x:si>
   <x:si>
     <x:t>Datortomografi-perfusion för diagnostik av räddningsbar hjärnvävnad inför eventuell trombektomi, som tillägg till datortomografi-angiografi vid ischemisk stroke med ocklusion av hjärnans främre stora kärl, 6–24 timmar efter insjuknandet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/576</x:t>
   </x:si>
   <x:si>
+    <x:t>Strukturerad och regelbunden uppföljning på lång sikt för barn och vuxna som genomgått aktiv behandling för obesitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/586</x:t>
+  </x:si>
+  <x:si>
     <x:t>Strukturerat omhändertagande genom hela vårdkedjan för barn och vuxna med obesitas</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/587</x:t>
   </x:si>
   <x:si>
+    <x:t>Kompetensutveckling om obesitas för hälso- och sjukvårdspersonal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reversering av antikoagulantiaeffekt med idarucizumab, följt av intravenös trombolys vid ischemisk stroke under behandling med NOAK (dabigatran), i akutskedet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsbehandling med acetylsalicylsyra och tikagrelor i kombination vid akut ischemisk stroke eller transitorisk ischemisk attack (TIA), utan förmaksflimmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utvidgad bilddiagnostik av hjärnan för att möjliggöra intravenös trombolys vid misstänkt stroke (okänd insjuknandetid)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gastric bypass-operation för barn 15–17 år med BMI ≥35, som är aktuella för obesitaskirurgi efter bedömning på specialiserat centrum, avseende hälsorelaterad livskvalitet samt remission av typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sleeve-gastrektomi jämfört med Roux-en-Y gastric bypass (RYGB) operation för barn 15–17 år med BMI ≥35, som är aktuella för obesitaskirurgi efter bedömning på specialiserat centrum, avseende remission av typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/592</x:t>
+  </x:si>
+  <x:si>
     <x:t>Utredning och bedömning av barn och vuxna med obesitas</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/585</x:t>
   </x:si>
   <x:si>
+    <x:t>Strukturerat omhändertagande före ankomst till sjukhuset respektive inne på sjukhuset (exempelvis "Rädda hjärnan-larm") jämfört med frånvaro av strukturerat omhändertagande vid misstänkt akut ischemisk stroke med ocklusion av hjärnans främre stora kärl och räddningsbar hjärnvävnad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erbjudande om vägning och mätning för barn och vuxna vilka besöker hälso- och sjukvården, för att kunna identifiera obesitas samt erbjuda utredning och bedömning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Särskilt anpassad levnadsvanebehandling för barn och vuxna med obesitas som behöver särskilt stöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sleeve-gastrektomi jämfört med annan viktreducerande operation för vuxna med BMI 30–35 som har allvarlig obesitasrelaterad sjukdom och är aktuella för obesitaskirurgi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/593</x:t>
+  </x:si>
+  <x:si>
     <x:t>Elektromekanisk arm- eller handträning (robotträning) i kombination med annan träning vid nedsatt rörelseförmåga i arm och hand, måttligt uttalad, efter stroke avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/579</x:t>
   </x:si>
   <x:si>
     <x:t>Elektrisk stimulering vid kvarstående dysfagi efter stroke</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/578</x:t>
   </x:si>
   <x:si>
-    <x:t>Korttidsbehandling med acetylsalicylsyra och tikagrelor i kombination vid akut ischemisk stroke eller transitorisk ischemisk attack (TIA), utan förmaksflimmer</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>Praktisk handledning och träning för närstående till en person som haft stroke avseende aktiviteter i dagliga livet (ADL), gångförmåga och hälsorelaterad livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/526</x:t>
   </x:si>
   <x:si>
+    <x:t>Trombektomi jämfört med enbart intravenös trombolys vid ischemisk stroke med ocklusion av hjärnans bakre stora kärl (basilarisocklusion), i akutskedet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sensorimotorisk träning med munskärm vid kvarstående dysfagi efter stroke</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strukturerat omhändertagande före ankomst till sjukhuset respektive inne på sjukhuset (exempelvis "Rädda hjärnan-larm") jämfört med frånvaro av strukturerat omhändertagande vid misstänkt stroke där trombolys eller trombektomi kan vara aktuellt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/522</x:t>
+  </x:si>
+  <x:si>
     <x:t>Strukturerad uppföljning i öppen vård efter stroke eller transitorisk ischemisk attack (TIA)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/527</x:t>
   </x:si>
   <x:si>
     <x:t>Elektromekanisk gångträning (robotträning) i kombination med annan fysioterapi vid nedsatt gångförmåga, måttlig till uttalad, efter stroke avseende gångsträcka och balans</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/525</x:t>
   </x:si>
   <x:si>
-    <x:t>Strukturerat omhändertagande före ankomst till sjukhuset respektive inne på sjukhuset (exempelvis "Rädda hjärnan-larm") jämfört med frånvaro av strukturerat omhändertagande vid misstänkt stroke där trombolys eller trombektomi kan vara aktuellt</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2024/523</x:t>
+    <x:t>Tillägg av långverkande antikolinergika jämfört med placebo vid astma hos barn med otillräcklig effekt av inhalationssteroid, långverkande beta-2-stimulerare och leukotrienhämmare avseende behov av systemiska steroider och livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D-vitamin i syfte att behandla kronisk obstruktiv lungsjukdom (KOL) jämfört med placebo vid KOL och verifierad D-vitaminbrist avseende livskvalitet, lungfunktion och fysisk kapacitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intravenös behandling med magnesiumsulfat jämfört med placebo vid astma hos barn 6 månader eller äldre med akut exacerbation och otillräcklig effekt av standardbehandling avseende behov av luftrörsvidgande, aggregerade numeriska data för vitalparametrar, lungfunktion och biverkningar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intravenös behandling med magnesiumsulfat jämfört med placebo vid astma hos vuxna med akut exacerbation och otillräcklig effekt av akut standardbehandling avseende vårdtid; behov av syrgasbehandling, andningsstöd/mekanisk ventilation och luftrörsvidgande behandling; samt biverkningar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/516</x:t>
   </x:si>
   <x:si>
     <x:t>Inandningsmuskelträning för personer med kronisk obstruktiv lungsjukdom (KOL) och FEV1 mindre än 80 procent av förväntat värde samt svag inandningsmuskulatur avseende livskvalitet, försämringsperioder och dödlighet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/521</x:t>
   </x:si>
   <x:si>
-    <x:t>Tillägg av långverkande antikolinergika jämfört med placebo vid astma hos barn med otillräcklig effekt av inhalationssteroid, långverkande beta-2-stimulerare och leukotrienhämmare avseende behov av systemiska steroider och livskvalitet</x:t>
-[...20 lines deleted...]
-    <x:t>SBU 2024/516</x:t>
+    <x:t xml:space="preserve">Ultraljudsundersökning när kvinnan spänner bäckenbotten jämfört med när kvinnan inte spänner bäckenbotten vid diagnostik av levatorskada efter vaginal förlossning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/557</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ultraljudsundersökning jämfört med klinisk undersökning vid diagnostik av levatorskada efter vaginal förlossning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Differentiering av arbetsuppgifter för omvårdnads- och servicepersonal inom äldreomsorgen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/561</x:t>
   </x:si>
   <x:si>
     <x:t>Prehospital akutsjukvård vid psykiatriska tillstånd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/562</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Transperineal ultraljudsundersökning jämfört med endovaginalt ultraljud vid diagnostik av levatorskada efter vaginal förlossning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/558</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Magnetresonanstomografi (MRI) jämfört med klinisk undersökning vid diagnostik av levatorskada efter vaginal förlossning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mätning av anovaginalt avstånd (AVD) med ultraljud för diagnostisering av skada på den externa sfinktern efter vaginal förlossning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/555</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transperinealt ultraljud som tillägg till klinisk bedömning vid diagnostik av förlossningsskador efter vaginal förlossning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/560</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Ultraljudsundersökning när kvinnan spänner bäckenbotten jämfört med när kvinnan inte spänner bäckenbotten vid diagnostik av levatorskada efter vaginal förlossning </x:t>
-[...32 lines deleted...]
-    <x:t>SBU 2024/556</x:t>
+    <x:t xml:space="preserve">Borttagning av oönskad hårväxt med ljus- eller nålbaserade metoder vid könsdysfori hos ungdomar med registrerat kön man vid födseln </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/531</x:t>
   </x:si>
   <x:si>
     <x:t>Planering och anpassning inför att leva i den sociala roll som stämmer överens med personens könsidentitet (real life experience, RLE) för ungdomar med könsdysfori</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/528</x:t>
   </x:si>
   <x:si>
     <x:t>Hjälpmedel i syfte att underlätta för ungdomar att kunna leva i den sociala roll som stämmer överens med deras könsidentitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/529</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Borttagning av oönskad hårväxt med ljus- eller nålbaserade metoder vid könsdysfori hos ungdomar med registrerat kön man vid födseln </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Mastektomi/maskuliniserande bröstkirurgi vid könsinkongruens/könsdysfori hos personer under 18 år med registrerat kön kvinna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/532</x:t>
   </x:si>
   <x:si>
     <x:t>Insatsen Ett nytt vägval för att förhindra skjutvapenvåld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/504</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Könsbekräftande röstbehandling vid könsdysfori hos ungdomar </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/530</x:t>
   </x:si>
   <x:si>
+    <x:t>Långtidsbehandling med makrolidantibiotika jämfört med placebo vid astma med otillräcklig effekt av standardbehandling hos vuxna och barn från 12 år avseende lungfunktion (FEV1 och PEF) och livskvalitet (ACQ6 och symtomkontroll)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/515</x:t>
+  </x:si>
+  <x:si>
     <x:t>Effekten av Written Exposure Therapy (WET) vid posttraumatiskt stressyndrom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/513</x:t>
   </x:si>
   <x:si>
-    <x:t>Långtidsbehandling med makrolidantibiotika jämfört med placebo vid astma med otillräcklig effekt av standardbehandling hos vuxna och barn från 12 år avseende lungfunktion (FEV1 och PEF) och livskvalitet (ACQ6 och symtomkontroll)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Långtidsbehandling med makrolidantibiotika jämfört med placebo för personer med kronisk obstruktiv lungsjukdom (KOL) vilka har en FEV1 under 50 procent av förväntat värde samt upprepade exacerbationer trots optimerad exacerbationsförebyggande behandling avseende dödlighet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/519</x:t>
   </x:si>
   <x:si>
     <x:t>Könskonträr hormonbehandling med östrogen jämfört med ingen hormonbehandling vid könsdysfori hos vuxna med tilldelat manligt födelsekön</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/488</x:t>
   </x:si>
   <x:si>
     <x:t>Könskonträr hormonbehandling med testosteron jämfört med ingen hormonbehandling vid könsdysfori hos vuxna med tilldelat kvinnligt födelsekön</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/489</x:t>
   </x:si>
   <x:si>
     <x:t>Läkemedelsbehandling för att förebygga epilepsi efter stroke</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/447</x:t>
   </x:si>
   <x:si>
     <x:t>Läkemedelsbehandling för att förebygga epilepsi efter traumatisk hjärnskada</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/448</x:t>
   </x:si>
   <x:si>
+    <x:t>Stödjande samtal jämfört med kognitiv beteendeterapi (KBT) vid postpartumdepression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/372</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Psykodynamisk terapi (PDT) jämfört med kognitiv beteendeterapi (KBT) vid postpartumdepression </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interpersonell terapi (IPT) vid postpartumdepression avseende långtidseffekter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interpersonell terapi (IPT) jämfört med kognitiv beteendeterapi (KBT) vid postpartumdepression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psykodynamisk korttidsterapi (korttids-PDT) vid postpartumdepression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/378</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interventioner för att främja föräldrars lyhördhet och barns utveckling vid postpartumdepression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/376</x:t>
   </x:si>
   <x:si>
-    <x:t>Stödjande samtal jämfört med kognitiv beteendeterapi (KBT) vid postpartumdepression</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Långtidseffekter av robotassisterad kirurgi jämfört med sedvanlig kirurgi vid operation av ryggraden</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/365</x:t>
   </x:si>
   <x:si>
     <x:t>Dynamisk ortos vid isolerad bakre korsbandsskada (PCL)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/366</x:t>
   </x:si>
   <x:si>
     <x:t>Undertrycksbehandling jämfört med sedvanlig sårvård med förband/omläggningar vid svårläkta sår</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/346</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Screening för testikelcancer genom regelbunden självundersökning av testiklar bland symtomfria män </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/343</x:t>
   </x:si>
   <x:si>
     <x:t>Könskonträr hormonbehandling (östrogen) jämfört med ingen hormonbehandling vid könsdysfori hos ungdomar med tilldelat manligt födelsekön</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/339</x:t>
   </x:si>
   <x:si>
     <x:t>Nukleärmedicinska metoder jämfört med fyrkärlsangiografi för diagnostik av total hjärninfarkt (hjärndöd) hos barn mellan 0–2 år</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/337</x:t>
   </x:si>
   <x:si>
+    <x:t>Könskonträr hormonbehandling (testosteron) jämfört med  ingen hormonbehandling vid könsdysfori hos  ungdomar med tilldelat kvinnligt födelsekön</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/338</x:t>
+  </x:si>
+  <x:si>
     <x:t>Populationsbaserad screening för bröstcancer med mammografi för kvinnor över 74 år</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/336</x:t>
   </x:si>
   <x:si>
-    <x:t>Könskonträr hormonbehandling (testosteron) jämfört med  ingen hormonbehandling vid könsdysfori hos  ungdomar med tilldelat kvinnligt födelsekön</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Samband mellan upplevd arbetsrelaterad stress och temporomandibular dysfunktion hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/335</x:t>
   </x:si>
   <x:si>
+    <x:t>Stödjande samtal kring psykosexuell hälsa med hälso- och sjukvårdspersonal som har kunskap om tillståndet vid provocerad vulvodyni och nedsatt psykosexuell hälsa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/318</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Behandling av den smärtsamma slemhinnan runt slidöppningen med smörjregim med olja eller mjukgörande kräm </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/313</x:t>
   </x:si>
   <x:si>
+    <x:t>Lågdos tricykliska antidepressiva läkemedel (TCA) vid provocerad vulvodyni och stor smärtkänslighet i slemhinnan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egenövningar med vaginalstavar i olika storlekar vid provocerad vulvodyni med spänning, smärta och nedsatt funktion i bäckenbottens muskler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/316</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Behandling genomförd av ett multiprofessionellt team specialiserat på provocerad vulvodyni vid provocerad vulvodyni </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/320</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bäckenbottenövningar med fokus på avslappning vid provocerad vulvodyni </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/314</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Behandling av bäckenbottens muskler med manuell fysioterapi vid provocerad vulvodyni </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/315</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Kontinuitet i mötet med det multiprofessionella teamet vid provocerad vulvodyni </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avslappningsövningar vid provocerad vulvodyni och en generell stress och spänning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/317</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Parsamtal vid provocerad vulvodyni </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/319</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Bäckenbottenövningar med fokus på avslappning vid provocerad vulvodyni </x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Byte till ett östrogendominerat preventivmedel vid provocerad vulvodyni </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/312</x:t>
   </x:si>
   <x:si>
-    <x:t>Egenövningar med vaginalstavar i olika storlekar vid provocerad vulvodyni med spänning, smärta och nedsatt funktion i bäckenbottens muskler</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2024/321</x:t>
+    <x:t>Generella stödjande insatser till föräldrar och syskon till barn som föds döda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stödprogram, som fokuserar på omhändertagandet efter förlusten, för föräldrar och syskon till barn som föds döda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/309</x:t>
   </x:si>
   <x:si>
     <x:t>Stödprogram, som fokuserar på att underlätta sorgeprocessen, för föräldrar och syskon till barn som föds döda</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/310</x:t>
   </x:si>
   <x:si>
-    <x:t>Generella stödjande insatser till föräldrar och syskon till barn som föds döda</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2024/309</x:t>
+    <x:t>Uppsökande arbete och medling i konflikter mellan kriminella gatugäng (indikerad prevention) för att förhindra skjutvapenvåld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psykosociala insatser under anstaltsvistelse för personer med anknytning till kriminella gäng (indikerad prevention) för att förhindra återfall i brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Förebyggande insatser mot öppna drogmarknader  (indikerad prevention) avseende minskning av skjutvapenvåld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Familjebaserad terapi för ungdomar som är gänganknutna eller i riskzonen (selektiv prevention) för att förebygga brottslighet och gängmedlemskap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kurve Kriegen för att förhindra skjutvapenvåld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/273</x:t>
   </x:si>
   <x:si>
     <x:t>Operation Peacemaker Fellowship (indikerad prevention) för att förhindra skjutvapenvåld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/275</x:t>
   </x:si>
   <x:si>
-    <x:t>Familjebaserad terapi för ungdomar som är gänganknutna eller i riskzonen (selektiv prevention) för att förebygga brottslighet och gängmedlemskap</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Metoden Repulse för att förhindra skjutvapenvåld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/277</x:t>
   </x:si>
   <x:si>
-    <x:t>Psykosociala insatser under anstaltsvistelse för personer med anknytning till kriminella gäng (indikerad prevention) för att förhindra återfall i brott</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Police-Led Community Initiative to Reduce Gun violence (indikerad prevention) för att förhindra skjutvapenvåld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/276</x:t>
   </x:si>
   <x:si>
-    <x:t>Uppsökande arbete och medling i konflikter mellan kriminella gatugäng (indikerad prevention) för att förhindra skjutvapenvåld</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Sociala insatsgrupper för att förhindra skjutvapenvåld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/278</x:t>
   </x:si>
   <x:si>
     <x:t>Bekymringssamtal för att förhindra skjutvapenvåld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/268</x:t>
   </x:si>
   <x:si>
     <x:t>Community Initiative to Reduce Violence (CIRV) (indikerad prevention) för att förhindra skjutvapenvåld</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/269</x:t>
   </x:si>
   <x:si>
     <x:t>Snoezelen (sinnesstimulering i ett för ändamålet särskilt utrustat rum) vid sensorisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/107</x:t>
   </x:si>
   <x:si>
+    <x:t>Insatser för att förhindra självskadebeteende vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Födointagsinriktade insatser vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hälsodagbok vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Färdtjänst eller riksfärdtjänst vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sömnfrämjande insatser vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olycksfallsprevention vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mindfulness vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egenvård vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bilstöd enligt socialförsäkringsbalken (SFB) för vuxna vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stöd från anhöriga eller andra närstående vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/108</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sensory integration therapy (SIT) vid sensorisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/104</x:t>
   </x:si>
   <x:si>
-    <x:t>Stöd från anhöriga eller andra närstående vid sensorisk funktionsnedsättning</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2024/108</x:t>
+    <x:t>Bolltäcken vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/106</x:t>
   </x:si>
   <x:si>
     <x:t>Viktvästar vid sensorisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/105</x:t>
   </x:si>
   <x:si>
-    <x:t>Färdtjänst eller riksfärdtjänst vid sensorisk funktionsnedsättning</x:t>
-[...62 lines deleted...]
-    <x:t>SBU 2024/114</x:t>
+    <x:t>Bostad med särskild service eller annan särskilt anpassad bostad för vuxna med sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Särskilt boende enligt socialtjänstlagen (SoL) för personer med sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utbildning och träning i naturliga reaktioner och signaler i form av gester, kroppsspråk och mimik vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Social färdighetsträning (Social skills intervention) vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsvistelse utanför det egna hemmet vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsboende enligt socialtjänstlagen (SoL) vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teckenspråk vid dövhet, hörselnedsättning eller dövblindhet hos personer med sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kontaktperson vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syntolkning vid blindhet hos personer med sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boende i familjehem eller bostad med särskild service för barn eller ungdomar med sensorisk funktionsnedsättning som behöver bo utanför föräldrahemmet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boendestöd enligt socialtjänstlagen (SoL) för vuxna med sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att stödja och främja föräldraförmåga hos personer med sensorisk funktionsnedsättning som har barn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidstillsyn utanför det egna hemmet för skolungdom över 12 år med sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kommunala stöd och insatser i hemmet vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/92</x:t>
   </x:si>
   <x:si>
     <x:t>Ledsagarservice vid sensorisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/94</x:t>
   </x:si>
   <x:si>
-    <x:t>Bostad med särskild service eller annan särskilt anpassad bostad för vuxna med sensorisk funktionsnedsättning</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Personlig assistans vid sensorisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/103</x:t>
   </x:si>
   <x:si>
-    <x:t>Social färdighetsträning (Social skills intervention) vid sensorisk funktionsnedsättning</x:t>
-[...62 lines deleted...]
-    <x:t>SBU 2024/92</x:t>
+    <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar rätten för barn, ungdomar och vuxna med sensorisk funktionsnedsättning att komma till tals och bli lyssnade till samt ges möjlighet att göra val</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rådgivning och stöd enligt socialtjänstlagen (SoL) vid sensorisk funktionsnedsättning.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/82</x:t>
   </x:si>
   <x:si>
     <x:t>Rådgivning och annat personligt stöd enligt lagen om stöd och service till vissa funktionshindrade (LSS) vid sensorisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/81</x:t>
   </x:si>
   <x:si>
+    <x:t>Personlig budget för att kunna köpa sociala välfärdstjänster vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/84</x:t>
+  </x:si>
+  <x:si>
     <x:t>God man, förvaltare, vid sensorisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/85</x:t>
   </x:si>
   <x:si>
-    <x:t>Rådgivning och stöd enligt socialtjänstlagen (SoL) vid sensorisk funktionsnedsättning.</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Framtidsfullmakter vid sensorisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/86</x:t>
   </x:si>
   <x:si>
-    <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar rätten för barn, ungdomar och vuxna med sensorisk funktionsnedsättning att komma till tals och bli lyssnade till samt ges möjlighet att göra val</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2024/83</x:t>
+    <x:t>Anställning och stöd/Supported Employment vid sensorisk funktionsnedsättning hos ungdomar och vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Involvering i dagliga aktiviteter vid sensorisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sensoriska insatser såsom upplevelserum vid sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att underlätta övergång till arbetsliv/transitionsinsatser för ungdomar och vuxna ned sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daglig verksamhet enligt lagen om stöd och service till vissa funktionshindrade (LSS) vid sensorisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Individuell placering och stöd/Individual Placement and Support för ungdomar och vuxna med sensorisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arbetsmarknadspolitisk insats, SIUS, vid sensorisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/67</x:t>
   </x:si>
   <x:si>
     <x:t>Dagverksamhet enligt SoL (socialtjänstlagen) vid sensorisk funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/79</x:t>
   </x:si>
   <x:si>
-    <x:t>Anställning och stöd/Supported Employment vid sensorisk funktionsnedsättning hos ungdomar och vuxna</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Involvering i fritidsaktiviteter vid sensorisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/80</x:t>
   </x:si>
   <x:si>
-    <x:t>Involvering i dagliga aktiviteter vid sensorisk funktionsnedsättning hos vuxna</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Fostering Individualized Assistance Program (FIAP) vid intellektuell funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1273</x:t>
   </x:si>
   <x:si>
+    <x:t>Parent Child Interaction Therapy (PCIT) vid intellektuell funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1274</x:t>
+  </x:si>
+  <x:si>
     <x:t>Beteendeinriktad träning i liten grupp vid intellektuell funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1272</x:t>
   </x:si>
   <x:si>
-    <x:t>Parent Child Interaction Therapy (PCIT) vid intellektuell funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/1274</x:t>
+    <x:t>Tillämpad beteendeintervention (TBI) vid intellektuell funktionsnedsättning hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1270</x:t>
   </x:si>
   <x:si>
     <x:t>Social färdighetsträning (Social skills interventions) vid intellektuell funktionsnedsättning hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1271</x:t>
   </x:si>
   <x:si>
+    <x:t>Personlig assistans vid neuropsykiatrisk funktionsnedsättning hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1276</x:t>
+  </x:si>
+  <x:si>
     <x:t>Insatser för att underlätta övergång till arbetsliv/transitionsinsatser vid intellektuell funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1195</x:t>
   </x:si>
   <x:si>
-    <x:t>Tillämpad beteendeintervention (TBI) vid intellektuell funktionsnedsättning hos barn och ungdomar</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/1276</x:t>
+    <x:t xml:space="preserve">Beteendeinriktad träning i liten grupp vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1159</x:t>
   </x:si>
   <x:si>
     <x:t>Self-management program för att öka fysisk aktivitet vid psykisk funktionsnedsättning hos vuxna med förvärvad hjärnskada</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1160</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Beteendeinriktad träning i liten grupp vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/1159</x:t>
+    <x:t>Färdtjänst eller riksfärdtjänst vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fostering Individualized Assistance Program (FIAP) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1153</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stöd från anhöriga eller andra närstående vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1157</x:t>
   </x:si>
   <x:si>
     <x:t>Självhjälpsgrupper vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1156</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Bolltäcke vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1155</x:t>
   </x:si>
   <x:si>
-    <x:t>Stöd från anhöriga eller andra närstående vid psykisk funktionsnedsättning</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/1153</x:t>
+    <x:t>Utbildning avseende exempelvis sexualkunskap, fysisk aktivitet, förbättrad egenvård, att undvika farliga situationer såsom sexuella trakasserier, att göra val/välja vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1150</x:t>
   </x:si>
   <x:si>
     <x:t>Familjeinriktade psykosociala insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1152</x:t>
   </x:si>
   <x:si>
     <x:t>Acceptance and Commitment Therapy (ACT) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1151</x:t>
   </x:si>
   <x:si>
-    <x:t>Utbildning avseende exempelvis sexualkunskap, fysisk aktivitet, förbättrad egenvård, att undvika farliga situationer såsom sexuella trakasserier, att göra val/välja vid psykisk funktionsnedsättning</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Personlig assistans vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1149</x:t>
   </x:si>
   <x:si>
     <x:t>Motiverande samtal/Motiverande intervju (MI) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1148</x:t>
   </x:si>
   <x:si>
     <x:t>Alternativ till tvångsåtgärderna fastspänning och avskiljning för personer som vårdas på institution</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1129</x:t>
   </x:si>
   <x:si>
     <x:t>Kognitiva insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1127</x:t>
   </x:si>
   <x:si>
+    <x:t>Cardiac Contractility Modulation device-behandling vid hjärtsvikt avseende sjukhusinläggning för hjärtsvikt, vårdtid, New York Heart Association klass förändring, VO2 max och andra, icke device-relaterade komplikationer (SAE)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Operation &lt; 24 timmar jämfört med operation &gt; 24 timmar från ankomst till sjukhus för höftfrakturpatienter som behandlas med antikoagulantia eller trombocythämmare och som ska opereras akut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1063</x:t>
+  </x:si>
+  <x:si>
     <x:t>Förberedande arbetsmarknadsinsatser i form av individuellt stöd och utbildning för personer med varaktigt försörjningsstöd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1070</x:t>
   </x:si>
   <x:si>
+    <x:t>Lönebidrag till arbetsgivare vid varaktigt försörjningsstöd avseende försörjningsstödsmottagarens inkomst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1067</x:t>
+  </x:si>
+  <x:si>
     <x:t>IPS-anpassade insatser (Individual Placement and Support) för personer långvarigt sjukskrivna på grund av depression, ångest eller stressreaktion</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1068</x:t>
   </x:si>
   <x:si>
-    <x:t>Cardiac Contractility Modulation device-behandling vid hjärtsvikt avseende sjukhusinläggning för hjärtsvikt, vårdtid, New York Heart Association klass förändring, VO2 max och andra, icke device-relaterade komplikationer (SAE)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Förberedande arbetsmarknadsinsatser i form av stöd och starta-eget-bidrag för personer med varaktigt försörjningsstöd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1069</x:t>
   </x:si>
   <x:si>
     <x:t>Beteendeterapi med involverad arbetsplats för personer långvarigt sjukskrivna på grund av depression, ångest eller stressreaktion avseende inkomst</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1065</x:t>
   </x:si>
   <x:si>
     <x:t>Teambaserat stöd med involverad arbetsplats för personer långvarigt sjukskrivna på grund av depression, ångest eller stressreaktion avseende inkomst</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1066</x:t>
   </x:si>
   <x:si>
+    <x:t>Sömnfrämjande insatser vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Födointagsinriktade insatser vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olycksfallsprevention vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mindfulness vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/996</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bostad med särskild service, annan särskilt anpassad bostad eller särskilt boende vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/986</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidsvistelse utanför det egna hemmet vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/989</x:t>
   </x:si>
   <x:si>
-    <x:t>Sömnfrämjande insatser vid psykisk funktionsnedsättning</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/994</x:t>
+    <x:t>Ledsagarservice eller ledsagning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funktionell kommunikationsträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsboende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metoder eller strategier som bygger på tillämpad beteendeintervention (TBI) vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kommunala stöd och insatser i hemmet vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boendestöd enligt socialtjänstlagen vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miljöträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att stödja och främja föräldraförmåga hos personer med psykisk funktionsnedsättning som har barn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/991</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidstillsyn utanför det egna hemmet för skolungdomar över 12 år med psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/988</x:t>
   </x:si>
   <x:si>
-    <x:t>Kommunala stöd och insatser i hemmet vid psykisk funktionsnedsättning</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/984</x:t>
+    <x:t>Insatser för att förhindra självskadebeteende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kontaktperson vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fysiska insatser vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/992</x:t>
   </x:si>
   <x:si>
     <x:t>Hälsodagbok vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/995</x:t>
   </x:si>
   <x:si>
-    <x:t>Korttidsboende vid psykisk funktionsnedsättning</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Egenvård vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/993</x:t>
   </x:si>
   <x:si>
-    <x:t>Olycksfallsprevention vid psykisk funktionsnedsättning</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar barn, ungdomars och vuxna med psykisk funktionsnedsättnings rätt att komma till tals och bli lyssnade på samt ges möjligheter att göra val</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/974</x:t>
   </x:si>
   <x:si>
+    <x:t>Användning av teknik för beteendeinlärning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/977</x:t>
+  </x:si>
+  <x:si>
     <x:t>Terapi för aggressionshantering (Anger management) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/976</x:t>
   </x:si>
   <x:si>
+    <x:t>Daglig verksamhet eller dagverksamhet vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>God man, förvaltare, vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Framtidfullmakter vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/972</x:t>
+  </x:si>
+  <x:si>
     <x:t>Personliga budgetar för att kunna köpa sociala välfärdstjänster vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/971</x:t>
   </x:si>
   <x:si>
-    <x:t>Daglig verksamhet eller dagverksamhet vid psykisk funktionsnedsättning</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Rådgivning och annat personligt stöd vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/975</x:t>
   </x:si>
   <x:si>
+    <x:t>Familjeinriktade psykosociala insatser vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/962</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stöd från anhöriga eller andra närstående vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/965</x:t>
   </x:si>
   <x:si>
-    <x:t>Familjeinriktade psykosociala insatser vid fysisk funktionsnedsättning</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/962</x:t>
+    <x:t>Färdtjänst eller riksfärdtjänst vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bilstöd för vuxna vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Självhjälpsgrupper vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/963</x:t>
   </x:si>
   <x:si>
     <x:t>Terapi för aggressionshantering (Anger management) vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/961</x:t>
   </x:si>
   <x:si>
-    <x:t>Självhjälpsgrupper vid fysisk funktionsnedsättning</x:t>
-[...20 lines deleted...]
-    <x:t>SBU 2023/963</x:t>
+    <x:t>Personlig assistans vid fysisk funktionsnedsättning hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fysiska insatser vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/943</x:t>
   </x:si>
   <x:si>
     <x:t>Hälsodagbok vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/947</x:t>
   </x:si>
   <x:si>
-    <x:t>Personlig assistans vid fysisk funktionsnedsättning hos barn och ungdomar</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/954</x:t>
+    <x:t>Egenvård vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acceptance and Commitment Therapy (ACT) vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Födointagsinriktade insatser vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mindfulness vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att stödja och främja föräldraförmåga hos personer med fysisk funktionsnedsättning som har barn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personlig assistans vid fysisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/955</x:t>
   </x:si>
   <x:si>
     <x:t>Insatser för att förhindra självskadebeteende vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/951</x:t>
   </x:si>
   <x:si>
     <x:t>Motiverande samtal/Motiverande intervju (MI) vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/953</x:t>
   </x:si>
   <x:si>
+    <x:t>Sömnfrämjande insatser vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/952</x:t>
+  </x:si>
+  <x:si>
     <x:t>Olycksfallsprevention vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/950</x:t>
   </x:si>
   <x:si>
-    <x:t>Egenvård vid fysisk funktionsnedsättning</x:t>
-[...50 lines deleted...]
-    <x:t>SBU 2023/949</x:t>
+    <x:t>Boende i familjehem eller bostad med särskild service för barn eller ungdomar med fysisk funktionsnedsättning som behöver bo utanför föräldrahemmet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personliga budgetar för att kunna köpa sociala välfärdstjänster vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/931</x:t>
   </x:si>
   <x:si>
     <x:t>Kommunala stöd och insatser i hemmet vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/938</x:t>
   </x:si>
   <x:si>
+    <x:t>Boendestöd enligt socialtjänstlagen vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>God man, förvaltare, vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rådgivning och annat personligt stöd vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsboende vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Framtidfullmakter vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar barn, ungdomar och vuxna med fysisk funktionsnedsättnings rätt att komma till tals och bli lyssnade på samt ges möjligheter att göra val</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/934</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bostad med särskild service, annan särskilt anpassad bostad elller särskilt boende vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/940</x:t>
   </x:si>
   <x:si>
-    <x:t>Korttidsboende vid fysisk funktionsnedsättning</x:t>
-[...50 lines deleted...]
-    <x:t>SBU 2023/935</x:t>
+    <x:t>Konduktiv pedagogik jämfört med standardbehandling till personer med cerebral pares avseende förmåga till delaktighet, livskvalitet och nutritionsförmåga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rezum (varm vattenånga) jämfört med annan minimalt invasiv operativ åtgärd (MIST) för behandling av godartad prostataförstoring</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Osseointegrerade armproteser med och utan neuromuskulär kontroll</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/926</x:t>
   </x:si>
   <x:si>
     <x:t>Rezum (varm vattenånga) jämfört med transuretral resektion av prostata (TURP) för behandling av godartad prostataförstoring</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/928</x:t>
   </x:si>
   <x:si>
-    <x:t>Rezum (varm vattenånga) jämfört med annan minimalt invasiv operativ åtgärd (MIST) för behandling av godartad prostataförstoring</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2023/929</x:t>
+    <x:t xml:space="preserve">Sensory integration therapy (SIT) vid flerfunktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/920</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bolltäcken vid flerfunktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/919</x:t>
   </x:si>
   <x:si>
     <x:t>Utbildning och träning i naturliga reaktioner och signaler i form av gester, kroppsspråk och mimik vid flerfunktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/915</x:t>
   </x:si>
   <x:si>
     <x:t>Personlig assistans vid flerfunktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/918</x:t>
   </x:si>
   <x:si>
+    <x:t>Sömnfrämjande insatser vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mindfulness vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/911</x:t>
+  </x:si>
+  <x:si>
     <x:t>Egenvård vid flerfunktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/907</x:t>
   </x:si>
   <x:si>
+    <x:t>Teckenspråk vid dövhet, hörselnedsättning eller dövblindhet hos personer med flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/917</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Stöd från anhöriga eller andra närstående vid flerfunktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/923</x:t>
   </x:si>
   <x:si>
     <x:t>Syntolkning vid blindhet hos personer med flerfunktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/916</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Snoezelen vid flerfunktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/921</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Viktvästar vid flerfunktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsvistelse utanför det egna hemmet vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att förhindra självskadebeteende vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Födointagsinriktade insatser vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olycksfallsprevention vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/912</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fysiska insatser vid flerfunktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/906</x:t>
   </x:si>
   <x:si>
     <x:t>Hälsodagbok vid flerfunktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/909</x:t>
   </x:si>
   <x:si>
     <x:t>Massage vid flerfunktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/910</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Sensory integration therapy (SIT) vid flerfunktionsnedsättning </x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Stöd från anhöriga eller andra närstående vid intellektuell funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/890</x:t>
   </x:si>
   <x:si>
     <x:t>Färdtjänst eller riksfärdtjänst vid intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/892</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Självhjälpsgrupper vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/885</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bolltäcken vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/886</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Viktvästar vid intellektuell funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/889</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Sensoriska insatser såsom upplevelserum vid flerfunktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>God man, förvaltare, vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar barn, ungdomar och vuxna med flerfunktionsnedsättnings rätt att komma till tals och bli lyssnade på samt ges möjligheter att göra val</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personliga budgetar för att kunna köpa sociala välfärdstjänster vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/895</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Särskilt boende för personer med funktionsnedsättning vid flerfunktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/902</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidstillsyn för skolungdomar över 12 år med flerfunktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/904</x:t>
   </x:si>
   <x:si>
-    <x:t>God man, förvaltare, vid flerfunktionsnedsättning</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/894</x:t>
+    <x:t>Korttidsboende vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/901</x:t>
   </x:si>
   <x:si>
     <x:t>Boende i familjehem eller bostad med särskild service för barn eller ungdomar med flerfunktionsnedsättning som behöver bo utanför föräldrahemmet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/898</x:t>
   </x:si>
   <x:si>
-    <x:t>Korttidsboende vid flerfunktionsnedsättning</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/901</x:t>
+    <x:t xml:space="preserve">Sensory integration therapy (SIT) vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bilstöd vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/891</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Snoezelen vid intellektuell funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/888</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Sensoriska insatser såsom upplevelserum vid flerfunktionsnedsättning </x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/895</x:t>
+    <x:t xml:space="preserve">Beteendeinriktade insatser vid flerfunktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser som avser att påverka förmågan att kommunicera med andra och utveckla samt bibehålla sociala relationer vid flerfunktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/903</x:t>
   </x:si>
   <x:si>
     <x:t>Bostad med särskild service för vuxna eller annan särskilt anpassad bostad vid flerfunktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/899</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Bostadsanpassning vid flerfunktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/900</x:t>
   </x:si>
   <x:si>
-    <x:t>Insatser som avser att påverka förmågan att kommunicera med andra och utveckla samt bibehålla sociala relationer vid flerfunktionsnedsättning</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Teckenspråk vid dövhet, hörselnedsättning eller dövblindhet hos personer med intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/873</x:t>
   </x:si>
   <x:si>
+    <x:t>Motiverande samtal/Motiverande intervju (MI) vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociala berättelser (Social stories) vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att förhindra självskadebeteende vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delad uppmärksamhet/Joint Attention vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seriesamtal (ritprata) vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syntolkning vid blindhet hos personer med intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sömnfrämjande insatser vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egenvård vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/861</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Utbildning avseende exempelvis sexualkunskap, fysisk aktivitet, förbättrad egenvård, undvika farliga situationer såsom sexuella trakasserier, för att göra val/välja, psykoedukation vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/878</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Terapi för aggressionshantering (Anger management) vid intellektuell funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/883</x:t>
   </x:si>
   <x:si>
-    <x:t>Insatser för att förhindra självskadebeteende vid intellektuell funktionsnedsättning</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2023/864</x:t>
+    <x:t>Personlig assistans vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/881</x:t>
   </x:si>
   <x:si>
     <x:t>Aktivitetsschema/organisatoriska färdigheter vid intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/868</x:t>
   </x:si>
   <x:si>
+    <x:t>Födointagsinriktade insatser vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olycksfallsprevention vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hälsodagbok vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personlig assistans vid intellektuell funktionsnedsättning hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/879</x:t>
+  </x:si>
+  <x:si>
     <x:t>Utbildning och träning i naturliga reaktioner och signaler i form av gester, kroppsspråk och mimik vid intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/871</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Familjeinriktade insatser vid intellektuell funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/884</x:t>
   </x:si>
   <x:si>
+    <x:t>Tydliggörande pedagogik vid intellektuell funktionsnedsättning hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/877</x:t>
+  </x:si>
+  <x:si>
     <x:t>Att sätta upp mål vid intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/870</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Acceptance and Commitment Therapy (ACT) vid intellektuell funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/882</x:t>
   </x:si>
   <x:si>
-    <x:t>Syntolkning vid blindhet hos personer med intellektuell funktionsnedsättning</x:t>
-[...74 lines deleted...]
-    <x:t>SBU 2023/877</x:t>
+    <x:t>Bostad med särskild service eller annan särskilt anpassad bostad vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/847</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Metoder eller strategier som bygger på TBI (tillämpad beteendeintervention) vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/841</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Funktionell kommunikationsträning vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boendestöd vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/846</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Miljöträning vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser som avser att påverka förmågan att kommunicera med andra och utveckla samt bibehålla sociala relationer vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/852</x:t>
   </x:si>
   <x:si>
     <x:t>Insatser för att främja föräldraförmåga hos personer med intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/857</x:t>
   </x:si>
   <x:si>
-    <x:t>Bostad med särskild service eller annan särskilt anpassad bostad vid intellektuell funktionsnedsättning hos vuxna</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/847</x:t>
+    <x:t>Korttidstillsyn för skolungdomar över 12 år med intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kontaktperson vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/853</x:t>
   </x:si>
   <x:si>
     <x:t>Ledsagarservice vid intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/856</x:t>
   </x:si>
   <x:si>
-    <x:t>Boendestöd vid intellektuell funktionsnedsättning hos vuxna</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Korttidsboende vid intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/850</x:t>
   </x:si>
   <x:si>
     <x:t>Styrketräning vid intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/860</x:t>
   </x:si>
   <x:si>
     <x:t>Boende i familjehem eller bostad med särskild service för barn eller ungdomar med intellektuell funktionsnedsättning som behöver bo utanför föräldrahemmet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/845</x:t>
   </x:si>
   <x:si>
+    <x:t>Tillämpad beteendeintervention (TBI) vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/844</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Bostadsanpassning vid intellektuell funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/848</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Metoder eller strategier som bygger på TBI (tillämpad beteendeintervention) vid intellektuell funktionsnedsättning </x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/844</x:t>
+    <x:t xml:space="preserve">Särskilt boende för personer med funktionsnedsättning vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/851</x:t>
   </x:si>
   <x:si>
     <x:t>Kommunala stöd och insatser i hemmet vid intellektuell funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/849</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidsvistelse utanför det egna hemmet vid intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/855</x:t>
   </x:si>
   <x:si>
+    <x:t>Jogging vid intellektuell funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/859</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dans vid intellektuell funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/858</x:t>
   </x:si>
   <x:si>
-    <x:t>Jogging vid intellektuell funktionsnedsättning</x:t>
-[...20 lines deleted...]
-    <x:t>SBU 2023/851</x:t>
+    <x:t xml:space="preserve">Rådgivning och annat personligt stöd vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>God man, förvaltare, vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/836</x:t>
   </x:si>
   <x:si>
     <x:t>Framtidsfullmakter vid intellektuell funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/835</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Fostering Individualized Assistance Program (FIAP) vid neuropsykiatrisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beteende- och kognitivt inriktad föräldrautbildning vid neuropsykiatrisk funktionsnedsättning hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daglig verksamhet eller dagverksamhet vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tydliggörande pedagogik vid neuropsykiatrisk funktionsnedsättning hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Familjeterapi vid neuropsykiatrisk funktionsnedsättning hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar barn, ungdomar och vuxna med intellektuell funktionsnedsättnings rätt att komma till tals och bli lyssnade på samt ges möjligheter att göra val</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personliga budgetar för att kunna köpa sociala välfärdstjänster vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Individuell placering och stöd/Individual Placement and Support vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arbetsmarknadspolitisk insats, SIUS, vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/833</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Användning av teknik för beteendeinlärning vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/840</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sensoriska insatser såsom upplevelserum vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/834</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid neuropsykiatrisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/826</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Beteendeinriktad träning i liten grupp vid neuropsykiatrisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Involvering i dagliga aktiviteter vid intellektuell funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/830</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Involvering i fritidsaktiviteter vid intellektuell funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/831</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Kognitiv beteendeterapi (KBT) vid neuropsykiatrisk funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/825</x:t>
   </x:si>
   <x:si>
-    <x:t>Tydliggörande pedagogik vid neuropsykiatrisk funktionsnedsättning hos barn och ungdomar</x:t>
-[...98 lines deleted...]
-    <x:t>SBU 2023/830</x:t>
+    <x:t>Personlig assistans vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/808</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Självhjälpsgrupper vid neuropsykiatrisk funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seriesamtal (ritprata) vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/805</x:t>
   </x:si>
   <x:si>
     <x:t>Sociala berättelser (Social stories) vid neuropsykiatrisk funktionsnedsättning hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/821</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Självhjälpsgrupper vid neuropsykiatrisk funktionsnedsättning </x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/805</x:t>
+    <x:t xml:space="preserve">Jogging vid neuropsykiatrisk funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Färdtjänst eller riksfärdtjänst vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bilstöd vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/817</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Familjeinriktade insatser vid neuropsykiatrisk funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/811</x:t>
   </x:si>
   <x:si>
     <x:t>Sociala berättelser (Social stories) vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/806</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Terapi för aggressionshantering (Anger management) vid neuropsykiatrisk funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/810</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Acceptance and Commitment Therapy (ACT) vid neuropsykiatrisk funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/809</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sensory integration therapy (SIT) vid neuropsykiatrisk funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/814</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Snoezelen vid neuropsykiatrisk funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/815</x:t>
   </x:si>
   <x:si>
-    <x:t>Personlig assistans vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/808</x:t>
+    <x:t>Aktivitetsschema/organisatoriska färdigheter vid neuropsykiatrisk funktionsnedsättning hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/820</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Viktvästar vid neuropsykiatrisk funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/816</x:t>
   </x:si>
   <x:si>
-    <x:t>Utbildning avseende exempelvis sexualkunskap, fysisk aktivitet, förbättrad egenvård, undvika farliga situationer såsom sexuella trakasserier, för att göra val/välja, psykoedukation vid neuropsykiatrisk funktionsnedsättning</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Insatser för att förhindra självskadebeteende vid neuropsykiatrisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/796</x:t>
   </x:si>
   <x:si>
     <x:t>Syntolkning vid blindhet hos personer med neuropsykiatrisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/802</x:t>
   </x:si>
   <x:si>
+    <x:t>Födointagsinriktade insatser vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/791</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Styrketräning vid neuropsykiatrisk funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egenvård vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/793</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Dans vid neuropsykiatrisk funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023-788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sömnfrämjande insatser vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teckenspråk vid dövhet, hörselnedsättning eller dövblindhet hos personer med neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/803</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Utbildning och träning i naturliga reaktioner och signaler i form av gester, kroppsspråk och mimik vid neuropsykiatrisk funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motiverande samtal/Motiverande intervju (MI) vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/804</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Delad uppmärksamhet/Joint Attention vid neuropsykiatrisk funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/799</x:t>
   </x:si>
   <x:si>
-    <x:t>Sömnfrämjande insatser vid neuropsykiatrisk funktionsnedsättning</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Aktivitetsschema/organisatoriska färdigheter vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/798</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Att sätta upp mål vid neuropsykiatrisk funktionsnedsättning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/800</x:t>
   </x:si>
   <x:si>
     <x:t>Olycksfallsprevention vid neuropsykiatrisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/795</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness vid neuropsykiatrisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/794</x:t>
   </x:si>
   <x:si>
     <x:t>Hälsodagbok vid neuropsykiatrisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/792</x:t>
   </x:si>
   <x:si>
-    <x:t>Födointagsinriktade insatser vid neuropsykiatrisk funktionsnedsättning</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Metoder eller strategier som bygger på TBI (tillämpad beteendeintervention) vid neuropsykiatrisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/768</x:t>
   </x:si>
   <x:si>
+    <x:t>Miljöträning vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostad med särskild service eller annan särskilt anpassad bostad vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/775</x:t>
+  </x:si>
+  <x:si>
     <x:t>Särskilt boende för personer med funktionsnedsättning vid neuropsykiatrisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/779</x:t>
   </x:si>
   <x:si>
+    <x:t>Korttidstillsyn för skolungdomar över 12 år med neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kontaktperson vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsboende vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/778</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Insatser som avser att påverka förmågan att kommunicera med andra och utveckla samt bibehålla sociala relationer vid neuropsykiatrisk funktionsnedsättning </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kommunala stöd och insatser i hemmet vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsvistelse utanför det egna hemmet vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ledsagarservice vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/776</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Boende i familjehem eller bostad med särskild service för barn eller ungdomar med neuropsykiatrisk funktionsnedsättning som behöver bo utanför föräldrahemmet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tillämpad beteendeintervention (TBI) för barn och ungdomar med neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funktionell kommunikationsträning vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rådgivning och annat personligt stöd vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/766</x:t>
+  </x:si>
+  <x:si>
     <x:t>Användning av teknik för beteendeinlärning vid neuropsykiatrisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/767</x:t>
   </x:si>
   <x:si>
-    <x:t>Boendestöd vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Tillämpad beteendeintervention (TBI) för vuxna med neuropsykiatrisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/772</x:t>
   </x:si>
   <x:si>
-    <x:t>Korttidsvistelse utanför det egna hemmet vid neuropsykiatrisk funktionsnedsättning</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar barn, ungdomar och vuxna med neuropsykiatrisk funktionsnedsättnings rätt att komma till tals och bli lyssnade på samt ges möjligheter att göra val</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/765</x:t>
   </x:si>
   <x:si>
     <x:t>Insatser för att underlätta övergång till arbetsliv/transitionsinsatser vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/758</x:t>
   </x:si>
   <x:si>
+    <x:t>Ledsagarservice eller ledsagning vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sensoriska insatser såsom upplevelserum vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/755</x:t>
+  </x:si>
+  <x:si>
     <x:t>God man, förvaltare, vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/762</x:t>
   </x:si>
   <x:si>
     <x:t>Framtidsfullmakter vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/760</x:t>
   </x:si>
   <x:si>
+    <x:t>Korttidsvistelse utanför det egna hemmet vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kontaktperson vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/761</x:t>
+  </x:si>
+  <x:si>
     <x:t>Korttidstillsyn utanför det egna hemmet för skolungdomar över 12 år med fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/759</x:t>
   </x:si>
   <x:si>
     <x:t>Personliga budgetar för att kunna köpa sociala välfärdstjänster vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/763</x:t>
   </x:si>
   <x:si>
-    <x:t>Sensoriska insatser såsom upplevelserum vid neuropsykiatrisk funktionsnedsättning</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Arbetsmarknadspolitisk insats, SIUS, vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/752</x:t>
   </x:si>
   <x:si>
+    <x:t>Individuell placering och stöd/Individual Placement and Support vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/751</x:t>
+  </x:si>
+  <x:si>
     <x:t>Involvering i dagliga aktiviteter vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/749</x:t>
   </x:si>
   <x:si>
+    <x:t>Daglig verksamhet eller dagverksamhet vid neuropsykiatrisk funktionsnedsättning hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att underlätta övergång till arbetsliv/transitionsinsatser vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Involvering i fritidsaktiviteter vid neuropsykiatrisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Involvering i dagliga aktiviteter vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Involvering i fritidsaktiviteter vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sensoriska insatser vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daglig verksamhet eller dagverksamhet vid fysisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/741</x:t>
+  </x:si>
+  <x:si>
     <x:t>Arbetsmarknadspolitisk insats SIUS vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/745</x:t>
   </x:si>
   <x:si>
-    <x:t>Sensoriska insatser vid fysisk funktionsnedsättning</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Social färdighetsträning (Social skills interventions) vid fysisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/748</x:t>
   </x:si>
   <x:si>
-    <x:t>Insatser för att underlätta övergång till arbetsliv/transitionsinsatser vid fysisk funktionsnedsättning</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2023/743</x:t>
+    <x:t>Matchning av blod med genomisk blodgruppering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/702</x:t>
   </x:si>
   <x:si>
     <x:t>Innowalk för barn och ungdomar med rörelsenedsättningar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/705</x:t>
   </x:si>
   <x:si>
-    <x:t>Matchning av blod med genomisk blodgruppering</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/702</x:t>
+    <x:t>Exspiratorisk muskelstyrketräning (EMST) utförd med träningshjälpmedel för personer med Parkinsons sjukdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/657</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan förutsägbarhet och tydlighet i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/654</x:t>
   </x:si>
   <x:si>
+    <x:t>Samband mellan visuell miljö i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/655</x:t>
+  </x:si>
+  <x:si>
     <x:t>Exspiratorisk muskelstyrketräning (EMST) utförd med träningshjälpmedel för personer med Multipel skleros (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/656</x:t>
   </x:si>
   <x:si>
-    <x:t>Exspiratorisk muskelstyrketräning (EMST) utförd med träningshjälpmedel för personer med Parkinsons sjukdom</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/655</x:t>
+    <x:t>Samband mellan mobbning i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan ryggens arbetsställning och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan sittande arbetsställning och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan sensoriska krav i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/651</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan socialt stöd i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/642</x:t>
   </x:si>
   <x:si>
+    <x:t>Samband mellan utvecklingsmöjligheter i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/646</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samband mellan repetitiva arbetsrörelser i handleden och handen och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/647</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan mobbning i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
-[...26 lines deleted...]
-    <x:t>SBU 2023/650</x:t>
+    <x:t>Samband mellan arbetsrelaterad stress och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan rollkonflikt i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan belöning i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan psykosocial ansträngning i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan anställningsotrygghet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/635</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan att arbeta tillsammans med tidsbegränsat anställda och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/636</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan arbetsrelaterad stress och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Samband mellan kvalitativa krav i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/638</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan rollkonflikt i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Samband mellan styrd arbetstakt och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/640</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan övertidsarbete och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/632</x:t>
   </x:si>
   <x:si>
+    <x:t>Samband mellan destruktivt ledarskap i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan skiftarbete och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/627</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samband mellan rättvist ledarskap i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/625</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan destruktivt ledarskap i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Samband mellan tillfällig anställning och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/628</x:t>
   </x:si>
   <x:si>
+    <x:t>Psykologisk behandling vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psykosocialt stöd vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prometazin, efedrin och koffein i kombination jämfört med placebo vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intravenös vätskebehandling med socker-koksaltlösning jämfört med koksaltlösning vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/604</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samband mellan arbetsmiljöfaktorer och cervikobrakialt smärtsyndrom hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/611</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan kraftutveckling och arbetsställning i nacke och axlar i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/616</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan kraftutveckling och arbetsställning för ryggen och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/617</x:t>
   </x:si>
   <x:si>
+    <x:t>Öppenvård jämfört med slutenvård vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total parenteral nutrition (TPN) utöver standardbehandling jämfört med enbart standardbehandling vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enteral sondmatning utöver standardbehandling jämfört med enbart standardbehandling vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vitamin B6 (pyridoxin) jämfört med placebo vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prednisolon jämfört med placebo vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sjukskrivning vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan arbetsmiljöfaktorer och degenerativa sjukdomar i halsryggen hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/615</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samband mellan obekväma lyft i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/618</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan kraftutveckling för handleder och händer i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/619</x:t>
   </x:si>
   <x:si>
-    <x:t>Prometazin, efedrin och koffein i kombination jämfört med placebo vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Samband mellan ackordsystem i arbetet och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/620</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan arbetsomfattning och besvär i nacke eller nacke/axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/622</x:t>
   </x:si>
   <x:si>
-    <x:t>Total parenteral nutrition (TPN) utöver standardbehandling jämfört med enbart standardbehandling vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
-[...20 lines deleted...]
-    <x:t>SBU 2023/613</x:t>
+    <x:t>Holistisk individanpassad vårdplan utöver standardbehandling jämfört med enbart standardbehandling vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ondansetron jämfört med metoklopramid vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hydrokortison jämfört med metoklopramid vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metoklopramid jämfört med prometazin vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/595</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan överarmens arbetsställning och besvär i handleder och händer hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/599</x:t>
   </x:si>
   <x:si>
-    <x:t>Holistisk individanpassad vårdplan utöver standardbehandling jämfört med enbart standardbehandling vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/592</x:t>
+    <x:t>Samband mellan kyla i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/600</x:t>
   </x:si>
   <x:si>
     <x:t>Akupressur jämfört med placebo vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/585</x:t>
   </x:si>
   <x:si>
+    <x:t>Akupunktur jämfört med placebo vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initial fasta jämfört med tidigt födointag vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/587</x:t>
+  </x:si>
+  <x:si>
     <x:t>Granisetron jämfört med prometazin vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/588</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingefära som kosttillskott jämfört med placebo vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ondansetron och metoklopramid i kombination jämfört med preparaten individuellt eller placebo vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/594</x:t>
+  </x:si>
+  <x:si>
     <x:t>Metylprednisolon jämfört med prometazin vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU2023/596</x:t>
   </x:si>
   <x:si>
-    <x:t>Metoklopramid jämfört med prometazin vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/595</x:t>
+    <x:t>Ondansetron jämfört med prometazin vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/598</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan temperaturförändringar i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/601</x:t>
   </x:si>
   <x:si>
-    <x:t>Ondansetron och metoklopramid i kombination jämfört med preparaten individuellt eller placebo vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Samband mellan värme i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/602</x:t>
   </x:si>
   <x:si>
-    <x:t>Initial fasta jämfört med tidigt födointag vid extremt graviditetsillamående (hyperemesis gravidarum)</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2023/598</x:t>
+    <x:t>Samband mellan handledens och handens arbetsrörelser och besvär i handleder och händer hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan socialt stöd i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan att arbeta tillsammans med tidsbegränsat anställda och besvär i handleder och händer hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan förutsägbarhet och tydlighet i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan armbågens och handledens arbetsställning och karpaltunnelsyndrom hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan repetitiva arbetsrörelser med handleden och handen och karpaltunnelsyndrom hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/582</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan kontroll i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/577</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan socialt stöd i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Samband mellan utvecklingsmöjligheter i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/579</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan handledens och handens arbetsrörelser och besvär i handleder och händer hos vuxna personer i arbete</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Samband mellan styrd arbetstakt och besvär i handleder och händer hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/573</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan kvantitativa krav i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/572</x:t>
   </x:si>
   <x:si>
+    <x:t>Samband mellan tunga lyft i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan skiftarbete och besvär i handleder och händer hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan övertidsarbete och besvär i handleder och händer hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan anställningsotrygghet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/563</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samband mellan kraftutveckling för nacke och axlar i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/557</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan tunga lyft i arbetet och besvär i handleder och händer hos vuxna personer i arbete</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Samband mellan strain index (kraftutveckling och arbetsrörelser i handleden) och besvär i handleder och händer hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/556</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan överarmens arbetsställning och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/551</x:t>
   </x:si>
   <x:si>
+    <x:t>Samband mellan ryggens arbetsställning och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan temperaturförändring i arbetet och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/553</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samband mellan armbågens och handledens arbetsställning och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/549</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan kyla i arbetet och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/552</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan ryggens arbetsställning och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Samband mellan repetitiva arbetsrörelser med handleden och handen och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/547</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan temperaturförändring i arbetet och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Samband mellan värme i arbetet och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/554</x:t>
   </x:si>
   <x:si>
+    <x:t>En- eller tvåstegsoperation vid rekonstruktion av gommen för läpp-käk-gomspalt (LKG) avseende hörsel, hälsorelaterad livskvalitet och kirurgiskt relaterade komplikationer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Musikintervention till vuxna intensivvårdspatienter avseende andningsfrekvens, temperatur, syresättning, smärta, sömn, sederingsgrad, läkemedelsåtgång och patientnöjdhet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robotassisterad operationsteknik vid fundoplastik och vissa urologiska operationer på barn jämfört med öppen kirurgi alternativt laparoskopisk operationsteknik</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan handleden och handens arbetsrörelser och epikondylalgi hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan socialt stöd i arbetet och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/542</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samband mellan styrd arbetstakt och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/540</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan socialt stöd i arbetet och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/542</x:t>
+    <x:t>Samband mellan socialt stöd i arbetet och epikondylalgi hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan armens arbetsrörelser och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samma barnmorske-team genom graviditet, förlossning och eftervård (case-load midwifery) avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allograft jämfört med standardbehandling vid perifer nervkirurgi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/535</x:t>
   </x:si>
   <x:si>
     <x:t>Endoskop-assisterad coblation jämfört med curettage för patienter med Morbus Osler</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/536</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan armens arbetsrörelser och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Endoskop-assisterad coblation jämfört med curettage för patienter med inverterat papillom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/537</x:t>
   </x:si>
   <x:si>
-    <x:t>En- eller tvåstegsoperation vid rekonstruktion av gommen för läpp-käk-gomspalt (LKG) avseende hörsel, hälsorelaterad livskvalitet och kirurgiskt relaterade komplikationer</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Samband mellan kontroll i arbetet och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/541</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan handleden och handens arbetsrörelser och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/545</x:t>
   </x:si>
   <x:si>
-    <x:t>Musikintervention till vuxna intensivvårdspatienter avseende andningsfrekvens, temperatur, syresättning, smärta, sömn, sederingsgrad, läkemedelsåtgång och patientnöjdhet</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2023/543</x:t>
+    <x:t>Samband mellan kombinationen av kraftutveckling och arbetsställning och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan grip score och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan kvantitativa krav i arbetet och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/525</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan arbetsrelaterad stress och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/524</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan kombinationen av kraftutveckling och arbetsställning och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/520</x:t>
+    <x:t>Samband mellan kraftutveckling för handleder och händer i arbetet och epikondylalgi hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan strain index (kraftutveckling och arbetsrörelser i handleden) och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan HAL TLV och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/519</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan anställningsotrygghet och besvär i armbågar och underarmar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/523</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan kraftutveckling för handleder och händer i arbetet och epikondylalgi hos vuxna personer i arbete</x:t>
-[...26 lines deleted...]
-    <x:t>SBU 2023/521</x:t>
+    <x:t>Samband mellan visuellt ansträngande arbete och besvär i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan ryggens arbetsställning och besvär i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/513</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan kyla i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/514</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan visuellt ansträngande arbete och besvär i axlar hos vuxna personer i arbete</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/513</x:t>
+    <x:t>Samband mellan utvecklingsmöjligheter i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan socialt stöd i arbetet och subakromiell smärta i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/508</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan kontroll i arbetet och subakromiell smärta i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/506</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan utvecklingsmöjligheter i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Samband mellan precisionskrävande arbetsrörelser med armen och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/510</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan socialt stöd i arbetet och subakromiell smärta i axlar hos vuxna personer i arbete</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Samband mellan armbågens och handledens arbetsställning och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/511</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan spänt arbete (kombination av höga krav och små kontrollmöjligheter) och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/494</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan att arbeta tillsammans med tidsbegränsat anställda och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/495</x:t>
   </x:si>
   <x:si>
+    <x:t>Samband mellan obalans mellan ansträngning och belöning i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/493</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samband mellan kontroll i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/499</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan obalans mellan ansträngning och belöning i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Samband mellan förutsägbarhet och tydlighet i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/497</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan styrd arbetstakt och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/496</x:t>
   </x:si>
   <x:si>
+    <x:t>Samband mellan kvantitativa krav i arbetet och subakromiell smärta i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan hinder och avbrott i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan kvantitativa krav i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan kvalitativa krav i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samband mellan övertidsarbete och besvär i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/476</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samband mellan anställningsotrygghet och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/482</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan kvantitativa krav i arbetet och subakromiell smärta i axlar hos vuxna personer i arbete</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Samband mellan tillfällig anställning och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/475</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan psykosocial ansträngning i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/477</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan säkerhetsklimat i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/474</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Manuell rullstol med hjul i tyngre eller mindre styvt material jämfört med hjul i lättare eller styvare material </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/470</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Individanpassade dynor till rullstolar jämfört med dynor som saknar individanpassning </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/465</x:t>
   </x:si>
   <x:si>
+    <x:t>Tillgång till både manuell rullstol och trehjulig elektrisk moped för manuell rullstol jämfört med tillgång till enbart manuell rullstol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tillgång till både manuell rullstol avsedd för vardagsaktivitet och manuell rullstol avsedd för fritidsaktivitet jämfört med tillgång till enbart manuell rullstol avsedd för vardagsaktivitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/461</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manuell rullstol med fjädring eller dämpning jämfört med utan fjädring eller dämpning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/472</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Manuell rullstol i lättare material jämfört med manuell rullstol i tyngre material </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praktisk utbildning och träning i användning av rullstol jämfört med avsaknad av sådan utbildning och träning, respektive enbart teoretisk information eller instruktion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valfrihet att välja rullstol och tilläggsutrustning till rullstol jämfört med avsaknad av valfrihet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/457</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Jämförelse mellan olika varianter av elektriska rullstolar </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rullstol med personspecifik formgjuten sittenhet jämfört med rullstol som saknar personspecifik formgjuten sittenhet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elektriskt drivaggregat till manuell rullstol jämfört med manuell rullstol utan drivaggregat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Handdriftstillsats som gör om en manuell rullstol till en handdriven cykel jämfört med manuell rullstol utan handdriftstillsats</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/468</x:t>
+  </x:si>
+  <x:si>
     <x:t>Avgiftsfria rullstolar och tilläggsutrustning jämfört med avgiftsbelagda rullstolar eller tilläggsutrustning till rullstolar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/469</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Jämförelse mellan olika varianter av elektriska rullstolar </x:t>
-[...26 lines deleted...]
-    <x:t>SBU 2023/468</x:t>
+    <x:t>Samband mellan kraftutveckling för handleder och händer i arbetet och besvär i axlar hos vuxna personer i arbete</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/462</x:t>
   </x:si>
   <x:si>
     <x:t>Samband mellan kombinationen av kraftutveckling och arbetsställning och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/459</x:t>
   </x:si>
   <x:si>
-    <x:t>Tillgång till både manuell rullstol och trehjulig elektrisk moped för manuell rullstol jämfört med tillgång till enbart manuell rullstol</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Samband mellan skiftarbete och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/466</x:t>
   </x:si>
   <x:si>
-    <x:t>Tillgång till både manuell rullstol avsedd för vardagsaktivitet och manuell rullstol avsedd för fritidsaktivitet jämfört med tillgång till enbart manuell rullstol avsedd för vardagsaktivitet</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Samband mellan kombinationen av kraftutveckling, arbetsställning och repetitiva arbetsrörelser och besvär i axlar hos vuxna personer i arbete</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/455</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Tillgång till både manuell rullstol och elektrisk rullstol jämfört med tillgång till enbart manuell rullstol </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/446</x:t>
   </x:si>
   <x:si>
+    <x:t>Tillgång till både elektrisk rullstol avsedd för användning inomhus och elektrisk rullstol avsedd för användning utomhus, jämfört med tillgång till elektrisk rullstol avsedd för både inomhus- och utomhusanvändning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/445</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rullstol med individanpassade inställningar jämfört med fabriksinställd rullstol</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/447</x:t>
   </x:si>
   <x:si>
-    <x:t>Tillgång till både elektrisk rullstol avsedd för användning inomhus och elektrisk rullstol avsedd för användning utomhus, jämfört med tillgång till elektrisk rullstol avsedd för både inomhus- och utomhusanvändning</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/445</x:t>
+    <x:t>Strukturerad utvärdering av behandlingseffekt med både livskvalitetsinstrument och kliniska instrument vid svår psoriasis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psoriasisutbildning vid medelsvår och svår psoriasis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/414</x:t>
   </x:si>
   <x:si>
     <x:t>Psoriasisutbildning för barn med psoriasis och deras vårdnadshavare</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/416</x:t>
   </x:si>
   <x:si>
     <x:t>Tidig insättning av systemisk behandling vid medelsvår och svår psoriasis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/411</x:t>
   </x:si>
   <x:si>
+    <x:t>Klimatvård med vårdteam i minst 3 veckor vid svår psoriasis, otillräcklig effekt av andra behandlingsprinciper och särskilt behov av utbildning, förändrade levnadsvanor samt fysisk aktivitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buckybehandling vid svårbehandlad lokaliserad psoriasis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ixekizumab jämfört med ustekinumab vid psoriasis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infliximab jämfört med etanercept vid psoriasis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ustekinumab jämfört med etanercept vid psoriasis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Behandling med mjukgörare vid svår och medelsvår psoriasis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Individuell genomgång av riskfaktorer kopplade till levnadsvanor och psoriasis vid svår psoriasis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/413</x:t>
+  </x:si>
+  <x:si>
     <x:t>Utredning av psoriasisatropati vid psoriasis med misstänkt psoriasisatropati</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/415</x:t>
   </x:si>
   <x:si>
-    <x:t>Behandling med mjukgörare vid svår och medelsvår psoriasis</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Dermatologisk specialistbedömning för barn med misstänkt psoriasis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/417</x:t>
   </x:si>
   <x:si>
     <x:t>Medicinsk fotvård vid svår psoriasis på fötterna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/419</x:t>
   </x:si>
   <x:si>
-    <x:t>Klimatvård med vårdteam i minst 3 veckor vid svår psoriasis, otillräcklig effekt av andra behandlingsprinciper och särskilt behov av utbildning, förändrade levnadsvanor samt fysisk aktivitet</x:t>
-[...20 lines deleted...]
-    <x:t>SBU 2023/405</x:t>
+    <x:t>PUVA vid svårbehandlad psoriasis med otillräcklig effekt av annan behandling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/393</x:t>
   </x:si>
   <x:si>
     <x:t>Ljusbehandling med UV-B vid medelsvår och svår psoriasis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/392</x:t>
   </x:si>
   <x:si>
     <x:t>Steroider grupp I–II vid psoriasis i ansiktet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/395</x:t>
   </x:si>
   <x:si>
+    <x:t>Steroider grupp II-III vid psoriasis invers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/396</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fumarsyra jämfört med placebo vid svår psoriasis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/400</x:t>
   </x:si>
   <x:si>
     <x:t>Takrolimus vid psoriasis i ansiktet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/394</x:t>
   </x:si>
   <x:si>
+    <x:t>Adalimumab jämfört med metotrexat vid psoriasis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/397</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ciklosporin jämfört med metotrexat vid medelsvår till svår psoriasis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/398</x:t>
   </x:si>
   <x:si>
-    <x:t>PUVA vid svårbehandlad psoriasis med otillräcklig effekt av annan behandling</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Fumarsyra jämfört med metotrexat vid svår psoriasis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/399</x:t>
   </x:si>
   <x:si>
-    <x:t>Adalimumab jämfört med metotrexat vid psoriasis</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Rehabilitering med hjälp av samordnare genom mentorskap vid traumatisk hjärnskada</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/356</x:t>
   </x:si>
   <x:si>
+    <x:t>Specialiserad hjärnskadeinriktad rehabilitering i slutenvård jämfört med mindre specialiserad rehabilitering vid medelsvår till svår traumatisk hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virtuell verklighetsbaserad arbetslivsinriktad rehabilitering vid traumatisk hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rehabilitering med hjälp av samordnare genom resource facilitation vid traumatisk hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rehabilitering med hjälp av samordnare genom case management vid traumatisk hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Specialiserad arbetslivsinriktad rehabilitering vid traumatisk hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rehabilitering i särskilt boende vid traumatisk hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Målinriktad omgivningsorienterad arbetslivsinriktad rehabilitering vid traumatisk hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/330</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rehabilitering i korttidsboende vid traumatisk hjärnskada</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/331</x:t>
   </x:si>
   <x:si>
-    <x:t>Specialiserad hjärnskadeinriktad rehabilitering i slutenvård jämfört med mindre specialiserad rehabilitering vid medelsvår till svår traumatisk hjärnskada</x:t>
-[...38 lines deleted...]
-    <x:t>SBU 2023/330</x:t>
+    <x:t>Interdisciplinär rehabilitering jämfört med sedvanlig vård vid lätt traumatisk hjärnskada med restsymtom avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/325</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Kognitiv beteendeterapi, KBT, jämfört med rådgivning vid lätt traumatisk hjärnskada med restsymtom </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enskilda rehabiliteringsinsatser jämfört med sedvanlig vård vid lätt traumatisk hjärnskada med restsymtom avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Individuell arbetslivsinriktad rehabilitering jämfört med arbetslivsinriktad rehabilitering i grupp vid traumatisk hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kognitiv beteendeterapi, KBT, jämfört med sedvanlig vård vid medelsvår till svår traumatisk hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/326</x:t>
   </x:si>
   <x:si>
     <x:t>Multidisciplinära öppenvårdsinsatser jämfört med sedvanlig vård vid medelsvår till svår traumatisk hjärnskada</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/328</x:t>
   </x:si>
   <x:si>
-    <x:t>Interdisciplinär rehabilitering jämfört med sedvanlig vård vid lätt traumatisk hjärnskada med restsymtom avseende flera utfall</x:t>
-[...26 lines deleted...]
-    <x:t>SBU 2023/326</x:t>
+    <x:t>Föräldrastödsprogrammet Incredible Years för att förebygga utagerande beteende hos barn som visar tidiga tecken på externaliserande problem (indikerad prevention) jämfört med ingen intervention eller väntelista avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Föräldrastödsprogrammet PMTO för att förebygga utagerande beteende hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention) jämfört med ingen intervention eller väntelista avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Föräldrastödsprogrammet PCIT för att förebygga utagerande beteende hos barn som visar tidiga tecken på externaliserande problem (indikerad prevention) jämfört med verksamhet som vanligt avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Föräldrastödsprogrammet Beardslee’s familjeintervention för att förebygga depression hos barn där minst en av föräldrarna har en depression (selektiv prevention)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Föräldrastödsprogrammet Connect för att förebygga utagerande beteende hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Föräldrastödsprogrammet Connect för att förebygga utagerande beteende hos barn som visar tidiga tecken på externaliserande problem (indikerad prevention)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Föräldrastödsprogrammet Community Parent Education Program (COPE) för att förebygga utagerande beteende hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/294</x:t>
   </x:si>
   <x:si>
     <x:t>Föräldrastödsprogrammet New Beginnings för att förebygga utagerande beteende hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention) jämfört med självhjälpslitteratur eller information i grupp avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/283</x:t>
   </x:si>
   <x:si>
-    <x:t>Föräldrastödsprogrammet PCIT för att förebygga utagerande beteende hos barn som visar tidiga tecken på externaliserande problem (indikerad prevention) jämfört med verksamhet som vanligt avseende flera utfall</x:t>
-[...26 lines deleted...]
-    <x:t>SBU 2023/292</x:t>
+    <x:t>Föräldrastödsprogrammet Community Parent Education Program (COPE) för att förebygga utagerande beteende hos barn som visar tidiga tecken på externaliserande problem (indikerad prevention) jämfört med passiv kontroll</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Föräldrastödsprogrammet KOMET för att förebygga utagerande beteende hos barn som visar tidiga tecken på externaliserande problem (indikerad prevention)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Föräldrastödsprogrammet Incredible Years (De otroliga åren) för att förebygga utagerande beteende hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention) jämfört med ingen intervention eller väntelista avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/295</x:t>
   </x:si>
   <x:si>
     <x:t>Föräldrastödsprogrammet Triple P för att förebygga beteendeproblem och emotionella problem hos barn (universell prevention) jämfört med passiv kontroll avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/296</x:t>
   </x:si>
   <x:si>
-    <x:t>Föräldrastödsprogrammet KOMET för att förebygga utagerande beteende hos barn som visar tidiga tecken på externaliserande problem (indikerad prevention)</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Föräldrastödsprogrammet Family Check Up (FCU) för att förebygga utagerande beteende hos barn (universell prevention) avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/297</x:t>
   </x:si>
   <x:si>
-    <x:t>Föräldrastödsprogrammet Community Parent Education Program (COPE) för att förebygga utagerande beteende hos barn som visar tidiga tecken på externaliserande problem (indikerad prevention) jämfört med passiv kontroll</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Föräldrastödsprogrammet Incredible Years (IY) Basic för att förebygga utagerande beteende hos barn (universell prevention)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/245</x:t>
   </x:si>
   <x:si>
+    <x:t>Coping with Stress (CWS) och näraliggande program för att förebygga depression och ångest hos barn som visar tidiga tecken på psykisk ohälsa (indikerad prevention i skolan) jämfört med ingen intervention avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resourceful Adolescents Program (RAP) för att förebygga depression och ångest hos barn (universell prevention i skolan) jämfört med skola som vanligt eller väntelista avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Penn Resilience Program (PRP) för att förebygga depression och ångest hos barn som visar tidiga tecken på psykisk ohälsa (indikerad prevention i skolan) jämfört med annan intervention avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skolprogrammet Depression in Swedish Adolescents (DISA) för att förebygga depression hos tonårsflickor (selektiv prevention i skolan) avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/234</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Föräldrastödsprogrammet Ledarskap för tonårsföräldrar för att förebygga utagerande beteende hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/238</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Föräldrastödsprogrammet Laadnan för att förebygga utagerande beteende hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/237</x:t>
+  </x:si>
+  <x:si>
     <x:t>Föräldrastödsprogrammet Community Parent Education Program (COPE) för att förebygga utagerande beteende hos barn (universell prevention)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/243</x:t>
   </x:si>
   <x:si>
+    <x:t>Penn Resilience Program (PRP) för att förebygga depression och ångest hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention i skolan) avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/235</x:t>
+  </x:si>
+  <x:si>
     <x:t>Föräldrastödsprogrammet Triple P för att förebygga beteendeproblem och emotionella problem hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/240</x:t>
   </x:si>
   <x:si>
-    <x:t>Coping with Stress (CWS) och näraliggande program för att förebygga depression och ångest hos barn som visar tidiga tecken på psykisk ohälsa (indikerad prevention i skolan) jämfört med ingen intervention avseende flera utfall</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Föräldrastödsprogrammet Connect för att förebygga utagerande beteende hos barn (universell prevention)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/241</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Föräldrastödsprogrammet Ledarskap för tonårsföräldrar för att förebygga utagerande beteende hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention) </x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/234</x:t>
+    <x:t>Coping Power för att förebygga externaliserande beteende hos barn som visar tidiga tecken på sådana problem (indikerad prevention i skolan) jämfört med verksamhet som vanligt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Promoting Alternative Thinking Strategies (PATHS) för att förebygga externaliserande beteende hos barn som på gruppnivå har en förhöjd risk för psykisk ohälsa (selektiv prevention i skolan) jämfört med ingen intervention eller annat program avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Promoting Alternative Thinking Strategies (PATHS/SET) (universell prevention i skolan) för att förebygga externaliserande beteende hos barn jämfört med ingen intervention avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blues Program för att förebygga depression och ångest hos barn som visar tidiga tecken på psykisk ohälsa (indikerad prevention i skolan) jämfört med annan intervention eller väntelista avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/218</x:t>
   </x:si>
   <x:si>
     <x:t>Coping Power för att förebygga externaliserande beteende hos barn (universell prevention i skolan) jämfört med verksamhet som vanligt</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/214</x:t>
   </x:si>
   <x:si>
+    <x:t>Fokuserad Acceptance and Commitment Therapy (FACT) jämfört med traditionell KBT, ACT eller annan aktiv behandling vid depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fokuserad Acceptance and Commitment Therapy (FACT) jämfört med traditionell KBT, ACT eller annan aktiv behandling vid ångestsyndrom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/210</x:t>
+  </x:si>
+  <x:si>
     <x:t>SkolKOMET för att förebygga externaliserande beteende hos barn som visar tidiga tecken på sådana problem (indikerad prevention i skolan) jämfört med det drogförebyggande programmet CHARLIE</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/212</x:t>
   </x:si>
   <x:si>
+    <x:t>Good Behavior Game (GBG)/PAX för att förebygga externaliserande beteende hos barn (universell prevention i skolan) jämfört med ingen intervention avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/215</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Skolkompassen för att förebygga psykisk ohälsa hos barn (universell prevention i skolan) </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/217</x:t>
   </x:si>
   <x:si>
-    <x:t>Blues Program för att förebygga depression och ångest hos barn som visar tidiga tecken på psykisk ohälsa (indikerad prevention i skolan) jämfört med annan intervention eller väntelista avseende flera utfall</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Större jämfört med mindre konsumtion av jordnötter vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/203</x:t>
   </x:si>
   <x:si>
+    <x:t>Större jämfört med mindre konsumtion av fett (oavsett typ) vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av animaliskt fett vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av te vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/201</x:t>
+  </x:si>
+  <x:si>
     <x:t>Större jämfört med mindre konsumtion av grönt te vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/202</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av fett (oavsett typ) vid typ 2-diabetes</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2023/201</x:t>
+    <x:t>Större jämfört med mindre konsumtion av omega-3-fettsyrorna EPA och DHA vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av omega-3-fett från fisk och skaldjur vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av vegetabiliskt fett vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av ägg vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av frukt vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/174</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Större jämfört med mindre konsumtion av mättat fett vid typ 1-diabetes </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av fleromättat fett vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/163</x:t>
   </x:si>
   <x:si>
     <x:t>Större jämfört med mindre konsumtion av transfetter vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/164</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av omega-3-fettsyrorna EPA och DHA vid typ 1-diabetes</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/174</x:t>
+    <x:t>Större jämfört med mindre konsumtion av kolesterol vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av te vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av grönt te vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/170</x:t>
   </x:si>
   <x:si>
     <x:t>Större jämfört med mindre konsumtion av jordnötter vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/171</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av grönt te vid typ 1-diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Större jämfört med mindre konsumtion av fisk vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/172</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av fleromättat fett vid typ 1-diabetes</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Större jämfört med mindre konsumtion av salt vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/175</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av kolesterol vid typ 1-diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/167</x:t>
+    <x:t>Vatten jämfört med drycker med sötningsmedel vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av transfetter vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av kolesterol vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av fisk vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av ägg vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av frukt vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av salt vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av fett (oavsett typ) vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av animaliskt fett vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av vegetabiliskt fett vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/155</x:t>
   </x:si>
   <x:si>
     <x:t>Större jämfört med mindre konsumtion av fleromättat fett vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/156</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av fisk vid typ 1-diabetes</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Större jämfört med mindre konsumtion av omega-3-fett från fisk och skaldjur vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/158</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av fett (oavsett typ) vid typ 1-diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Större jämfört med mindre konsumtion av omega-3-fettsyrorna EPA och DHA vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/159</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av ägg vid typ 1-diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/150</x:t>
+    <x:t>Safewards för att minska tvångsåtgärder inom rättspsykiatrisk vård av vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Six core strategies för att minska tvångsåtgärder inom psykiatrisk slutenvård av vuxna, inklusive psykiatrisk och rättspsykiatrisk tvångsvård</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virtual reality-teknik vid behandling av ätstörningar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/118</x:t>
   </x:si>
   <x:si>
     <x:t>Krisstöd i förskola och skola vid suicid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/117</x:t>
   </x:si>
   <x:si>
-    <x:t>Six core strategies för att minska tvångsåtgärder inom psykiatrisk slutenvård av vuxna, inklusive psykiatrisk och rättspsykiatrisk tvångsvård</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2023/118</x:t>
+    <x:t>Vatten jämfört med drycker med sötningsmedel vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/80</x:t>
   </x:si>
   <x:si>
     <x:t>Större jämfört med mindre konsumtion av nötter vid typ 2-diabetes avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/81</x:t>
   </x:si>
   <x:si>
+    <x:t>Större jämfört med mindre konsumtion av enkelomättat fett vid typ 2-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Högfettskost med ökat intag av mejeriprodukter jämfört med vanlig kost utan förändring vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av baljväxter vid typ 2-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/82</x:t>
+  </x:si>
+  <x:si>
     <x:t>Större jämfört med mindre konsumtion av mättat fett vid typ 2-diabetes avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/84</x:t>
   </x:si>
   <x:si>
     <x:t>Större jämfört med mindre konsumtion av fibrer vid typ 2-diabetes avseende fler utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/83</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av enkelomättat fett vid typ 2-diabetes avseende flera utfall</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Större jämfört med mindre konsumtion av kaffe vid typ 2-diabetes avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/87</x:t>
   </x:si>
   <x:si>
+    <x:t>Större jämfört med mindre konsumtion av fibrer vid typ 1-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av nötter vid typ 1-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/73</x:t>
+  </x:si>
+  <x:si>
     <x:t>Större jämfört med mindre konsumtion av baljväxter vid typ 1-diabetes avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/74</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av fibrer vid typ 1-diabetes avseende flera utfall</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/73</x:t>
+    <x:t>Större jämfört med mindre konsumtion av enkelomättat fett vid typ 1-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/76</x:t>
   </x:si>
   <x:si>
     <x:t>Större jämfört med mindre konsumtion av kaffe vid typ 1-diabetes avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/77</x:t>
   </x:si>
   <x:si>
-    <x:t>Större jämfört med mindre konsumtion av enkelomättat fett vid typ 1-diabetes avseende flera utfall</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Högfettskost med ökat intag av mejeriprodukter jämfört med vanlig kost utan förändring vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/78</x:t>
   </x:si>
   <x:si>
     <x:t>Matthey Generic Mood Questionnaire (MGMQ) för identifiering av gravida kvinnor med ett eller flera möjliga depressions- eller ångesttillstånd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/975</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Generalised Anxiety Disorder scale (GAD-7) för identifiering av gravida kvinnor med möjligt ångestsyndrom </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/979</x:t>
   </x:si>
   <x:si>
     <x:t>Program för strukturerad identifiering av gravida kvinnor med möjliga depressions- eller ångestsyndrom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/980</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Edinburgh Postnatal Depression scale 3A (EPDS 3A) för identifiering av gravida kvinnor med möjligt ångestsyndrom </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/976</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Edinburgh Postnatal Depression scale (EPDS) för identifiering av gravida kvinnor med möjligt ångestsyndrom </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/977</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Generalised Anxiety Disorder scale (GAD-2) för identifiering av gravida kvinnor med möjligt ångestsyndrom </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/978</x:t>
+  </x:si>
+  <x:si>
     <x:t>Whooley questions för identifiering av gravida kvinnor med möjlig egentlig depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/974</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Edinburgh Postnatal Depression scale 3A (EPDS 3A) för identifiering av gravida kvinnor med möjligt ångestsyndrom </x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/977</x:t>
+    <x:t>Program för strukturerad identifiering av möjliga traumatiska förlossningsupplevelser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patient Health Questionnaire-2 (PHQ-2) för identifiering av gravida kvinnor med möjlig egentlig depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patient Health Questionnaire-8 (PHQ-8) för identifiering av gravida kvinnor med möjlig egentlig depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/972</x:t>
   </x:si>
   <x:si>
     <x:t>Patient Health Questionnaire-9 (PHQ-9) för identifiering av gravida kvinnor med möjlig egentlig depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/973</x:t>
   </x:si>
   <x:si>
-    <x:t>Program för strukturerad identifiering av möjliga traumatiska förlossningsupplevelser</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/972</x:t>
+    <x:t>Större jämfört med mindre konsumtion av paleolitisk kost vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av protein vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/955</x:t>
   </x:si>
   <x:si>
     <x:t>Större jämfört med mindre konsumtion av protein vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/959</x:t>
   </x:si>
   <x:si>
+    <x:t>Vegetarisk kost jämfört med lågfettkost vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ornishkost jämfört med lågfettkost med energibegränsning vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energireducerad kost, med eller utan tillägg av fysisk aktivitet, jämfört med vanlig kostbehandling vid typ 2-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av paleolitisk kost vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Större jämfört med mindre konsumtion av Dietary Approach to Stop Hypertension (DASH) vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/956</x:t>
+  </x:si>
+  <x:si>
     <x:t>Större jämfört med mindre konsumtion av Dietary Approach to Stop Hypertension (DASH) vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/958</x:t>
   </x:si>
   <x:si>
-    <x:t>Ornishkost jämfört med lågfettkost med energibegränsning vid typ 2-diabetes</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Kost med lågt glykemiskt index (GI) jämfört med kost med högt GI vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/948</x:t>
   </x:si>
   <x:si>
+    <x:t>Medelhavskost jämfört med lågfettkost vid typ 2-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/935</x:t>
+  </x:si>
+  <x:si>
     <x:t>Större jämfört med mindre konsumtion av medelhavskost vid typ 1-diabetes avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/933</x:t>
   </x:si>
   <x:si>
     <x:t>Större jämfört med mindre konsumtion av medelhavskost vid typ typ 2-diabetes avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/934</x:t>
   </x:si>
   <x:si>
-    <x:t>Medelhavskost jämfört med lågfettkost vid typ 2-diabetes avseende flera utfall</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Fysioterapi vid symtomgivande rektusdiastas hos kvinnor </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/931</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kirurgi vid symtomgivande rektusdiastas hos kvinnor </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/930</x:t>
   </x:si>
   <x:si>
+    <x:t>Ornishkost jämfört med lågfettkost med energibegränsning vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Högproteinkost (30 E%) jämfört med lågfettkost vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/916</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Medelhavskost jämfört med lågfettkost vid typ 1-diabetes </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogen kost, med eller utan energirestriktion, jämfört med lågfettkost, med eller utan energirestriktion, vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogen kost utan energirestriktion jämfört med lågfettkost med energirestriktion vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/921</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lågkolhydratkost utan energirestriktion jämfört med lågfettkost vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/919</x:t>
   </x:si>
   <x:si>
+    <x:t>Lågkolhydratkost jämfört med lågfettkost vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogen kost jämfört med lågfettkost vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kost med lågt glykemiskt index (GI) jämfört med kost med högt GI vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vegetarisk kost jämfört med lågfettkost vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/912</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Energireducerad kost, med eller utan tillägg av fysisk aktivitet, jämfört med vanlig kostbehandling vid typ 1-diabetes </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/914</x:t>
   </x:si>
   <x:si>
-    <x:t>Ketogen kost utan energirestriktion jämfört med lågfettkost med energirestriktion vid typ 2-diabetes</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Högproteinkost (20 E%) jämfört med lågfettkost vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/915</x:t>
   </x:si>
   <x:si>
-    <x:t>Ketogen kost, med eller utan energirestriktion, jämfört med lågfettkost, med eller utan energirestriktion, vid typ 2-diabetes</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Högproteinkost 30 E% jämfört med högproteinkost 20 E% vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/917</x:t>
   </x:si>
   <x:si>
-    <x:t>Vegetarisk kost jämfört med lågfettkost vid typ 1-diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/912</x:t>
+    <x:t>Högproteinkost (30 E%) jämfört med lågfettkost vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/886</x:t>
   </x:si>
   <x:si>
     <x:t>Ketogen kost med eller utan energirestriktion jämfört med lågfettkost med eller utan energirestriktion vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/890</x:t>
   </x:si>
   <x:si>
+    <x:t>Ketogen kost utan energirestriktion jämfört med lågfettkost med energirestriktion vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lågkolhydratkost utan energirestriktion jämfört med lågfettkost vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/889</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lågkolhydratkost jämfört med lågfettkost vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/888</x:t>
   </x:si>
   <x:si>
-    <x:t>Lågkolhydratkost utan energirestriktion jämfört med lågfettkost vid typ 1-diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/889</x:t>
+    <x:t>Högproteinkost (20 E%) jämfört med lågfettkost vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/885</x:t>
   </x:si>
   <x:si>
     <x:t>Högproteinkost 30 E% jämfört med högproteinkost 20 E% vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/887</x:t>
   </x:si>
   <x:si>
-    <x:t>Ketogen kost utan energirestriktion jämfört med lågfettkost med energirestriktion vid typ 1-diabetes</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Ketogen kost jämfört med lågfettkost vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/892</x:t>
   </x:si>
   <x:si>
+    <x:t>Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid ångestsyndrom hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/881</x:t>
+  </x:si>
+  <x:si>
     <x:t>Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid ångestsyndrom hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/882</x:t>
   </x:si>
   <x:si>
-    <x:t>Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid ångestsyndrom hos barn och ungdomar</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/881</x:t>
+    <x:t xml:space="preserve">Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid tvångssyndrom och relaterade syndrom hos barn och ungdomar </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/870</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid tvångssyndrom och relaterade syndrom hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/874</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid tvångssyndrom och relaterade syndrom hos barn och ungdomar </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/870</x:t>
+    <x:t>Viktväktarnas program jämfört med vanlig kostbehandling vid typ 2-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intensiv livsstilsbehandling med ketogen kost jämfört med vanlig kostbehandling vid typ 2-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energireducerad kost plus måltidsersättning jämfört med energireducerad kost vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/865</x:t>
   </x:si>
   <x:si>
     <x:t>Intermittent jämfört med kontinuerlig energiintagsrestriktion vid typ 2-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/862</x:t>
   </x:si>
   <x:si>
+    <x:t>Intensiv livsstilsbehandling med energireducerad kost jämfört med vanlig kostbehandling vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kolhydraträkning jämfört med tallriksmodell vid typ 2-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/864</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lågenergipulver (VLED) jämfört med lågfettkost vid typ 2-diabetes avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/866</x:t>
   </x:si>
   <x:si>
-    <x:t>Viktväktarnas program jämfört med vanlig kostbehandling vid typ 2-diabetes avseende flera utfall</x:t>
-[...26 lines deleted...]
-    <x:t>SBU 2022/864</x:t>
+    <x:t>Intensiv livsstilsbehandling med högproteinkost (20 E%) och fysisk aktivitet jämfört med vanlig kostbehandling vid typ 2-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/834</x:t>
   </x:si>
   <x:si>
     <x:t>Intensiv livsstilsbehandling med lågfettkost jämfört med vanlig kostbehandling vid typ 2-diabetes avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/832</x:t>
   </x:si>
   <x:si>
+    <x:t>Intensiv livsstilsbehandling med lågfettkost och fysisk aktivitet jämfört med vanlig kostbehandling vid typ 2-diabetes avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/833</x:t>
+  </x:si>
+  <x:si>
     <x:t>Energireducerad kost plus måltidsersättning jämfört med energireducerad kost vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/830</x:t>
   </x:si>
   <x:si>
-    <x:t>Intensiv livsstilsbehandling med lågfettkost och fysisk aktivitet jämfört med vanlig kostbehandling vid typ 2-diabetes avseende flera utfall</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Lågenergipulver (VLED) jämfört med lågfettkost vid typ 1-diabetes </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/831</x:t>
   </x:si>
   <x:si>
-    <x:t>Intensiv livsstilsbehandling med högproteinkost (20 E%) och fysisk aktivitet jämfört med vanlig kostbehandling vid typ 2-diabetes avseende flera utfall</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/834</x:t>
+    <x:t>Intensiv livsstilsbehandling med högproteinkost (20 E%) och fysisk aktivitet jämfört med vanlig kostbehandling vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/807</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid depressiva syndrom hos vuxna </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/684</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid trauma- och stressrelaterade syndrom hos barn och ungdomar </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/819</x:t>
+  </x:si>
+  <x:si>
     <x:t>Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid trauma- och stressrelaterade syndrom hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/821</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid trauma- och stressrelaterade syndrom hos barn och ungdomar </x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2022/807</x:t>
+    <x:t xml:space="preserve">Intensiv livsstilsbehandling med ketogen kost jämfört med vanlig kostbehandling vid typ 1-diabetes </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intermittent jämfört med kontinuerlig energiintagsrestriktion vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intensiv livsstilsbehandling med energireducerad kost jämfört med vanlig kostbehandling vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/811</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Viktväktarnas program jämfört med vanlig kostbehandling vid typ 1-diabetes </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kolhydraträkning jämfört med tallriksmodell vid typ 1-diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/816</x:t>
   </x:si>
   <x:si>
     <x:t>Avancerad kolhydraträkning jämfört med att uppskatta insulindos vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/817</x:t>
   </x:si>
   <x:si>
-    <x:t>Kolhydraträkning jämfört med tallriksmodell vid typ 1-diabetes</x:t>
-[...26 lines deleted...]
-    <x:t>SBU 2022/812</x:t>
+    <x:t xml:space="preserve">Intensiv livsstilsbehandling med lågfettkost och fysisk aktivitet jämfört med vanlig kostbehandling vid typ 1-diabetes </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/792</x:t>
   </x:si>
   <x:si>
     <x:t>Intensiv livsstilsbehandling med lågfettkost jämfört med vanlig kostbehandling vid typ 1-diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/791</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Intensiv livsstilsbehandling med lågfettkost och fysisk aktivitet jämfört med vanlig kostbehandling vid typ 1-diabetes </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/792</x:t>
+    <x:t xml:space="preserve">Systematisk riskvärdering och utredning för osteoporos eller benskörhetsfraktur vid planerad eller pågående systemisk kortisonbehandling </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/788</x:t>
   </x:si>
   <x:si>
     <x:t>Patientutbildning (osteoporosskola) vid förhöjd frakturrisk enligt klinisk bedömning avseende antal som faller, antal som får fraktur, frakturrisk, livskvalitet efter 12 månader och biverkningar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/787</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Denosumab vid låg bentäthet, förhöjd frakturrisk på grund av andra riskfaktorer än tidigare benskörhetsfrakturer eller systemisk kortisonbehandling </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/784</x:t>
+  </x:si>
+  <x:si>
     <x:t>Systematisk riskvärdering, utredning och behandling (frakturkedja med koordinatorer) vid benskörhetsfraktur avseende dödlighet och andel patienter som får nya frakturer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/789</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Systematisk riskvärdering och utredning för osteoporos eller benskörhetsfraktur vid planerad eller pågående systemisk kortisonbehandling </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Alendronat vid låg bentäthet, förhöjd frakturrisk på grund av andra riskfaktorer än tidigare benskörhetsfrakturer eller systemisk kortisonbehandling avseende risk för fraktur (förutom kotfraktur), höftfraktur och fraktur i handled</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/786</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Denosumab vid låg bentäthet, förhöjd frakturrisk på grund av andra riskfaktorer än tidigare benskörhetsfrakturer eller systemisk kortisonbehandling </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/784</x:t>
+    <x:t>Risedronat vid låg bentäthet, förhöjd frakturrisk på grund av andra riskfaktorer än tidigare benskörhetsfrakturer eller systemisk kortisonbehandling avseende risk för kotfraktur, fraktur (förutom höftfraktur) och bentäthet i lårben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/780</x:t>
   </x:si>
   <x:si>
     <x:t>Zoledronsyra vid låg bentäthet, förhöjd frakturrisk på grund av andra riskfaktorer än tidigare benskörhetsfrakturer eller systemisk kortisonbehandling avseende risk för höftfraktur</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/779</x:t>
   </x:si>
   <x:si>
+    <x:t>Höftskydd vid förhöjd frakturrisk enligt klinisk bedömning avseende risk för bäckenfraktur och livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/776</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alendronat vid osteopeni avseende klinisk fraktur</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/775</x:t>
   </x:si>
   <x:si>
-    <x:t>Höftskydd vid förhöjd frakturrisk enligt klinisk bedömning avseende risk för bäckenfraktur och livskvalitet</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Denosumab till kvinnor i postmenopausal ålder med systemisk kortisonbehandling eller äldre män med systemisk kortisonbehandling </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/777</x:t>
   </x:si>
   <x:si>
     <x:t>Bisfosfonater till kvinnor i postmenopausal ålder med systemisk kortisonbehandling eller äldre män med systemisk kortisonbehandling avseende kotfraktur eller andra frakturer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/778</x:t>
   </x:si>
   <x:si>
-    <x:t>Risedronat vid låg bentäthet, förhöjd frakturrisk på grund av andra riskfaktorer än tidigare benskörhetsfrakturer eller systemisk kortisonbehandling avseende risk för kotfraktur, fraktur (förutom höftfraktur) och bentäthet i lårben</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Denosumab vid osteopeni avseende frakturer (förutom kotfraktur)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/771</x:t>
   </x:si>
   <x:si>
     <x:t>Risedronat vid osteopeni</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/770</x:t>
   </x:si>
   <x:si>
     <x:t>Ultraljudsundersökning av lederosioner i händer och fötter för att bedöma risken för reumatoid artrit eller utveckling av ledskador vid odifferentierad artrit med välgrundad misstanke om reumatoid artrit</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/758</x:t>
   </x:si>
   <x:si>
+    <x:t>Apremilast vid psoriasisartrit med medelhög till hög sjukdomsaktivitet och otillräcklig effekt av eller intolerans mot standardbehandling avseende aktivitetsförmåga och livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/759</x:t>
+  </x:si>
+  <x:si>
     <x:t>Zoledronsyra vid osteopeni avseende risken för höftfraktur eller frakturer (oselekterade alla typer av frakturer)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/769</x:t>
   </x:si>
   <x:si>
-    <x:t>Apremilast vid psoriasisartrit med medelhög till hög sjukdomsaktivitet och otillräcklig effekt av eller intolerans mot standardbehandling avseende aktivitetsförmåga och livskvalitet</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/759</x:t>
+    <x:t xml:space="preserve">Metotrexat i kombination med biologiskt läkemedel i 6 månader eller 1 år jämfört med metotrexat som enskild behandling vid tidig reumatoid artrit med medelhög till hög sjukdomsaktivitet och ingen tidigare behandling med metotrexat avseende livskvalitet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/745</x:t>
   </x:si>
   <x:si>
     <x:t>Metotrexat vid tidig reumatoid artrit med medelhög till hög sjukdomsaktivitet och ingen tidigare behandling med metotrexat</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/747</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Metotrexat i kombination med biologiskt läkemedel i 6 månader eller 1 år jämfört med metotrexat som enskild behandling vid tidig reumatoid artrit med medelhög till hög sjukdomsaktivitet och ingen tidigare behandling med metotrexat avseende livskvalitet </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/745</x:t>
+    <x:t>Ultraljudsundersökning av lederosioner i händer och fötter för att bedöma risken för utveckling av ledskador vid tidig reumatoid artrit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teamrehabilitering i öppen vård vid etablerad reumatoid artrit, axial spondylartrit eller psorisisartrit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/749</x:t>
   </x:si>
   <x:si>
     <x:t>Regelbunden fysisk träning vid inflammatorisk reumatisk sjukdom (RA, PsA och axSpA) avseende sjukdomsaktivitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/748</x:t>
   </x:si>
   <x:si>
+    <x:t>Metotrexat i kombination med andra konventionella syntetiska DMARD-läkemedel i minst 12 veckor jämfört med metotrexat som enskild behandling vid tidig reumatoid artrit med medelhög till hög sjukdomsaktivitet och otillräcklig effekt av metotrexat avseende livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/742</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ultraljudsundersökning av synovit för att bedöma risken för utveckling av ledskador vid tidig reumatoid artrit</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/750</x:t>
   </x:si>
   <x:si>
-    <x:t>Ultraljudsundersökning av lederosioner i händer och fötter för att bedöma risken för utveckling av ledskador vid tidig reumatoid artrit</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/742</x:t>
+    <x:t xml:space="preserve">Behandling styrd av sjukdomsaktivitet enligt behandlingsprotokoll vid tidig reumatoid artrit avseende livskvalitet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/741</x:t>
   </x:si>
   <x:si>
     <x:t>Dosminskning av biologiskt DMARD-läkemedel följt av utsättning vid tidig reumatoid artrit och remission eller låg sjukdomsaktivitet efter behandling med biologiskt DMARD-läkemedel</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/740</x:t>
   </x:si>
   <x:si>
+    <x:t>Strukturerad sjuksköterskemottagning med samordnade vårdinsatser vid axial spondylartrit avseende self-efficacy enligt Arthritis Self-efficacy Scale (ASES), livskvalitet (RAQoL) efter 1 år, smärta efter 2 år eller fatigue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/737</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dosminskning av biologiskt DMARD-läkemedel följt av utsättning vid etablerad reumatoid artrit (mer än 3 års symtomduration) som är i remission eller har låg sjukdomsaktivitet efter behandling med biologiskt DMARD-läkemedel</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/738</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Behandling styrd av sjukdomsaktivitet enligt behandlingsprotokoll vid tidig reumatoid artrit avseende livskvalitet </x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>TNF-hämmare jämfört med csDMARD:s vid icke-radiografisk axial spondylartrit och otillräcklig effekt av cox-hämmare avseende livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/739</x:t>
   </x:si>
   <x:si>
     <x:t>AUDIT (Alcohol Use Disorders Identification Test) för identifiering av riskfylld och skadlig alkoholkonsumtion hos ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/729</x:t>
   </x:si>
   <x:si>
     <x:t>CBCL (Child Behaviour Check List) för att beskriva problem och social kompetens hos barn och ungdomar med psykisk problematik</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/731</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">TLFB (Timeline Follow-Back) för identifiering av förhöjd alkoholkonsumtion bland olika riskgrupper </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UngDOK (Dokumentationssystem inom missbruksvården) i utredningar av unga personer med missbruk och sociala problem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/728</x:t>
+  </x:si>
+  <x:si>
     <x:t>ASSIST-Y (Alcohol, Smoking and Substance Involvement Sreening Test – Youth) för tidig identifiering av bruk av ohälsosamma och skadliga ämnen hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/730</x:t>
   </x:si>
   <x:si>
+    <x:t>CRAFFT (Car, Relax, Alone, Forget, Friends, Trouble) för screening av substansmedel (alkohol eller andra droger) utifrån kontext och negativa konsekvenser (avser ungdomar)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/734</x:t>
+  </x:si>
+  <x:si>
     <x:t>CTQ (Childhood Trauma Questionnaire) för att mäta utsatthet för våld, sexuellt våld och försummelse, retrospektivt hos ungdomar och unga vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/735</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">TLFB (Timeline Follow-Back) för identifiering av förhöjd alkoholkonsumtion bland olika riskgrupper </x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/734</x:t>
+    <x:t>ADAD (Adolescent Drug Abuse Diagnosis) bedömningsmetod för unga med missbruk och social problematik</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5–15-formuläret för bedömning av utveckling och beteende hos barn och ungdomar från 5 till 15 år</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/707</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ADDIS-ung (Alkohol Drog Diagnos Instrument) för att diagnostisera skadligt bruk, missbruk och beroende av alkohol och andra droger hos ungdomar </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NODS (National Opinion Research Center DSM-IV Screen for Gambling) för att mäta spelproblem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORS (Skattning av förändring) för att mäta förändring i klientens upplevelse av mående i terapeutisk behandling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGE (Cut-down, Annoyment, Guilt Eyeopener) för identifiering av riskfyllda alkoholvanor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/709</x:t>
   </x:si>
   <x:si>
     <x:t>DUDIT (Drug Use Disorders Identification Test) för identifiering av drogrelaterade problem hos ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/710</x:t>
   </x:si>
   <x:si>
     <x:t>Standardiserade bedömningsmetoder för att bedöma livskvalitet hos barn och unga</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/711</x:t>
   </x:si>
   <x:si>
+    <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) för identifiering av personer med alkoholproblem i den allmänna befolkningen eller i en klinisk situation (kortversion av screeningformuläret MAST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/712</x:t>
+  </x:si>
+  <x:si>
     <x:t>PGSI (Problem Gambling Severity Index) för att mäta förekomsten av spelproblem</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/715</x:t>
   </x:si>
   <x:si>
-    <x:t>5–15-formuläret för bedömning av utveckling och beteende hos barn och ungdomar från 5 till 15 år</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2022/713</x:t>
+    <x:t>PPGM (Problem and Pathological Gambling Measure) för bedömning av spelproblem hos unga vuxna under det senaste året</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/716</x:t>
   </x:si>
   <x:si>
     <x:t>SCL 90 (Symptoms Checklist) för att mäta hur en person själv tycker sig ha mått psykiskt och fysiskt under den senaste veckan</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/717</x:t>
   </x:si>
   <x:si>
     <x:t>SRS (Skattning av samtal) för att mäta klientens uppfattning av ett genomfört behandlingssamtal</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/718</x:t>
   </x:si>
   <x:si>
-    <x:t>CAGE (Cut-down, Annoyment, Guilt Eyeopener) för identifiering av riskfyllda alkoholvanor</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Nya Kälvestenintervjun för lämplighetsbedömning av familjehem</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/703</x:t>
   </x:si>
   <x:si>
+    <x:t>Romosozumab hos postmenopausala kvinnor med tidigare osteoporosfraktur och uttalat låg bentäthet avseende risk för höftfraktur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denosumab till kvinnor med tidigare prevalent kotfraktur eller annan fraktur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bekymringssamtal för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/689</x:t>
+  </x:si>
+  <x:si>
     <x:t>Återanvändning av restläkemedel vid intravenös infusionsbehandling</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/692</x:t>
   </x:si>
   <x:si>
-    <x:t>Bekymringssamtal för barn och ungdomar som begått brott</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Alendronat till män med benskörhetsfraktur i rygg eller höft avseende kotfraktur eller andra frakturer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/693</x:t>
   </x:si>
   <x:si>
     <x:t>Risedronat till män med benskörhetsfraktur i rygg eller höft</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/696</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Internetförmedlad psykologisk behandling jämfört med annan relevant behandling vid depressiva syndrom hos barn och ungdomar </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/668</x:t>
   </x:si>
   <x:si>
+    <x:t>Rehabilitering vid långvariga symtom eller följdsjukdomar efter bekräftad covid-19-infektion (postcovid)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Behandling av långvariga symtom eller följdsjukdomar efter bekräftad covid-19-infektion (postcovid)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk- och behovsbedömningsmetoders förmåga att bedöma barns risk för utsatthet för våld och försummelse inom familjen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/676</x:t>
+  </x:si>
+  <x:si>
     <x:t>Social och psykologisk behandling i tvångsvård av flickor</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/677</x:t>
   </x:si>
   <x:si>
-    <x:t>Risk- och behovsbedömningsmetoders förmåga att bedöma barns risk för utsatthet för våld och försummelse inom familjen</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Samarbetssamtal och medling vid vårdnadstvist eller konflikt</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/658</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Teriparatid till kvinnor i postmenopausal ålder med systemisk kortisonbehandling eller äldre män med systemisk kortisonbehandling </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/663</x:t>
+  </x:si>
+  <x:si>
     <x:t>Teamrehabilitering i öppen vård vid tidig reumatoid artrit, axial spondylartrit eller psorisisartrit</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/661</x:t>
   </x:si>
   <x:si>
+    <x:t>Injektion av kortison i leden vid artros i knä avseende livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/660</x:t>
+  </x:si>
+  <x:si>
     <x:t>Teriparatid till kvinnor som genomgått klimakteriet med benskörhetsfraktur i rygg (med två eller flera nya kotfrakturer) jämfört med placebo</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/662</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Teriparatid till kvinnor i postmenopausal ålder med systemisk kortisonbehandling eller äldre män med systemisk kortisonbehandling </x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Psykologisk behandling vid psykogena icke-epileptiska anfall (PNES)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/655</x:t>
   </x:si>
   <x:si>
+    <x:t>Stödsamtal vid lindrig till måttlig depression och ångestsjukdom under graviditet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/648</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Stödsamtal vid lindrig till måttlig ångestsjukdom under graviditet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/650</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bentäthetsmätning med central Dual energy X-ray Absorption (DXA) vid förhöjd frakturrisk enligt klinisk bedömning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/651</x:t>
   </x:si>
   <x:si>
     <x:t>TNF-hämmare jämfört med csDMARD:s vid ankyloserande spondylit, otillräcklig effekt av cox-hämmare avseende livskvalitet och röntgenförändringar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/652</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Stödsamtal vid lindrig till måttlig depression under graviditet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/649</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Psykoedukation vid lindrig till måttlig depression, ångestsjukdom eller båda under graviditet </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/647</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Stödsamtal vid lindrig till måttlig depression under graviditet </x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/650</x:t>
+    <x:t>Psykodynamisk terapi (PDT) vid lindrig till måttlig ångestsjukdom under graviditet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/643</x:t>
   </x:si>
   <x:si>
     <x:t>Systemisk kortisonbehandling vid axial spondylartrit och otillräcklig effekt av cox-hämmare</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/644</x:t>
   </x:si>
   <x:si>
     <x:t>Beräkning av risk för benskörhetsfraktur enligt Fracture Risk Assessment Tool (FRAX) vid misstänkt osteoporos eller hög frakturrisk</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/645</x:t>
   </x:si>
   <x:si>
-    <x:t>Psykodynamisk terapi (PDT) vid lindrig till måttlig ångestsjukdom under graviditet</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Tapentadol vid artros i knä eller höft avseende funktion</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/633</x:t>
   </x:si>
   <x:si>
     <x:t>Kost vid graviditetsdiabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/625</x:t>
   </x:si>
   <x:si>
     <x:t>Högre jämfört med lägre relationskontinuitet i vården för personer med astma eller kroniskt obstruktiv lungsjukdom (KOL) avseende följsamhet till läkemedelsbehandling, upplevelse av vården och hanterbarhet av sjukdomen</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/622</x:t>
   </x:si>
   <x:si>
     <x:t>Högre jämfört med lägre relationskontinuitet i vården för personer med allvarlig psykisk sjukdom avseende risk för sjukhusinläggning, symtom och funktion samt följsamhet till läkemedelsbehandling</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/623</x:t>
   </x:si>
   <x:si>
+    <x:t>Psykodynamisk terapi (PDT) vid lindrig till måttlig depression och ångestsjukdom under graviditet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/614</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Psykodynamisk terapi (PDT) vid lindrig till måttlig depression under graviditet </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/615</x:t>
   </x:si>
   <x:si>
-    <x:t>Psykodynamisk terapi (PDT) vid lindrig till måttlig depression och ångestsjukdom under graviditet</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/614</x:t>
+    <x:t>Abatacept vid psoriasisartrit med medelhög till hög sjukdomsaktivitet och otillräcklig effekt av eller intolerans mot standardbehandling avseende livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/601</x:t>
   </x:si>
   <x:si>
     <x:t>Tofacitinib jämfört med TNF-hämmare vid psoriasisartrit med medelhög till hög sjukdomsaktivitet och otillräcklig effekt av eller intolerans mot standardbehandling avseende aktivitetsförmåga och livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/600</x:t>
   </x:si>
   <x:si>
-    <x:t>Abatacept vid psoriasisartrit med medelhög till hög sjukdomsaktivitet och otillräcklig effekt av eller intolerans mot standardbehandling avseende livskvalitet</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Mindfulness vid lindrig till måttlig ångestsjukdom under graviditet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/588</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mindfulness vid lindrig till måttlig depression och ångestsjukdom under graviditet </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/552</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mindfulness vid lindrig till måttlig depression under graviditet </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/548</x:t>
   </x:si>
   <x:si>
     <x:t>Kognitiv beteendeterapi (KBT) vid lindrig till måttlig ångestsjukdom under graviditet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/378</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kognitiv beteendeterapi (KBT) vid lindrig till måttlig depression och ångestsjukdom under graviditet </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/377</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Interpersonell terapi (IPT) vid lindrig till måttlig ångestsjukdom under graviditet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/375</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Kognitiv beteendeterapi (KBT) vid lindrig till måttlig depression under graviditet </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/376</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Interpersonell terapi (IPT) vid lindrig till måttlig ångestsjukdom under graviditet </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/375</x:t>
+    <x:t xml:space="preserve">Interpersonell terapi (IPT) vid lindrig till måttlig depression och ångestsjukdom under graviditet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beteendeaktivering vid lindrig till måttlig ångestsjukdom under graviditet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/372</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Interpersonell terapi (IPT) vid lindrig till måttlig depression under graviditet </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/374</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Interpersonell terapi (IPT) vid lindrig till måttlig depression och ångestsjukdom under graviditet </x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2022/372</x:t>
+    <x:t xml:space="preserve">Beteendeaktivering vid lindrig till måttlig depression under graviditet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/371</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Beteendeaktivering vid lindrig till måttlig depression och ångestsjukdom under graviditet </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/370</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Beteendeaktivering vid lindrig till måttlig depression under graviditet </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Psykosocial behandling vid svår förlossningsrädsla hos gravida kvinnor</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/369</x:t>
   </x:si>
   <x:si>
     <x:t>Test för att identifiera svår förlossningsrädsla hos gravida kvinnor</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/365</x:t>
   </x:si>
   <x:si>
+    <x:t>Paracetamol vid artros i knä eller höft avseende livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kodein vid artros i knä eller höft avseende funktion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/355</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Hydromorfon vid artros i knä eller höft </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/356</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intermediära cox-hämmare vid artros i knä eller höft avseende funktion, kardiovaskulära biverkningar och allvarliga biverkningar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/359</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Hydromorfon vid artros i knä eller höft </x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/355</x:t>
+    <x:t>Bilddiagnostik som tillägg till klinisk bedömning vid symtom som ger misstanke om artros i knä eller höft</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strukturerat omhändertagande och behandling enligt behandlingspyramid vid artros i knä eller höft</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bilddiagnostik som tillägg till klinisk bedömning vid symtom som ger misstanke om fler potentiellt allvarliga hälsotillstånd än artros i knä eller höft</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/342</x:t>
   </x:si>
   <x:si>
     <x:t>Patientutbildning som tillägg till fysisk träning vid artros i knä eller höft</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/343</x:t>
   </x:si>
   <x:si>
-    <x:t>Bilddiagnostik som tillägg till klinisk bedömning vid symtom som ger misstanke om artros i knä eller höft</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Transkutan elektrisk nervstimulering (TENS) vid artros i knä avseende smärta eller funktion på lång sikt och livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/344</x:t>
   </x:si>
   <x:si>
     <x:t>Perifert inlagd central venkateter (PICC) jämfört med centralt inlagd central venkateter (CICC) avseende mortalitet, livskvalitet, patientnöjdhet/patienttillfredsställelse, funktionsduglighet och lyckad inläggningsfrekvens</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/277</x:t>
   </x:si>
   <x:si>
-    <x:t>Tyngdtäcken till personer med neuropsykiatriska diagnoser, ångest och sömnproblem</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MediYoga vid hjärt-kärlsjukdom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/275</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Transkraniell magnetstimulering (TMS) jämfört med skenbehandling (sham) vid fibromyalgi hos vuxna personer </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/244</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Unimodal psykoedukation vid fibromyalgi hos vuxna personer </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/245</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Pregabalin i kombination med amitriptylin, med venlafaxin eller med paroxetin vid fibromyalgi hos vuxna personer </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/240</x:t>
   </x:si>
   <x:si>
     <x:t>Repetitiv transkraniell magnetstimulering (rTMS) jämfört med skenbehandling (sham) vid fibromyalgi hos vuxna personer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/243</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Pregabalin jämfört med placebo vid fibromyalgi hos vuxna personer </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/241</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Myofascial release (massage) jämfört med skenbehandling (sham) vid fibromyalgi hos vuxna personer </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/219</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multimodal och interdisciplinär behandling vid långvarig smärta hos vuxna personer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/218</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Myofascial release (massage) jämfört med skenbehandling (sham) vid fibromyalgi hos vuxna personer </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/219</x:t>
+    <x:t xml:space="preserve">Kognitiv beteendeterapi (KBT) jämfört med sedvanlig vård eller väntelista vid fibromyalgi hos vuxna personer </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/205</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kort psykodynamisk terapi jämfört med sedvanlig vård vid fibromyalgi hos vuxna personer </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/207</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Multimodal psykoedukation jämfört med sedvanlig behandling vid fibromyalgi hos vuxna personer </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/210</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Guidad fysisk aktivitet jämfört med sedvanlig vård, väntelista eller annan mindre omfattande intervention vid fibromyalgi hos vuxna personer </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/204</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Multimodal psykoedukation jämfört med sedvanlig behandling vid fibromyalgi hos vuxna personer </x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Mindfulness based stress reduction (MBSR) jämfört med sedvanlig vård eller väntelista vid fibromyalgi hos vuxna personer </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/208</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mirtazapin jämfört med placebo vid fibromyalgi hos vuxna personer </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/209</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Akupunktur jämfört med sedvanlig vård eller skenbehandling (sham) vid fibromyalgi hos vuxna personer </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/190</x:t>
+  </x:si>
+  <x:si>
     <x:t>Duloxetin jämfört med placebo vid fibromyalgi hos vuxna personer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/191</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Acceptance and commitment therapy (ACT) jämfört med sedvanlig vård eller väntelista vid fibromyalgi hos vuxna personer  </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/188</x:t>
   </x:si>
   <x:si>
     <x:t>Gabapentin jämfört med placebo vid fibromyalgi hos vuxna personer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/192</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Akupunktur jämfört med sedvanlig vård eller skenbehandling (sham) vid fibromyalgi hos vuxna personer </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/190</x:t>
+    <x:t>Nortriptylin jämfört med gabapentin i kombination med nortriptylin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/99</x:t>
   </x:si>
   <x:si>
     <x:t>Avbrott av pubertetshämmande hormonbehandling jämfört med fortsatt behandling vid könsdysfori hos ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/150</x:t>
   </x:si>
   <x:si>
-    <x:t>Nortriptylin jämfört med gabapentin i kombination med nortriptylin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Pubertetshämmande hormonbehandling (GnRHa) jämfört med ingen pubertetshämmande behandling vid könsdysfori hos ungdomar med kvinnligt födelsekön</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/148</x:t>
   </x:si>
   <x:si>
     <x:t>Pubertetshämmande hormonbehandling (GnRHa) jämfört med ingen pubertetshämmande behandling vid könsdysfori hos ungdomar med manligt födelsekön</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/149</x:t>
   </x:si>
   <x:si>
+    <x:t>Topiramat jämfört med placebo för äldre personer med smärta orsakad av diabetesneuropati avseende smärtintensitet, funktion och/eller livskvalitet, följsamhet till behandlingen och vårdkonsumtion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/119</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Venlafaxin jämfört med placebo för äldre personer med smärta orsakad av diabetesneuropati </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/121</x:t>
   </x:si>
   <x:si>
     <x:t>Tramadol jämfört med placebo för äldre personer med smärta orsakad av diabetesneuropati</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/120</x:t>
   </x:si>
   <x:si>
-    <x:t>Topiramat jämfört med placebo för äldre personer med smärta orsakad av diabetesneuropati avseende smärtintensitet, funktion och/eller livskvalitet, följsamhet till behandlingen och vårdkonsumtion</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Pregabalin jämfört med en kombination av duloxetin och pregabalin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/110</x:t>
   </x:si>
   <x:si>
+    <x:t>Pregabalin jämfört med duloxetin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opioider för äldre personer med smärta orsakad av kotkompression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oxikodon flexibel dos för äldre personer med smärta orsakad av knäartros</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oxkarbazepin jämfört med placebo för äldre personer med smärta orsakad av diabetesneuropati avseende smärtintensitet, funktion och/eller livskvalitet, vårdkonsumtion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paracetamol för äldre personer med smärta orsakad av kotkompression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pregabalin jämfört med amitryptilin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/112</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tapentadol flexibel dos för äldre personer med smärta orsakad av knäartros</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/115</x:t>
   </x:si>
   <x:si>
-    <x:t>Paracetamol för äldre personer med smärta orsakad av kotkompression</x:t>
-[...32 lines deleted...]
-    <x:t>SBU 2022/107</x:t>
+    <x:t>Lidokainplåster 5% jämfört med pregabalin titrering till max 600 mg för äldre personer med smärta orsakad av diabetesneuropati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/98</x:t>
   </x:si>
   <x:si>
     <x:t>Topikalt ketoprofen för äldre personer med smärta orsakad av knäartros</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/95</x:t>
   </x:si>
   <x:si>
+    <x:t>Kapsaicinkräm jämfört med amitryptilin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/94</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Lakosamid jämfört med placebo för äldre personer med smärta orsakad av diabetesneuropati </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/97</x:t>
+  </x:si>
+  <x:si>
     <x:t>Icke-steroida antiinflammatoriska läkemedel (NSAID-preparat) för äldre personer med smärta orsakad av kotkompression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/100</x:t>
   </x:si>
   <x:si>
-    <x:t>Kapsaicinkräm jämfört med amitryptilin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/97</x:t>
+    <x:t>Kapsaicinkräm 0,075% för äldre personer med smärta orsakad av diabetesneuropati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/85</x:t>
   </x:si>
   <x:si>
     <x:t>Buprenorfin jämfört med placebo för äldre personer med smärta orsakad av diabetesneuropati</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/84</x:t>
   </x:si>
   <x:si>
+    <x:t>Duloxetin jämfört med en kombination av duloxetin och pregabalin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duloxetin 60 mg x2 jämfört med duloxetin 120 mg x1 för äldre personer med smärta orsakad av diabetesneuropati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flexibel dos diklofenak jämfört med flexibel dos paracetamol för äldre personer med smärta orsakad av knäartros</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabapentin jämfört med gabapentin kombinerat med nortriptylin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/90</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gabapentin jämfört med nortriptylin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/92</x:t>
   </x:si>
   <x:si>
-    <x:t>Gabapentin jämfört med gabapentin kombinerat med nortriptylin för äldre personer med smärta orsakad av diabetesneuropati</x:t>
-[...26 lines deleted...]
-    <x:t>SBU 2022/87</x:t>
+    <x:t>Tilläggsbehandling med antiepileptikum till pågående antiepileptisk behandling jämfört med placebo som tillägg vid farmakologiskt terapiresistent generaliserad epilepsi hos barn, ungdomar och vuxna avseende långtidsuppföljning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/804</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Behandling med ledning av kontinuerlig EEG-registrering av barn, ungdomar och vuxna som vårdas inom intensivvård på grund av epileptiska anfall eller status epilepticus jämfört med behandling utan ledning av kontinuerligt EEG </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/799</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Teamomhändertagande inom habiliteringen och samverkan med övrig sjukvård vid intellektuell eller annan bestående funktionsnedsättning hos vuxna med epilepsi jämfört med att inte få åtgärden </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/805</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Avancerad utredning jämfört med att inte få åtgärden vid farmakologiskt terapiresistent epilepsi hos barn, ungdomar och vuxna </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/800</x:t>
   </x:si>
   <x:si>
     <x:t>Vagusnervstimulering (VNS) som tillägg till antiepileptiska läkemedel jämfört med endast läkemedelsbehandling vid farmakologiskt terapiresistent epilepsi hos barn som inte är aktuella för annan epilepsikirurgisk åtgärd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/801</x:t>
   </x:si>
   <x:si>
+    <x:t>Vagusnervstimulering (VNS) som tillägg till antiepileptiska läkemedel jämfört med endast läkemedelsbehandling vid farmakologiskt terapiresistent epilepsi hos ungdomar och vuxna, som inte är aktuella för annan epilepsikirurgisk åtgärd, avseende anfallsfrihet och biverkningar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/802</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tilläggsbehandling med antiepileptikum till pågående antiepileptisk behandling jämfört med placebo som tillägg vid farmakologiskt terapiresistent fokal epilepsi hos barn, ungdomar och vuxna avseende långtidsuppföljning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/803</x:t>
   </x:si>
   <x:si>
-    <x:t>Tilläggsbehandling med antiepileptikum till pågående antiepileptisk behandling jämfört med placebo som tillägg vid farmakologiskt terapiresistent generaliserad epilepsi hos barn, ungdomar och vuxna avseende långtidsuppföljning</x:t>
-[...26 lines deleted...]
-    <x:t>SBU 2021/799</x:t>
+    <x:t>Centralstimulerande läkemedel som tillägg till antiepileptiska läkemedel, jämfört med placebo eller sedvanlig behandling, vid epilepsi hos vuxna med samsjuklighet för vilken centralstimulerande läkemedel är indicerat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omhändertagande av multiprofessionellt team inom epilepsivården jämfört med att enbart träffa läkare med erfarenhet av epilepsi vid epilepsirelaterade psykosociala eller kognitiva svårigheter hos vuxna med epilepsi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bedömning och strategier för att hantera aktivitet, delaktighet och risker i vardagen jämfört med att inte få åtgärden vid epilepsi hos barn, ungdomar och vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/790</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bedömning av och åtgärd vid misstänkta psykosociala problem hos barn, ungdomar och vuxna med epilepsi jämfört med att inte få åtgärden </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/791</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bedömning av och åtgärd vid misstänkt psykisk ohälsa hos barn, ungdomar och vuxna med epilepsi jämfört med att inte få åtgärden </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/792</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bedömning av och åtgärd vid misstänkt psykiatrisk samsjuklighet hos barn, ungdomar och vuxna med epilepsi jämfört med att inte få åtgärden </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/793</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Utremittering från neurosjukvården, med skriftlig behandlingsplan, vid epilepsi hos vuxna med stabil anfallskontroll, väl utprovad läkemedelsbehandling mot epilepsi, med etablerad vårdkontakt och med önskan om utremittering jämfört med att inte få åtgärden </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/795</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Bedömning av och åtgärd vid misstänkt psykiatrisk samsjuklighet hos barn, ungdomar och vuxna med epilepsi jämfört med att inte få åtgärden </x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Rituximab till barn med plötsligt debuterande tvångssymtom/begränsningar i matintag i kombination med minst två neuropsykiatriska symtom men utan påvisad neurologisk eller medicinsk sjukdom (PANS/PANDAS) </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/787</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">TNF-hämmare till barn med plötsligt debuterande tvångssymtom/begränsningar i matintag i kombination med minst två neuropsykiatriska symtom </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/789</x:t>
   </x:si>
   <x:si>
+    <x:t>Samband mellan andelen legitimerade sjuksköterskor (skill-mix) i sjukhusvårdteamet, och patientrisk för död, fallolyckor eller trycksår</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klopidogrel jämfört med tikagrelor vid dubbel trombocythämning för vuxna patienter (över 18 år) som vårdats för akut koronart syndrom avseende återinläggning på sjukhus och hälsorelaterad livskvalitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klopidogrel jämfört med tikagrelor vid dubbel trombocythämning för äldre patienter (över 65 år) som vårdats för akut koronart syndrom avseende stenttrombos, kärlkramp, återinläggning på sjukhus och hälsorelaterad livskvalitet och andnöd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/782</x:t>
+  </x:si>
+  <x:si>
     <x:t>Neuropsykologisk utredning jämfört med att inte få åtgärden vid epilepsi och misstänkta kognitiva svårigheter, hos barn, ungdomar och vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/780</x:t>
   </x:si>
   <x:si>
-    <x:t>Klopidogrel jämfört med tikagrelor vid dubbel trombocythämning för vuxna patienter (över 18 år) som vårdats för akut koronart syndrom avseende återinläggning på sjukhus och hälsorelaterad livskvalitet</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Omhändertagande av multiprofessionellt team inom epilepsivården jämfört med att enbart träffa läkare med erfarenhet av epilepsi vid epilepsi hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/778</x:t>
   </x:si>
   <x:si>
-    <x:t>Samband mellan andelen legitimerade sjuksköterskor (skill-mix) i sjukhusvårdteamet, och patientrisk för död, fallolyckor eller trycksår</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/788</x:t>
+    <x:t>Sammanhållen multiprofessionell teamrehabilitering jämfört med att inte få åtgärden vid omfattande epilepsirelaterade psykosociala eller kognitiva svårigheter hos vuxna med epilepsi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/779</x:t>
   </x:si>
   <x:si>
     <x:t>Klinisk undersökning med eller utan score och kompletterande ultraljud med färgdoppler vid akuta skrotala symtom avseende mortalitet, fertilitet i vuxen ålder, missade testikeltorsioner och andelen negativa skrotala explorationer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/784</x:t>
   </x:si>
   <x:si>
-    <x:t>Sammanhållen multiprofessionell teamrehabilitering jämfört med att inte få åtgärden vid omfattande epilepsirelaterade psykosociala eller kognitiva svårigheter hos vuxna med epilepsi</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Endovaskulärt jämfört med kirurgiskt anlagd arterio-venös fistel för hemodialys</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/786</x:t>
   </x:si>
   <x:si>
     <x:t>Uppföljning och neurologisk bedömning av läkare med erfarenhet av och aktuell kunskap om epilepsi samt av en epilepsisjuksköterska vid epilepsi hos gravida kvinnor, jämfört med att inte få åtgärden</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/771</x:t>
   </x:si>
   <x:si>
     <x:t>Strukturerat arbetssätt vid övergång från barn- till vuxensjukvård jämfört med att inte få åtgärden vid dålig anfallskontroll eller samsjuklighet vid epilepsi hos ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/772</x:t>
   </x:si>
   <x:si>
     <x:t>Utvärdering av behandlingsresultat eller läkemedelsutsättning med stöd av EEG jämfört med att inte få åtgärden vid absensepilepsi hos barn</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/773</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Igångsättning av förlossning vid 41 fullgångna graviditetsveckor jämfört med 42 fullgångna graviditetsveckor avseende ett flertal utfall </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/763</x:t>
+  </x:si>
+  <x:si>
     <x:t>Glukokortikoider till barn med plötsligt debuterande tvångssymtom/begränsningar i matintag i kombination med minst två neuropsykiatriska symtom men utan påvisad neurologisk eller medicinsk sjukdom (PANS/PANDAS) avseende hälsorelaterad livskvalitet, funktionsnivå och symtom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/761</x:t>
   </x:si>
   <x:si>
     <x:t>Hydrogel spacer vid strålbehandling av prostatacancer avseende erektil funktion</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/762</x:t>
   </x:si>
   <x:si>
+    <x:t>Uppföljning och neurologisk bedömning inom 6 månader av läkare med erfarenhet av och aktuell kunskap om epilepsi jämfört med att inte få åtgärden vid nydiagnostiserad eller fortsatt misstänkt epilepsi hos vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bettfysiologisk behandling vid tinnitus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/759</x:t>
+  </x:si>
+  <x:si>
     <x:t>Återkommande uppföljning och neurologisk bedömning av läkare med erfarenhet av och aktuell kunskap om epilepsi jämfört med en mer sporadisk uppföljning och bedömning vid epilepsi hos barn, ungdomar och vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/728</x:t>
   </x:si>
   <x:si>
     <x:t>Uppföljning och neurologisk bedömning inom 3 månader av barnläkare med erfarenhet av och aktuell kunskap om epilepsi jämfört med att inte få åtgärden vid nydiagnostiserad epilepsi hos barn och ungdomar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/726</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Information till kvinnor i fertil ålder med epilepsi om fertilitetsaspekter inklusive preventivmedel och graviditet jämfört med att inte få åtgärden </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/769</x:t>
   </x:si>
   <x:si>
-    <x:t>Bettfysiologisk behandling vid tinnitus</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2021/763</x:t>
+    <x:t>Kontakt med epilepsisjuksköterska inom 2 arbetsdagar jämfört med att inte få åtgärden vid epilepsi hos barn, ungdomar och vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strukturerad genomgång av risker vid epilepsi jämfört med att inte få åtgärden vid epilepsi hos barn, ungdomar och vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cyklooxygenashämmare (COX-hämmare) till barn med plötsligt debuterande tvångssymtom/begränsningar i matintag i kombination med minst två neuropsykiatriska symtom men utan påvisad neurologisk eller medicinsk sjukdom (PANS/PANDAS) avseende hälsorelaterad livskvalitet, funktionsnivå och symtom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/760</x:t>
   </x:si>
   <x:si>
     <x:t>pVAD med en impellerpump (Impella CP) jämfört med en Intra Aortic Balloon Pump, IABP pVAD hos vuxna patienter med kardiogen chock avseende dödlighet, vårdtid, hjärtfunktion, njurfunktion och hälsorelaterad livskvalitet</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/764</x:t>
   </x:si>
   <x:si>
-    <x:t>Strukturerad genomgång av risker vid epilepsi jämfört med att inte få åtgärden vid epilepsi hos barn, ungdomar och vuxna</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/767</x:t>
+    <x:t>Heminduktion jämfört med igångsättning av förlossning på sjukhus vid lågriskgraviditet avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Djup hjärnstimulering (DBS) som tillägg till antiepileptiska läkemedel jämfört med antiepileptika (utan DBS) vid farmakologiskt terapiresistent epilepsi hos vuxna, som inte är aktuell för annan epilepsikirurgisk åtgärd, avseende minst 50 procents anfallsreduktion och anfallsfrihet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Återkommande strukturerad bedömning av biverkningar jämfört med att inte få åtgärden vid epilepsi, som behandlas med antiepileptiska läkemedel, hos barn, ungdomar och vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/768</x:t>
   </x:si>
   <x:si>
     <x:t>Preoperativ intravenös tillförsel av järn (järninfusion) jämfört med järntabletter vid planerad kolorektalcancerkirurgi och preoperativt blodvärde (Hb) under 115g/l avseende biverkningar, behov av blodtransfusion, kirurgiska komplikationer, reoperation, hälsorelaterad livskvalitet och sjukhusvistelsetid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/774</x:t>
   </x:si>
   <x:si>
-    <x:t>Uppföljning och neurologisk bedömning inom 6 månader av läkare med erfarenhet av och aktuell kunskap om epilepsi jämfört med att inte få åtgärden vid nydiagnostiserad eller fortsatt misstänkt epilepsi hos vuxna</x:t>
-[...32 lines deleted...]
-    <x:t>SBU 2021/760</x:t>
+    <x:t>MR-guidad strålbehandling av patienter med cancer i thorax, abdomen, pelvis eller huvud och hals avseende flera utfall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Preoperativ klorhexidintvätt jämfört med tvätt med tvål vid ren kirurgi avseende mortalitet, sepsis, infektion på operationsstället, reintervention och vårdtid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/752</x:t>
   </x:si>
   <x:si>
     <x:t>Preoperativ klorhexidintvätt jämfört med tvätt med placebo vid ren kirurgi avseende mortalitet, implantatinfektion, sepsis, reintervention och vårdtid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/751</x:t>
   </x:si>
   <x:si>
+    <x:t>Preoperativ klorhexidintvätt jämfört med ingen instruktion gällande tvätt vid ren kirurgi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/755</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bröstreduktionskirurgi, jämfört med ingen kirurgi, hos kvinnor med symtomgivande brösthypertrofi avseende fysisk funktion, arbetsförmåga och sjukfrånvaro </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/750</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Preoperativ intravenös tillförsel av järn (järninfusion) jämfört med ingen behandling eller placebo vid planerad kolorektalcancerkirurgi och preoperativt blodvärde (Hb) under 115g/l </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/744</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Bröstreduktionskirurgi, jämfört med ingen kirurgi, hos kvinnor med symtomgivande brösthypertrofi avseende fysisk funktion, arbetsförmåga och sjukfrånvaro </x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2021/755</x:t>
+    <x:t>Läkemedelsdelning via ett centraliserat automatiserat system i jämförelse med manuell läkemedelsdelning för patienter inlagda på sjukhus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/745</x:t>
   </x:si>
   <x:si>
     <x:t>Heltäckande hårskydd jämfört med en icke heltäckande mössa eller inget hårskydd för operationspersonalen vid operationer som genomförs på en operationsavdelning med snitt genom intakt hud</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/746</x:t>
   </x:si>
   <x:si>
     <x:t>Standardiserade vårdförlopp vid misstanke om cancer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/748</x:t>
   </x:si>
   <x:si>
-    <x:t>Preoperativ klorhexidintvätt jämfört med tvätt med tvål vid ren kirurgi avseende mortalitet, sepsis, infektion på operationsstället, reintervention och vårdtid</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/752</x:t>
+    <x:t>Tidpunkt för uppdukning av kirurgisk utrustning på operationssal, innan patienten körs in i operationssalen jämfört med när patienten är på plats</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Preoperativ klorhexidintvätt jämfört med ingen preoperativ tvätt vid ren kirurgi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/756</x:t>
   </x:si>
   <x:si>
     <x:t>Preoperativ klorhexidintvätt jämfört med lokal tvätt vid ren kirurgi</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/757</x:t>
   </x:si>
   <x:si>
-    <x:t>Tidpunkt för uppdukning av kirurgisk utrustning på operationssal, innan patienten körs in i operationssalen jämfört med när patienten är på plats</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2021/756</x:t>
+    <x:t>Automatiserad digital triagering i primärvården jämfört med telefonkontakt med sjuksköterska för bedömning, prioritering och hänvisning till olika vårdnivå</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deep brain stimulation (DBS) vid dyskinetisk cerebral pares (CP)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/736</x:t>
   </x:si>
   <x:si>
     <x:t>MediYoga vid stressrelaterade diagnoser/utmattningssyndrom</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/739</x:t>
   </x:si>
   <x:si>
-    <x:t>Automatiserad digital triagering i primärvården jämfört med telefonkontakt med sjuksköterska för bedömning, prioritering och hänvisning till olika vårdnivå</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MediYoga vid smärta</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/738</x:t>
   </x:si>
   <x:si>
-    <x:t>Deep brain stimulation (DBS) vid dyskinetisk cerebral pares (CP)</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/736</x:t>
+    <x:t>Neurologisk bedömning inom 2 veckor av barnläkare med erfarenhet av och aktuell kunskap om epilepsi jämfört med bedömning senare vid misstänkt epilepsi hos barn under 2 år</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EEG enligt standard vid misstänkt epilepsi hos vuxna efter bedömning av läkare med erfarenhet av och aktuell kunskap om epilepsi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buckybehandling/Grenz rays therapy jämfört med kirurgi hos patienter med lentigo maligna melanoma (LMM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buckybehandling/Grenz rays therapy jämfört med kirurgi hos patienter med lentigo maligna (LM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatiserad jämfört med manuell beredning av intravenösa läkemedel på sjukhus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/722</x:t>
   </x:si>
   <x:si>
     <x:t>Uppföljning och bedömning av epilepsisjuksköterska inom 6 veckor jämfört med att inte få åtgärden vid nydiagnostiserad epilepsi hos barn, ungdomar och vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/705</x:t>
   </x:si>
   <x:si>
     <x:t>Baklofenbehandling (peroral och intratekal) till barn och unga med ärftlig eller idiopatisk dystoni</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/725</x:t>
   </x:si>
   <x:si>
+    <x:t>Bordssaltsbehandling vid navelgranulom hos spädbarn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/729</x:t>
+  </x:si>
+  <x:si>
     <x:t>Skleroserande injektionsterapi vid kronisk akillestendinopati</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/730</x:t>
   </x:si>
   <x:si>
-    <x:t>Buckybehandling/Grenz rays therapy jämfört med kirurgi hos patienter med lentigo maligna melanoma (LMM)</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Teamomhändertagande inom habiliteringen och samverkan med övrig sjukvård vid intellektuell eller annan bestående funktionsnedsättning hos barn och ungdomar med epilepsi jämfört med att inte få åtgärden</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/715</x:t>
   </x:si>
   <x:si>
+    <x:t>Neurologisk bedömning inom 4 veckor av barnläkare med erfarenhet av och aktuell kunskap om epilepsi jämfört med bedömning senare vid misstänkt epilepsi hos barn och ungdomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/702</x:t>
+  </x:si>
+  <x:si>
     <x:t>Neurologisk bedömning inom 4 veckor av läkare med erfarenhet av och aktuell kunskap om epilepsi jämfört med att inte få åtgärden vid misstänkt epilepsi hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/701</x:t>
   </x:si>
   <x:si>
-    <x:t>Neurologisk bedömning inom 4 veckor av barnläkare med erfarenhet av och aktuell kunskap om epilepsi jämfört med bedömning senare vid misstänkt epilepsi hos barn och ungdomar</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Akut konsultation med läkare med erfarenhet av och aktuell kunskap om epilepsi jämfört med bedömning senare vid misstänkt epilepsi hos barn, ungdomar och vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/700</x:t>
   </x:si>
   <x:si>
+    <x:t>Långtidsregistrering med ambulatoriskt EEG jämfört med långtidsregistrering med video-EEG vid oklara anfall eller svårklassificerade epileptiska anfall hos barn, ungdomar och vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/699</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Neuroleptika som tillägg till antiepileptiska läkemedel, jämfört med att inte få åtgärden, vid epilepsi hos barn, ungdomar och vuxna med samsjuklighet för vilken neuroleptika är indicerat </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/698</x:t>
   </x:si>
   <x:si>
-    <x:t>Långtidsregistrering med ambulatoriskt EEG jämfört med långtidsregistrering med video-EEG vid oklara anfall eller svårklassificerade epileptiska anfall hos barn, ungdomar och vuxna</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Djup hjärnstimulering (DBS) som tillägg till antiepileptiska läkemedel jämfört med antiepileptika (utan DBS) vid farmakologiskt terapiresistent epilepsi hos barn och ungdomar som inte är aktuell för annan epilepsikirurgisk åtgärd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/697</x:t>
   </x:si>
   <x:si>
     <x:t>Ketogen kost som tillägg till antiepileptiska läkemedel jämfört med fortsatt antiepileptika utan ketogen kost vid farmakologiskt terapiresistent epilepsi hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/694</x:t>
   </x:si>
   <x:si>
+    <x:t>Icke-kirurgiska metoder vid lipödem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/679</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fettsugning vid lipödem</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/677</x:t>
   </x:si>
   <x:si>
-    <x:t>Icke-kirurgiska metoder vid lipödem</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Metoder för diagnostik av lipödem inklusive metoder för att särskilja sjukdomstillståndet från möjliga förväxlingsdiagnoser</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/676</x:t>
   </x:si>
   <x:si>
     <x:t>Bariatrisk kirurgi vid lipödem</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/662</x:t>
   </x:si>
   <x:si>
     <x:t>Bedömning av huruvida en person av manligt respektive kvinnligt kön är över eller under 18 år genom röntgenundersökning av visdomständer i underkäken (Demirjians tandmognadsskala)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/609</x:t>
   </x:si>
   <x:si>
     <x:t>Bedömning av huruvida en person av manligt respektive kvinnligt kön är över eller under 18 år genom magnetkameraundersökning av tillväxtzonen i knät</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/608</x:t>
   </x:si>
   <x:si>
     <x:t>Kombinationsbehandling eller multimodal behandling vid provocerad vulvodyni (vestibulit)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/553</x:t>
   </x:si>
   <x:si>
+    <x:t>Palmitoyletanolamid (PEA) i kombination med transpolydatin jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nifedipin jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lidokain jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transkraniell elektrisk stimulering (tDCS) jämfört med simulerad behandling vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/560</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stötvågsbehandling jämfört med simulerad behandling vid provocerad vulvodyni (vestibulit)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/557</x:t>
   </x:si>
   <x:si>
     <x:t>Östrogen jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/561</x:t>
   </x:si>
   <x:si>
+    <x:t>Mindfulnessbaserad kognitiv beteendeterapi (mKBT) jämfört med utbildning och stöd vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transkutan elektrisk nervstimulering (TENS) jämfört med simulerad behandling vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mindfulnessbaserad kognitiv terapi jämfört med kognitiv beteendeterapi (KBT) i grupp vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lågeffektlaser jämfört med simulerad behandling vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/550</x:t>
+  </x:si>
+  <x:si>
     <x:t>Natriumkromoglikat jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/554</x:t>
   </x:si>
   <x:si>
-    <x:t>Palmitoyletanolamid (PEA) i kombination med transpolydatin jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
-[...44 lines deleted...]
-    <x:t>SBU 2021/552</x:t>
+    <x:t>Individuell kognitiv beteendeterapi (KBT) jämfört med fysioterapi vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/537</x:t>
   </x:si>
   <x:si>
     <x:t>Gabapentin jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/534</x:t>
   </x:si>
   <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) i grupp jämfört med elektromyografisk (EMG) biofeedback och vestibulektomi vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) i grupp jämfört med hydrokortison vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/535</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kirurgiska metoder vid provocerad vulvodyni (vestibulit)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/538</x:t>
   </x:si>
   <x:si>
-    <x:t>Individuell kognitiv beteendeterapi (KBT) jämfört med fysioterapi vid provocerad vulvodyni (vestibulit)</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2021/535</x:t>
+    <x:t>Fibroblastlysat jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/518</x:t>
   </x:si>
   <x:si>
     <x:t>Diazepam jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/514</x:t>
   </x:si>
   <x:si>
+    <x:t>Kombinerade fysioterapeutiska åtgärder jämfört med lidokain vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Botulinumtoxin jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elektromyografisk (EMG) biofeedback jämfört med lidokain vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/515</x:t>
+  </x:si>
+  <x:si>
     <x:t>Desipramin i kombination med lidokain jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/511</x:t>
   </x:si>
   <x:si>
-    <x:t>Fibroblastlysat jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/518</x:t>
+    <x:t>Enoxaparin jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Desipramin jämfört med placebo vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traditionell akupunktur jämfört med icke-traditionell akupunktur vid provocerad vulvodyni (vestibulit)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/509</x:t>
   </x:si>
   <x:si>
     <x:t>Metoder för att ställa diagnosen lokaliserad provocerad vulvodyni (vestibulit), som enskilt test eller tilläggstest</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/513</x:t>
   </x:si>
   <x:si>
-    <x:t>Kombinerade fysioterapeutiska åtgärder jämfört med lidokain vid provocerad vulvodyni (vestibulit)</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Behandlingsfamilj (Treatment Foster Care Oregon, TFCO) jämfört med institutionsvård för ungdomar med allvarliga beteendeproblem avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/469</x:t>
   </x:si>
   <x:si>
     <x:t>Independent Living Services (ILS) som stöd till unga som ska flytta från placering i social dygnsvård</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/437</x:t>
   </x:si>
   <x:si>
     <x:t>Kognitiv beteendeterapi för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/355</x:t>
   </x:si>
   <x:si>
+    <x:t>Kvalificerad kontaktperson för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lågaffektivt bemötande för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multisystemisk terapi för barn och ungdomar som begått brott avseende upprepad kriminalitet, internaliserade symtom samt skolframgång</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psykodynamisk terapi för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mentorskap för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kognitiv beteendeterapi (KBT) i grupp för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/354</x:t>
+  </x:si>
+  <x:si>
     <x:t>Komet för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/356</x:t>
   </x:si>
   <x:si>
+    <x:t>Kontaktfamilj eller kontaktperson för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/357</x:t>
+  </x:si>
+  <x:si>
     <x:t>Medling för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/379</x:t>
   </x:si>
   <x:si>
-    <x:t>Kvalificerad kontaktperson för barn och ungdomar som begått brott</x:t>
-[...32 lines deleted...]
-    <x:t>SBU 2021/383</x:t>
+    <x:t>Multidimensionell familjeterapi för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/382</x:t>
   </x:si>
   <x:si>
     <x:t>Motiverande intervju (MI) för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/381</x:t>
   </x:si>
   <x:si>
-    <x:t>Lågaffektivt bemötande för barn och ungdomar som begått brott</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2021/382</x:t>
+    <x:t>Vägledande samspel för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/367</x:t>
   </x:si>
   <x:si>
     <x:t>Återfallsprevention för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/369</x:t>
   </x:si>
   <x:si>
+    <x:t>Repulse för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/363</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sociala insatsgrupper för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/364</x:t>
   </x:si>
   <x:si>
-    <x:t>Repulse för barn och ungdomar som begått brott</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Stödsamtal för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/366</x:t>
   </x:si>
   <x:si>
-    <x:t>Vägledande samspel för barn och ungdomar som begått brott</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Funktionell familjeterapi för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/353</x:t>
   </x:si>
   <x:si>
     <x:t>Connect för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/351</x:t>
   </x:si>
   <x:si>
     <x:t>Dialektisk beteendeterapi för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/352</x:t>
   </x:si>
   <x:si>
+    <x:t>Aggression replacement training för barn och ungdomar som begått brott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/348</x:t>
+  </x:si>
+  <x:si>
     <x:t>Acceptance Commitment Therapy i grupp för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/347</x:t>
   </x:si>
   <x:si>
-    <x:t>Aggression replacement training för barn och ungdomar som begått brott</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Esketamin som tillägg till antidepressivt läkemedel vid medelsvår till svår, behandlingsresistent, egentlig depression hos vuxna</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/291</x:t>
   </x:si>
   <x:si>
     <x:t>Transkraniell magnetstimulering med H-spole (dTMS) jämfört med behandling med repetitiv transkraniell magnetstimulering (rTMS) med annan typ av spole vid svårbehandlad depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/276</x:t>
   </x:si>
   <x:si>
     <x:t>Transkraniell magnetstimulering med H-spole (dTMS) jämfört med behandling med overksam spole vid svårbehandlad depression en tid efter avslutad behandling</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/272</x:t>
   </x:si>
   <x:si>
+    <x:t>Transkraniell magnetstimulering med H-spole (dTMS) jämfört med antidepressiv läkemedelsbehandling vid svårbehandlad depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/266</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transkraniell magnetstimulering med H-spole (dTMS) jämfört med behandling med elektrokonvulsiv terapi (ECT) vid svårbehandlad depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/267</x:t>
   </x:si>
   <x:si>
-    <x:t>Transkraniell magnetstimulering med H-spole (dTMS) jämfört med antidepressiv läkemedelsbehandling vid svårbehandlad depression</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/266</x:t>
+    <x:t xml:space="preserve">Kort utbildningsprogram (universell utbildning i skolmiljö) för att minska eller förhindra spel om pengar eller spelproblem hos personer som är 13 år eller äldre jämfört med ingen åtgärd </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/185</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Personanpassad återkoppling med normativ komponent för att minska eller förhindra spel om pengar eller spelproblem hos vuxna spelare jämfört med ingen åtgärd </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anpassad matematikutbildning på universitetet (universell utbildning) jämfört med ingen åtgärd för att minska eller förhindra spel om pengar eller spelproblem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Selektiv utbildning för att minska eller förhindra spel om pengar eller spelproblem hos vuxna spelare</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/188</x:t>
   </x:si>
   <x:si>
     <x:t>Självavstängning (self-exclusion) för att minska eller förhindra spel om pengar eller spelproblem hos vuxna spelare</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/190</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Kort utbildningsprogram (universell utbildning i skolmiljö) för att minska eller förhindra spel om pengar eller spelproblem hos personer som är 13 år eller äldre jämfört med ingen åtgärd </x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Långt utbildningsprogram (universell utbildning i skolmiljö) för att minska eller förhindra spel om pengar eller spelproblem hos personer 13 år eller äldre jämfört med ingen åtgärd avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/178</x:t>
   </x:si>
   <x:si>
     <x:t>Personanpassad återkoppling utan normativ komponent riktad till vuxna spelare jämfört med ingen åtgärd avseende flera utfall</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/177</x:t>
   </x:si>
   <x:si>
     <x:t>Meddelanden för att minska eller förhindra spel om pengar och spelproblem hos vuxna spelare</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/179</x:t>
   </x:si>
   <x:si>
     <x:t>Begränsningar i tid, pengar eller båda för att minska eller förhindra spel om pengar och spelproblem hos vuxna spelare jämfört med ingen åtgärd</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/181</x:t>
   </x:si>
   <x:si>
     <x:t>Professionella stödinsatser till anhöriga eller andra närstående efter suicid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/147</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>SBU 2021/76</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -9697,51 +9655,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C1556"/>
+  <x:dimension ref="A1:C1548"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="255" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.060625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.060625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -10370,16501 +10328,16413 @@
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:3">
       <x:c r="A94" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:3">
       <x:c r="A95" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:3">
       <x:c r="A96" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:3">
       <x:c r="A97" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:3">
       <x:c r="A98" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:3">
       <x:c r="A99" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:3">
       <x:c r="A100" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:3">
       <x:c r="A101" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:3">
       <x:c r="A102" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:3">
       <x:c r="A103" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:3">
       <x:c r="A104" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:3">
       <x:c r="A105" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:3">
       <x:c r="A106" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:3">
       <x:c r="A107" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:3">
       <x:c r="A108" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:3">
       <x:c r="A109" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:3">
       <x:c r="A110" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:3">
       <x:c r="A111" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:3">
       <x:c r="A112" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:3">
       <x:c r="A113" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:3">
       <x:c r="A114" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:3">
       <x:c r="A115" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:3">
       <x:c r="A116" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:3">
       <x:c r="A117" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:3">
       <x:c r="A118" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:3">
       <x:c r="A119" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:3">
       <x:c r="A120" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:3">
       <x:c r="A121" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:3">
       <x:c r="A122" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:3">
       <x:c r="A123" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:3">
       <x:c r="A124" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:3">
       <x:c r="A125" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:3">
       <x:c r="A126" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:3">
       <x:c r="A127" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:3">
       <x:c r="A128" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:3">
       <x:c r="A129" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:3">
       <x:c r="A130" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:3">
       <x:c r="A131" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:3">
       <x:c r="A132" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:3">
       <x:c r="A133" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:3">
       <x:c r="A134" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:3">
       <x:c r="A135" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:3">
       <x:c r="A136" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:3">
       <x:c r="A137" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:3">
       <x:c r="A138" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:3">
       <x:c r="A139" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:3">
       <x:c r="A140" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:3">
       <x:c r="A141" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:3">
       <x:c r="A142" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:3">
       <x:c r="A143" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:3">
       <x:c r="A144" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:3">
       <x:c r="A145" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:3">
       <x:c r="A146" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:3">
       <x:c r="A147" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:3">
       <x:c r="A148" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:3">
       <x:c r="A149" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:3">
       <x:c r="A150" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:3">
       <x:c r="A151" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:3">
       <x:c r="A152" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:3">
       <x:c r="A153" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:3">
       <x:c r="A154" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:3">
       <x:c r="A155" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:3">
       <x:c r="A156" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:3">
       <x:c r="A157" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:3">
       <x:c r="A158" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:3">
       <x:c r="A159" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:3">
       <x:c r="A160" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:3">
       <x:c r="A161" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:3">
       <x:c r="A162" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:3">
       <x:c r="A163" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:3">
       <x:c r="A164" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:3">
       <x:c r="A165" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:3">
       <x:c r="A166" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:3">
       <x:c r="A167" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:3">
       <x:c r="A168" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:3">
       <x:c r="A169" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:3">
       <x:c r="A170" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:3">
       <x:c r="A171" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:3">
       <x:c r="A172" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:3">
       <x:c r="A173" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:3">
       <x:c r="A174" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:3">
       <x:c r="A175" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:3">
       <x:c r="A176" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:3">
       <x:c r="A177" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:3">
       <x:c r="A178" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:3">
       <x:c r="A179" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:3">
       <x:c r="A180" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:3">
       <x:c r="A181" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:3">
       <x:c r="A182" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:3">
       <x:c r="A183" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:3">
       <x:c r="A184" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:3">
       <x:c r="A185" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:3">
       <x:c r="A186" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:3">
       <x:c r="A187" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:3">
       <x:c r="A188" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:3">
       <x:c r="A189" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:3">
       <x:c r="A190" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:3">
       <x:c r="A191" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:3">
       <x:c r="A192" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:3">
       <x:c r="A193" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:3">
       <x:c r="A194" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:3">
       <x:c r="A195" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:3">
       <x:c r="A196" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:3">
       <x:c r="A197" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:3">
       <x:c r="A198" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:3">
       <x:c r="A199" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:3">
       <x:c r="A200" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:3">
       <x:c r="A201" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:3">
       <x:c r="A202" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:3">
       <x:c r="A203" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:3">
       <x:c r="A204" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:3">
       <x:c r="A205" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:3">
       <x:c r="A206" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:3">
       <x:c r="A207" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:3">
       <x:c r="A208" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:3">
       <x:c r="A209" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:3">
       <x:c r="A210" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:3">
       <x:c r="A211" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:3">
       <x:c r="A212" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:3">
       <x:c r="A213" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:3">
       <x:c r="A214" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:3">
       <x:c r="A215" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:3">
       <x:c r="A216" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:3">
       <x:c r="A217" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:3">
       <x:c r="A218" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:3">
       <x:c r="A219" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:3">
       <x:c r="A220" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:3">
       <x:c r="A221" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:3">
       <x:c r="A222" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:3">
       <x:c r="A223" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:3">
       <x:c r="A224" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:3">
       <x:c r="A225" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:3">
       <x:c r="A226" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:3">
       <x:c r="A227" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:3">
       <x:c r="A228" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:3">
       <x:c r="A229" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:3">
       <x:c r="A230" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:3">
       <x:c r="A231" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:3">
       <x:c r="A232" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:3">
       <x:c r="A233" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:3">
       <x:c r="A234" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:3">
       <x:c r="A235" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:3">
       <x:c r="A236" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:3">
       <x:c r="A237" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:3">
       <x:c r="A238" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:3">
       <x:c r="A239" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:3">
       <x:c r="A240" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:3">
       <x:c r="A241" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:3">
       <x:c r="A242" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:3">
       <x:c r="A243" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:3">
       <x:c r="A244" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:3">
       <x:c r="A245" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:3">
       <x:c r="A246" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:3">
       <x:c r="A247" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:3">
       <x:c r="A248" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:3">
       <x:c r="A249" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:3">
       <x:c r="A250" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:3">
       <x:c r="A251" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:3">
       <x:c r="A252" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:3">
       <x:c r="A253" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:3">
       <x:c r="A254" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:3">
       <x:c r="A255" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:3">
       <x:c r="A256" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:3">
       <x:c r="A257" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:3">
       <x:c r="A258" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:3">
       <x:c r="A259" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:3">
       <x:c r="A260" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:3">
       <x:c r="A261" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:3">
       <x:c r="A262" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:3">
       <x:c r="A263" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:3">
       <x:c r="A264" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:3">
       <x:c r="A265" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:3">
       <x:c r="A266" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:3">
       <x:c r="A267" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:3">
       <x:c r="A268" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:3">
       <x:c r="A269" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:3">
       <x:c r="A270" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:3">
       <x:c r="A271" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:3">
       <x:c r="A272" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:3">
       <x:c r="A273" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:3">
       <x:c r="A274" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:3">
       <x:c r="A275" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:3">
       <x:c r="A276" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:3">
       <x:c r="A277" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:3">
       <x:c r="A278" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:3">
       <x:c r="A279" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:3">
       <x:c r="A280" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:3">
       <x:c r="A281" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:3">
       <x:c r="A282" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:3">
       <x:c r="A283" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:3">
       <x:c r="A284" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:3">
       <x:c r="A285" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:3">
       <x:c r="A286" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:3">
       <x:c r="A287" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:3">
       <x:c r="A288" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:3">
       <x:c r="A289" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:3">
       <x:c r="A290" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:3">
       <x:c r="A291" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:3">
       <x:c r="A292" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:3">
       <x:c r="A293" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:3">
       <x:c r="A294" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:3">
       <x:c r="A295" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:3">
       <x:c r="A296" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:3">
       <x:c r="A297" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:3">
       <x:c r="A298" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:3">
       <x:c r="A299" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:3">
       <x:c r="A300" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:3">
       <x:c r="A301" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:3">
       <x:c r="A302" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:3">
       <x:c r="A303" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:3">
       <x:c r="A304" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:3">
       <x:c r="A305" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:3">
       <x:c r="A306" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:3">
       <x:c r="A307" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:3">
       <x:c r="A308" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:3">
       <x:c r="A309" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:3">
       <x:c r="A310" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:3">
       <x:c r="A311" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:3">
       <x:c r="A312" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:3">
       <x:c r="A313" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:3">
       <x:c r="A314" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:3">
       <x:c r="A315" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:3">
       <x:c r="A316" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:3">
       <x:c r="A317" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:3">
       <x:c r="A318" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:3">
       <x:c r="A319" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:3">
       <x:c r="A320" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:3">
       <x:c r="A321" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:3">
       <x:c r="A322" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:3">
       <x:c r="A323" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:3">
       <x:c r="A324" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:3">
       <x:c r="A325" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:3">
       <x:c r="A326" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:3">
       <x:c r="A327" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:3">
       <x:c r="A328" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:3">
       <x:c r="A329" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:3">
       <x:c r="A330" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:3">
       <x:c r="A331" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:3">
       <x:c r="A332" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:3">
       <x:c r="A333" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:3">
       <x:c r="A334" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:3">
       <x:c r="A335" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:3">
       <x:c r="A336" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:3">
       <x:c r="A337" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:3">
       <x:c r="A338" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:3">
       <x:c r="A339" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:3">
       <x:c r="A340" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:3">
       <x:c r="A341" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:3">
       <x:c r="A342" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:3">
       <x:c r="A343" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:3">
       <x:c r="A344" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:3">
       <x:c r="A345" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:3">
       <x:c r="A346" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:3">
       <x:c r="A347" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:3">
       <x:c r="A348" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:3">
       <x:c r="A349" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:3">
       <x:c r="A350" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:3">
       <x:c r="A351" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:3">
       <x:c r="A352" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:3">
       <x:c r="A353" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:3">
       <x:c r="A354" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:3">
       <x:c r="A355" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:3">
       <x:c r="A356" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:3">
       <x:c r="A357" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:3">
       <x:c r="A358" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:3">
       <x:c r="A359" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:3">
       <x:c r="A360" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:3">
       <x:c r="A361" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:3">
       <x:c r="A362" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:3">
       <x:c r="A363" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:3">
       <x:c r="A364" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:3">
       <x:c r="A365" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:3">
       <x:c r="A366" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:3">
       <x:c r="A367" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:3">
       <x:c r="A368" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:3">
       <x:c r="A369" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:3">
       <x:c r="A370" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:3">
       <x:c r="A371" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:3">
       <x:c r="A372" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:3">
       <x:c r="A373" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:3">
       <x:c r="A374" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:3">
       <x:c r="A375" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:3">
       <x:c r="A376" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:3">
       <x:c r="A377" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:3">
       <x:c r="A378" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:3">
       <x:c r="A379" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:3">
       <x:c r="A380" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:3">
       <x:c r="A381" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:3">
       <x:c r="A382" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:3">
       <x:c r="A383" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:3">
       <x:c r="A384" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:3">
       <x:c r="A385" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:3">
       <x:c r="A386" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:3">
       <x:c r="A387" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:3">
       <x:c r="A388" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:3">
       <x:c r="A389" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:3">
       <x:c r="A390" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:3">
       <x:c r="A391" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:3">
       <x:c r="A392" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:3">
       <x:c r="A393" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:3">
       <x:c r="A394" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:3">
       <x:c r="A395" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:3">
       <x:c r="A396" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:3">
       <x:c r="A397" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:3">
       <x:c r="A398" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:3">
       <x:c r="A399" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:3">
       <x:c r="A400" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:3">
       <x:c r="A401" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:3">
       <x:c r="A402" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:3">
       <x:c r="A403" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:3">
       <x:c r="A404" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:3">
       <x:c r="A405" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:3">
       <x:c r="A406" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:3">
       <x:c r="A407" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:3">
       <x:c r="A408" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:3">
       <x:c r="A409" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:3">
       <x:c r="A410" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:3">
       <x:c r="A411" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:3">
       <x:c r="A412" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:3">
       <x:c r="A413" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:3">
       <x:c r="A414" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:3">
       <x:c r="A415" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:3">
       <x:c r="A416" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:3">
       <x:c r="A417" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:3">
       <x:c r="A418" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:3">
       <x:c r="A419" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:3">
       <x:c r="A420" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:3">
       <x:c r="A421" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:3">
       <x:c r="A422" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:3">
       <x:c r="A423" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:3">
       <x:c r="A424" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:3">
       <x:c r="A425" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:3">
       <x:c r="A426" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:3">
       <x:c r="A427" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:3">
       <x:c r="A428" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:3">
       <x:c r="A429" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:3">
       <x:c r="A430" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:3">
       <x:c r="A431" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:3">
       <x:c r="A432" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:3">
       <x:c r="A433" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:3">
       <x:c r="A434" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:3">
       <x:c r="A435" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:3">
       <x:c r="A436" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:3">
       <x:c r="A437" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:3">
       <x:c r="A438" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:3">
       <x:c r="A439" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:3">
       <x:c r="A440" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:3">
       <x:c r="A441" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:3">
       <x:c r="A442" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:3">
       <x:c r="A443" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:3">
       <x:c r="A444" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:3">
       <x:c r="A445" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:3">
       <x:c r="A446" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:3">
       <x:c r="A447" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:3">
       <x:c r="A448" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:3">
       <x:c r="A449" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:3">
       <x:c r="A450" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:3">
       <x:c r="A451" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:3">
       <x:c r="A452" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:3">
       <x:c r="A453" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:3">
       <x:c r="A454" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:3">
       <x:c r="A455" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:3">
       <x:c r="A456" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:3">
       <x:c r="A457" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:3">
       <x:c r="A458" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:3">
       <x:c r="A459" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:3">
       <x:c r="A460" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:3">
       <x:c r="A461" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:3">
       <x:c r="A462" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:3">
       <x:c r="A463" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:3">
       <x:c r="A464" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:3">
       <x:c r="A465" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:3">
       <x:c r="A466" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:3">
       <x:c r="A467" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:3">
       <x:c r="A468" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:3">
       <x:c r="A469" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:3">
       <x:c r="A470" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:3">
       <x:c r="A471" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:3">
       <x:c r="A472" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:3">
       <x:c r="A473" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:3">
       <x:c r="A474" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:3">
       <x:c r="A475" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:3">
       <x:c r="A476" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:3">
       <x:c r="A477" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:3">
       <x:c r="A478" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:3">
       <x:c r="A479" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:3">
       <x:c r="A480" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:3">
       <x:c r="A481" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:3">
       <x:c r="A482" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:3">
       <x:c r="A483" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:3">
       <x:c r="A484" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:3">
       <x:c r="A485" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:3">
       <x:c r="A486" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:3">
       <x:c r="A487" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:3">
       <x:c r="A488" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:3">
       <x:c r="A489" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:3">
       <x:c r="A490" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>979</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:3">
       <x:c r="A491" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:3">
       <x:c r="A492" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:3">
       <x:c r="A493" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:3">
       <x:c r="A494" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:3">
       <x:c r="A495" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:3">
       <x:c r="A496" s="0" t="s">
-        <x:v>990</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:3">
       <x:c r="A497" s="0" t="s">
-        <x:v>992</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:3">
       <x:c r="A498" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>995</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:3">
       <x:c r="A499" s="0" t="s">
-        <x:v>996</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:3">
       <x:c r="A500" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>999</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:3">
       <x:c r="A501" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:3">
       <x:c r="A502" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:3">
       <x:c r="A503" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:3">
       <x:c r="A504" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:3">
       <x:c r="A505" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:3">
       <x:c r="A506" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:3">
       <x:c r="A507" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>1013</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:3">
       <x:c r="A508" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:3">
       <x:c r="A509" s="0" t="s">
-        <x:v>1016</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:3">
       <x:c r="A510" s="0" t="s">
-        <x:v>1018</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:3">
       <x:c r="A511" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:3">
       <x:c r="A512" s="0" t="s">
-        <x:v>1022</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:3">
       <x:c r="A513" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>1025</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:3">
       <x:c r="A514" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>1027</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:3">
       <x:c r="A515" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>1029</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:3">
       <x:c r="A516" s="0" t="s">
-        <x:v>1030</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>1031</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:3">
       <x:c r="A517" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>1033</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:3">
       <x:c r="A518" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>1035</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:3">
       <x:c r="A519" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>1037</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:3">
       <x:c r="A520" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:3">
       <x:c r="A521" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:3">
       <x:c r="A522" s="0" t="s">
-        <x:v>1042</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>1043</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:3">
       <x:c r="A523" s="0" t="s">
-        <x:v>1044</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>1045</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:3">
       <x:c r="A524" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>1047</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:3">
       <x:c r="A525" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>1049</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:3">
       <x:c r="A526" s="0" t="s">
-        <x:v>1050</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:3">
       <x:c r="A527" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>1053</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:3">
       <x:c r="A528" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:3">
       <x:c r="A529" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:3">
       <x:c r="A530" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:3">
       <x:c r="A531" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:3">
       <x:c r="A532" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:3">
       <x:c r="A533" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:3">
       <x:c r="A534" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:3">
       <x:c r="A535" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>1069</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:3">
       <x:c r="A536" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:3">
       <x:c r="A537" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:3">
       <x:c r="A538" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:3">
       <x:c r="A539" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:3">
       <x:c r="A540" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:3">
       <x:c r="A541" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:3">
       <x:c r="A542" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:3">
       <x:c r="A543" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:3">
       <x:c r="A544" s="0" t="s">
-        <x:v>1086</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:3">
       <x:c r="A545" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:3">
       <x:c r="A546" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:3">
       <x:c r="A547" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:3">
       <x:c r="A548" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:3">
       <x:c r="A549" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:3">
       <x:c r="A550" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:3">
       <x:c r="A551" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:3">
       <x:c r="A552" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:3">
       <x:c r="A553" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:3">
       <x:c r="A554" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:3">
       <x:c r="A555" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:3">
       <x:c r="A556" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:3">
       <x:c r="A557" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:3">
       <x:c r="A558" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:3">
       <x:c r="A559" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:3">
       <x:c r="A560" s="0" t="s">
-        <x:v>1118</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:3">
       <x:c r="A561" s="0" t="s">
-        <x:v>1120</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:3">
       <x:c r="A562" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:3">
       <x:c r="A563" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:3">
       <x:c r="A564" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:3">
       <x:c r="A565" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:3">
       <x:c r="A566" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:3">
       <x:c r="A567" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:3">
       <x:c r="A568" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:3">
       <x:c r="A569" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:3">
       <x:c r="A570" s="0" t="s">
-        <x:v>1138</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:3">
       <x:c r="A571" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:3">
       <x:c r="A572" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:3">
       <x:c r="A573" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:3">
       <x:c r="A574" s="0" t="s">
-        <x:v>1146</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:3">
       <x:c r="A575" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:3">
       <x:c r="A576" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:3">
       <x:c r="A577" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:3">
       <x:c r="A578" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:3">
       <x:c r="A579" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:3">
       <x:c r="A580" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>1159</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:3">
       <x:c r="A581" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:3">
       <x:c r="A582" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:3">
       <x:c r="A583" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:3">
       <x:c r="A584" s="0" t="s">
-        <x:v>1166</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>1167</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:3">
       <x:c r="A585" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:3">
       <x:c r="A586" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:3">
       <x:c r="A587" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>1173</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:3">
       <x:c r="A588" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:3">
       <x:c r="A589" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>1177</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:3">
       <x:c r="A590" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:3">
       <x:c r="A591" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:3">
       <x:c r="A592" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:3">
       <x:c r="A593" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:3">
       <x:c r="A594" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>1187</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:3">
       <x:c r="A595" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:3">
       <x:c r="A596" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:3">
       <x:c r="A597" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:3">
       <x:c r="A598" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:3">
       <x:c r="A599" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:3">
       <x:c r="A600" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:3">
       <x:c r="A601" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:3">
       <x:c r="A602" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:3">
       <x:c r="A603" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:3">
       <x:c r="A604" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:3">
       <x:c r="A605" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:3">
       <x:c r="A606" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:3">
       <x:c r="A607" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:3">
       <x:c r="A608" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:3">
       <x:c r="A609" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:3">
       <x:c r="A610" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:3">
       <x:c r="A611" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:3">
       <x:c r="A612" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:3">
       <x:c r="A613" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:3">
       <x:c r="A614" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>1227</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:3">
       <x:c r="A615" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:3">
       <x:c r="A616" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:3">
       <x:c r="A617" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:3">
       <x:c r="A618" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:3">
       <x:c r="A619" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:3">
       <x:c r="A620" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:3">
       <x:c r="A621" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:3">
       <x:c r="A622" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:3">
       <x:c r="A623" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:3">
       <x:c r="A624" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:3">
       <x:c r="A625" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:3">
       <x:c r="A626" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:3">
       <x:c r="A627" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:3">
       <x:c r="A628" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:3">
       <x:c r="A629" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:3">
       <x:c r="A630" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:3">
       <x:c r="A631" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:3">
       <x:c r="A632" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:3">
       <x:c r="A633" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:3">
       <x:c r="A634" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:3">
       <x:c r="A635" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:3">
       <x:c r="A636" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:3">
       <x:c r="A637" s="0" t="s">
-        <x:v>1272</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:3">
       <x:c r="A638" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:3">
       <x:c r="A639" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:3">
       <x:c r="A640" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:3">
       <x:c r="A641" s="0" t="s">
-        <x:v>1280</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>1281</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:3">
       <x:c r="A642" s="0" t="s">
-        <x:v>1282</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>1283</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:3">
       <x:c r="A643" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:3">
       <x:c r="A644" s="0" t="s">
-        <x:v>1286</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>1287</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:3">
       <x:c r="A645" s="0" t="s">
-        <x:v>1288</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>1289</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:3">
       <x:c r="A646" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>1291</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:3">
       <x:c r="A647" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:3">
       <x:c r="A648" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:3">
       <x:c r="A649" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:3">
       <x:c r="A650" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:3">
       <x:c r="A651" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>1301</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:3">
       <x:c r="A652" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:3">
       <x:c r="A653" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:3">
       <x:c r="A654" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:3">
       <x:c r="A655" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:3">
       <x:c r="A656" s="0" t="s">
-        <x:v>1310</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:3">
       <x:c r="A657" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:3">
       <x:c r="A658" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:3">
       <x:c r="A659" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:3">
       <x:c r="A660" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:3">
       <x:c r="A661" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:3">
       <x:c r="A662" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:3">
       <x:c r="A663" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:3">
       <x:c r="A664" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:3">
       <x:c r="A665" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:3">
       <x:c r="A666" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:3">
       <x:c r="A667" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:3">
       <x:c r="A668" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:3">
       <x:c r="A669" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>1337</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:3">
       <x:c r="A670" s="0" t="s">
-        <x:v>1338</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>1339</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:3">
       <x:c r="A671" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:3">
       <x:c r="A672" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:3">
       <x:c r="A673" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>1345</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:3">
       <x:c r="A674" s="0" t="s">
-        <x:v>1346</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:3">
       <x:c r="A675" s="0" t="s">
-        <x:v>1348</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>1349</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:3">
       <x:c r="A676" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>1351</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:3">
       <x:c r="A677" s="0" t="s">
-        <x:v>1352</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:3">
       <x:c r="A678" s="0" t="s">
-        <x:v>1354</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>1355</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:3">
       <x:c r="A679" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:3">
       <x:c r="A680" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:3">
       <x:c r="A681" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:3">
       <x:c r="A682" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:3">
       <x:c r="A683" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:3">
       <x:c r="A684" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:3">
       <x:c r="A685" s="0" t="s">
-        <x:v>1368</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>1369</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:3">
       <x:c r="A686" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
-        <x:v>1371</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:3">
       <x:c r="A687" s="0" t="s">
-        <x:v>1372</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:3">
       <x:c r="A688" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:3">
       <x:c r="A689" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>1377</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:3">
       <x:c r="A690" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>1379</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:3">
       <x:c r="A691" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:3">
       <x:c r="A692" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:3">
       <x:c r="A693" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>1385</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:3">
       <x:c r="A694" s="0" t="s">
-        <x:v>1386</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:3">
       <x:c r="A695" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>1389</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:3">
       <x:c r="A696" s="0" t="s">
-        <x:v>1390</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
-        <x:v>1391</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:3">
       <x:c r="A697" s="0" t="s">
-        <x:v>1392</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:3">
       <x:c r="A698" s="0" t="s">
-        <x:v>1394</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
-        <x:v>1395</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:3">
       <x:c r="A699" s="0" t="s">
-        <x:v>1396</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:3">
       <x:c r="A700" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
-        <x:v>1399</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:3">
       <x:c r="A701" s="0" t="s">
-        <x:v>1400</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>1401</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:3">
       <x:c r="A702" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>1403</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:3">
       <x:c r="A703" s="0" t="s">
-        <x:v>1404</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>1405</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:3">
       <x:c r="A704" s="0" t="s">
-        <x:v>1406</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
-        <x:v>1407</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:3">
       <x:c r="A705" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>1409</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:3">
       <x:c r="A706" s="0" t="s">
-        <x:v>1410</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:3">
       <x:c r="A707" s="0" t="s">
-        <x:v>1412</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>1413</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:3">
       <x:c r="A708" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:3">
       <x:c r="A709" s="0" t="s">
-        <x:v>1416</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:3">
       <x:c r="A710" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>1419</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:3">
       <x:c r="A711" s="0" t="s">
-        <x:v>1420</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:3">
       <x:c r="A712" s="0" t="s">
-        <x:v>1422</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>1423</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:3">
       <x:c r="A713" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:3">
       <x:c r="A714" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
-        <x:v>1427</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:3">
       <x:c r="A715" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:3">
       <x:c r="A716" s="0" t="s">
-        <x:v>1430</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
-        <x:v>1431</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:3">
       <x:c r="A717" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:3">
       <x:c r="A718" s="0" t="s">
-        <x:v>1434</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
-        <x:v>1435</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:3">
       <x:c r="A719" s="0" t="s">
-        <x:v>1436</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>1437</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:3">
       <x:c r="A720" s="0" t="s">
-        <x:v>1438</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:3">
       <x:c r="A721" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:3">
       <x:c r="A722" s="0" t="s">
-        <x:v>1442</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
-        <x:v>1443</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:3">
       <x:c r="A723" s="0" t="s">
-        <x:v>1444</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:3">
       <x:c r="A724" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:3">
       <x:c r="A725" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>1449</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:3">
       <x:c r="A726" s="0" t="s">
-        <x:v>1450</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
-        <x:v>1451</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:3">
       <x:c r="A727" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>1453</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:3">
       <x:c r="A728" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
-        <x:v>1455</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:3">
       <x:c r="A729" s="0" t="s">
-        <x:v>1456</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>1457</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:3">
       <x:c r="A730" s="0" t="s">
-        <x:v>1458</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:3">
       <x:c r="A731" s="0" t="s">
-        <x:v>1460</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>1461</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:3">
       <x:c r="A732" s="0" t="s">
-        <x:v>1462</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
-        <x:v>1463</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:3">
       <x:c r="A733" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:3">
       <x:c r="A734" s="0" t="s">
-        <x:v>1466</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:3">
       <x:c r="A735" s="0" t="s">
-        <x:v>1468</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:3">
       <x:c r="A736" s="0" t="s">
-        <x:v>1470</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:3">
       <x:c r="A737" s="0" t="s">
-        <x:v>1472</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>1473</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:3">
       <x:c r="A738" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:3">
       <x:c r="A739" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>1477</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:3">
       <x:c r="A740" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:3">
       <x:c r="A741" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:3">
       <x:c r="A742" s="0" t="s">
-        <x:v>1482</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
-        <x:v>1483</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:3">
       <x:c r="A743" s="0" t="s">
-        <x:v>1484</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:3">
       <x:c r="A744" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:3">
       <x:c r="A745" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:3">
       <x:c r="A746" s="0" t="s">
-        <x:v>1490</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
-        <x:v>1491</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:3">
       <x:c r="A747" s="0" t="s">
-        <x:v>1492</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>1493</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:3">
       <x:c r="A748" s="0" t="s">
-        <x:v>1494</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:3">
       <x:c r="A749" s="0" t="s">
-        <x:v>1496</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>1497</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:3">
       <x:c r="A750" s="0" t="s">
-        <x:v>1498</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:3">
       <x:c r="A751" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:3">
       <x:c r="A752" s="0" t="s">
-        <x:v>1502</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
-        <x:v>1503</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:3">
       <x:c r="A753" s="0" t="s">
-        <x:v>1504</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>1505</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:3">
       <x:c r="A754" s="0" t="s">
-        <x:v>1506</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
-        <x:v>1507</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:3">
       <x:c r="A755" s="0" t="s">
-        <x:v>1508</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:3">
       <x:c r="A756" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
-        <x:v>1511</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:3">
       <x:c r="A757" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>1513</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:3">
       <x:c r="A758" s="0" t="s">
-        <x:v>1514</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:3">
       <x:c r="A759" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>1517</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:3">
       <x:c r="A760" s="0" t="s">
-        <x:v>1518</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:3">
       <x:c r="A761" s="0" t="s">
-        <x:v>1520</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>1521</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:3">
       <x:c r="A762" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:3">
       <x:c r="A763" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:3">
       <x:c r="A764" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:3">
       <x:c r="A765" s="0" t="s">
-        <x:v>1528</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:3">
       <x:c r="A766" s="0" t="s">
-        <x:v>1530</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:3">
       <x:c r="A767" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:3">
       <x:c r="A768" s="0" t="s">
-        <x:v>1534</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:3">
       <x:c r="A769" s="0" t="s">
-        <x:v>1536</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>1537</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:3">
       <x:c r="A770" s="0" t="s">
-        <x:v>1538</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:3">
       <x:c r="A771" s="0" t="s">
-        <x:v>1540</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
-        <x:v>1541</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:3">
       <x:c r="A772" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:3">
       <x:c r="A773" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:3">
       <x:c r="A774" s="0" t="s">
-        <x:v>1546</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:3">
       <x:c r="A775" s="0" t="s">
-        <x:v>1548</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
-        <x:v>1549</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:3">
       <x:c r="A776" s="0" t="s">
-        <x:v>1550</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
-        <x:v>1551</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:3">
       <x:c r="A777" s="0" t="s">
-        <x:v>1552</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:3">
       <x:c r="A778" s="0" t="s">
-        <x:v>1554</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:3">
       <x:c r="A779" s="0" t="s">
-        <x:v>1556</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
-        <x:v>1557</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:3">
       <x:c r="A780" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:3">
       <x:c r="A781" s="0" t="s">
-        <x:v>1560</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
-        <x:v>1561</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:3">
       <x:c r="A782" s="0" t="s">
-        <x:v>1562</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:3">
       <x:c r="A783" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
-        <x:v>1565</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:3">
       <x:c r="A784" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:3">
       <x:c r="A785" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:3">
       <x:c r="A786" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
-        <x:v>1571</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:3">
       <x:c r="A787" s="0" t="s">
-        <x:v>1572</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
-        <x:v>1573</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:3">
       <x:c r="A788" s="0" t="s">
-        <x:v>1574</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:3">
       <x:c r="A789" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
-        <x:v>1577</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:3">
       <x:c r="A790" s="0" t="s">
-        <x:v>1578</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
-        <x:v>1579</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:3">
       <x:c r="A791" s="0" t="s">
-        <x:v>1580</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
-        <x:v>1581</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:3">
       <x:c r="A792" s="0" t="s">
-        <x:v>1582</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
-        <x:v>1583</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:3">
       <x:c r="A793" s="0" t="s">
-        <x:v>1584</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
-        <x:v>1585</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:3">
       <x:c r="A794" s="0" t="s">
-        <x:v>1586</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:3">
       <x:c r="A795" s="0" t="s">
-        <x:v>1588</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
-        <x:v>1589</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:3">
       <x:c r="A796" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:3">
       <x:c r="A797" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:3">
       <x:c r="A798" s="0" t="s">
-        <x:v>1594</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
-        <x:v>1595</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:3">
       <x:c r="A799" s="0" t="s">
-        <x:v>1596</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
-        <x:v>1597</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:3">
       <x:c r="A800" s="0" t="s">
-        <x:v>1598</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
-        <x:v>1599</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:3">
       <x:c r="A801" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
-        <x:v>1601</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:3">
       <x:c r="A802" s="0" t="s">
-        <x:v>1602</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
-        <x:v>1603</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:3">
       <x:c r="A803" s="0" t="s">
-        <x:v>1604</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:3">
       <x:c r="A804" s="0" t="s">
-        <x:v>1606</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
-        <x:v>1607</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:3">
       <x:c r="A805" s="0" t="s">
-        <x:v>1608</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:3">
       <x:c r="A806" s="0" t="s">
-        <x:v>1610</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
-        <x:v>1611</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:3">
       <x:c r="A807" s="0" t="s">
-        <x:v>1612</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
-        <x:v>1613</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:3">
       <x:c r="A808" s="0" t="s">
-        <x:v>1614</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
-        <x:v>1615</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:3">
       <x:c r="A809" s="0" t="s">
-        <x:v>1616</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
-        <x:v>1617</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:3">
       <x:c r="A810" s="0" t="s">
-        <x:v>1618</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
-        <x:v>1619</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:3">
       <x:c r="A811" s="0" t="s">
-        <x:v>1620</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:3">
       <x:c r="A812" s="0" t="s">
-        <x:v>1622</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:3">
       <x:c r="A813" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
-        <x:v>1625</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:3">
       <x:c r="A814" s="0" t="s">
-        <x:v>1626</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
-        <x:v>1627</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:3">
       <x:c r="A815" s="0" t="s">
-        <x:v>1628</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
-        <x:v>1629</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:3">
       <x:c r="A816" s="0" t="s">
-        <x:v>1630</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
-        <x:v>1631</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:3">
       <x:c r="A817" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:3">
       <x:c r="A818" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
-        <x:v>1635</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:3">
       <x:c r="A819" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
-        <x:v>1637</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:3">
       <x:c r="A820" s="0" t="s">
-        <x:v>1638</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
-        <x:v>1639</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:3">
       <x:c r="A821" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
-        <x:v>1641</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:3">
       <x:c r="A822" s="0" t="s">
-        <x:v>1642</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
-        <x:v>1643</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:3">
       <x:c r="A823" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:3">
       <x:c r="A824" s="0" t="s">
-        <x:v>1646</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
-        <x:v>1647</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:3">
       <x:c r="A825" s="0" t="s">
-        <x:v>1648</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
-        <x:v>1649</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:3">
       <x:c r="A826" s="0" t="s">
-        <x:v>1650</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
-        <x:v>1651</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:3">
       <x:c r="A827" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:3">
       <x:c r="A828" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
-        <x:v>1655</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:3">
       <x:c r="A829" s="0" t="s">
-        <x:v>1656</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
-        <x:v>1657</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:3">
       <x:c r="A830" s="0" t="s">
-        <x:v>1658</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
-        <x:v>1659</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:3">
       <x:c r="A831" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
-        <x:v>1661</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:3">
       <x:c r="A832" s="0" t="s">
-        <x:v>1662</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
-        <x:v>1663</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:3">
       <x:c r="A833" s="0" t="s">
-        <x:v>1664</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
-        <x:v>1665</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:3">
       <x:c r="A834" s="0" t="s">
-        <x:v>1666</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:3">
       <x:c r="A835" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
-        <x:v>1669</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:3">
       <x:c r="A836" s="0" t="s">
-        <x:v>1670</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
-        <x:v>1671</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:3">
       <x:c r="A837" s="0" t="s">
-        <x:v>1672</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
-        <x:v>1673</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:3">
       <x:c r="A838" s="0" t="s">
-        <x:v>1674</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:3">
       <x:c r="A839" s="0" t="s">
-        <x:v>1676</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
-        <x:v>1677</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:3">
       <x:c r="A840" s="0" t="s">
-        <x:v>1678</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
-        <x:v>1679</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:3">
       <x:c r="A841" s="0" t="s">
-        <x:v>1680</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:3">
       <x:c r="A842" s="0" t="s">
-        <x:v>1682</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:3">
       <x:c r="A843" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
-        <x:v>1685</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:3">
       <x:c r="A844" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:3">
       <x:c r="A845" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
-        <x:v>1689</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:3">
       <x:c r="A846" s="0" t="s">
-        <x:v>1690</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
-        <x:v>1691</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:3">
       <x:c r="A847" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
-        <x:v>1693</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:3">
       <x:c r="A848" s="0" t="s">
-        <x:v>1694</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
-        <x:v>1695</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:3">
       <x:c r="A849" s="0" t="s">
-        <x:v>1696</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
-        <x:v>1697</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:3">
       <x:c r="A850" s="0" t="s">
-        <x:v>1698</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
-        <x:v>1699</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:3">
       <x:c r="A851" s="0" t="s">
-        <x:v>1700</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
-        <x:v>1701</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:3">
       <x:c r="A852" s="0" t="s">
-        <x:v>1702</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
-        <x:v>1703</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:3">
       <x:c r="A853" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
-        <x:v>1705</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:3">
       <x:c r="A854" s="0" t="s">
-        <x:v>1706</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
-        <x:v>1707</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:3">
       <x:c r="A855" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
-        <x:v>1709</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:3">
       <x:c r="A856" s="0" t="s">
-        <x:v>1710</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
-        <x:v>1711</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:3">
       <x:c r="A857" s="0" t="s">
-        <x:v>1712</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:3">
       <x:c r="A858" s="0" t="s">
-        <x:v>1714</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
-        <x:v>1715</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:3">
       <x:c r="A859" s="0" t="s">
-        <x:v>1716</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
-        <x:v>1717</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:3">
       <x:c r="A860" s="0" t="s">
-        <x:v>1718</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
-        <x:v>1719</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:3">
       <x:c r="A861" s="0" t="s">
-        <x:v>1720</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
-        <x:v>1721</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:3">
       <x:c r="A862" s="0" t="s">
-        <x:v>1722</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
-        <x:v>1723</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:3">
       <x:c r="A863" s="0" t="s">
-        <x:v>1724</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
-        <x:v>1725</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:3">
       <x:c r="A864" s="0" t="s">
-        <x:v>1726</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
-        <x:v>1727</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:3">
       <x:c r="A865" s="0" t="s">
-        <x:v>1728</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
-        <x:v>1729</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:3">
       <x:c r="A866" s="0" t="s">
-        <x:v>1730</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
-        <x:v>1731</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:3">
       <x:c r="A867" s="0" t="s">
-        <x:v>1732</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
-        <x:v>1733</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:3">
       <x:c r="A868" s="0" t="s">
-        <x:v>1734</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
-        <x:v>1735</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:3">
       <x:c r="A869" s="0" t="s">
-        <x:v>1736</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
-        <x:v>1737</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:3">
       <x:c r="A870" s="0" t="s">
-        <x:v>1738</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
-        <x:v>1739</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:3">
       <x:c r="A871" s="0" t="s">
-        <x:v>1740</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
-        <x:v>1741</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:3">
       <x:c r="A872" s="0" t="s">
-        <x:v>1742</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
-        <x:v>1743</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:3">
       <x:c r="A873" s="0" t="s">
-        <x:v>1744</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
-        <x:v>1745</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:3">
       <x:c r="A874" s="0" t="s">
-        <x:v>1746</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
-        <x:v>1747</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:3">
       <x:c r="A875" s="0" t="s">
-        <x:v>1748</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
-        <x:v>1749</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:3">
       <x:c r="A876" s="0" t="s">
-        <x:v>1750</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
-        <x:v>1751</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:3">
       <x:c r="A877" s="0" t="s">
-        <x:v>1752</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
-        <x:v>1753</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:3">
       <x:c r="A878" s="0" t="s">
-        <x:v>1754</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
-        <x:v>1755</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:3">
       <x:c r="A879" s="0" t="s">
-        <x:v>1756</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:3">
       <x:c r="A880" s="0" t="s">
-        <x:v>1758</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:3">
       <x:c r="A881" s="0" t="s">
-        <x:v>1760</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
-        <x:v>1761</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:3">
       <x:c r="A882" s="0" t="s">
-        <x:v>1762</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
-        <x:v>1763</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:3">
       <x:c r="A883" s="0" t="s">
-        <x:v>1764</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
-        <x:v>1765</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:3">
       <x:c r="A884" s="0" t="s">
-        <x:v>1766</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
-        <x:v>1767</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:3">
       <x:c r="A885" s="0" t="s">
-        <x:v>1768</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
-        <x:v>1769</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:3">
       <x:c r="A886" s="0" t="s">
-        <x:v>1770</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
-        <x:v>1771</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:3">
       <x:c r="A887" s="0" t="s">
-        <x:v>1772</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
-        <x:v>1773</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:3">
       <x:c r="A888" s="0" t="s">
-        <x:v>1774</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
-        <x:v>1775</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:3">
       <x:c r="A889" s="0" t="s">
-        <x:v>1776</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:3">
       <x:c r="A890" s="0" t="s">
-        <x:v>1778</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
-        <x:v>1779</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:3">
       <x:c r="A891" s="0" t="s">
-        <x:v>1780</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
-        <x:v>1781</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:3">
       <x:c r="A892" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
-        <x:v>1783</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:3">
       <x:c r="A893" s="0" t="s">
-        <x:v>1784</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:3">
       <x:c r="A894" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:3">
       <x:c r="A895" s="0" t="s">
-        <x:v>1788</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
-        <x:v>1789</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:3">
       <x:c r="A896" s="0" t="s">
-        <x:v>1790</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
-        <x:v>1791</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:3">
       <x:c r="A897" s="0" t="s">
-        <x:v>1792</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
-        <x:v>1793</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:3">
       <x:c r="A898" s="0" t="s">
-        <x:v>1794</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
-        <x:v>1795</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:3">
       <x:c r="A899" s="0" t="s">
-        <x:v>1796</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
-        <x:v>1797</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:3">
       <x:c r="A900" s="0" t="s">
-        <x:v>1798</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
-        <x:v>1799</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:3">
       <x:c r="A901" s="0" t="s">
-        <x:v>1800</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
-        <x:v>1801</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:3">
       <x:c r="A902" s="0" t="s">
-        <x:v>1802</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
-        <x:v>1803</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:3">
       <x:c r="A903" s="0" t="s">
-        <x:v>1804</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
-        <x:v>1805</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:3">
       <x:c r="A904" s="0" t="s">
-        <x:v>1806</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
-        <x:v>1807</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:3">
       <x:c r="A905" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
-        <x:v>1809</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:3">
       <x:c r="A906" s="0" t="s">
-        <x:v>1810</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
-        <x:v>1811</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:3">
       <x:c r="A907" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
-        <x:v>1813</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:3">
       <x:c r="A908" s="0" t="s">
-        <x:v>1814</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
-        <x:v>1815</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:3">
       <x:c r="A909" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
-        <x:v>1817</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:3">
       <x:c r="A910" s="0" t="s">
-        <x:v>1818</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
-        <x:v>1819</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:3">
       <x:c r="A911" s="0" t="s">
-        <x:v>1820</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
-        <x:v>1821</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:3">
       <x:c r="A912" s="0" t="s">
-        <x:v>1822</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
-        <x:v>1823</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:3">
       <x:c r="A913" s="0" t="s">
-        <x:v>1824</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
-        <x:v>1825</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:3">
       <x:c r="A914" s="0" t="s">
-        <x:v>1826</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
-        <x:v>1827</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:3">
       <x:c r="A915" s="0" t="s">
-        <x:v>1828</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:3">
       <x:c r="A916" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
-        <x:v>1831</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:3">
       <x:c r="A917" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
-        <x:v>1833</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:3">
       <x:c r="A918" s="0" t="s">
-        <x:v>1834</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
-        <x:v>1835</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:3">
       <x:c r="A919" s="0" t="s">
-        <x:v>1836</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
-        <x:v>1837</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:3">
       <x:c r="A920" s="0" t="s">
-        <x:v>1838</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
-        <x:v>1839</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:3">
       <x:c r="A921" s="0" t="s">
-        <x:v>1840</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:3">
       <x:c r="A922" s="0" t="s">
-        <x:v>1842</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
-        <x:v>1843</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:3">
       <x:c r="A923" s="0" t="s">
-        <x:v>1844</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
-        <x:v>1845</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:3">
       <x:c r="A924" s="0" t="s">
-        <x:v>1846</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
-        <x:v>1847</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:3">
       <x:c r="A925" s="0" t="s">
-        <x:v>1848</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:3">
       <x:c r="A926" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
-        <x:v>1851</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:3">
       <x:c r="A927" s="0" t="s">
-        <x:v>1852</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
-        <x:v>1853</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:3">
       <x:c r="A928" s="0" t="s">
-        <x:v>1854</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
-        <x:v>1855</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:3">
       <x:c r="A929" s="0" t="s">
-        <x:v>1856</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
-        <x:v>1857</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:3">
       <x:c r="A930" s="0" t="s">
-        <x:v>1858</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
-        <x:v>1859</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:3">
       <x:c r="A931" s="0" t="s">
-        <x:v>1860</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
-        <x:v>1861</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:3">
       <x:c r="A932" s="0" t="s">
-        <x:v>1862</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
-        <x:v>1863</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:3">
       <x:c r="A933" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:3">
       <x:c r="A934" s="0" t="s">
-        <x:v>1866</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:3">
       <x:c r="A935" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
-        <x:v>1869</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:3">
       <x:c r="A936" s="0" t="s">
-        <x:v>1870</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
-        <x:v>1871</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:3">
       <x:c r="A937" s="0" t="s">
-        <x:v>1872</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
-        <x:v>1873</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:3">
       <x:c r="A938" s="0" t="s">
-        <x:v>1874</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="C938" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:3">
       <x:c r="A939" s="0" t="s">
-        <x:v>1876</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="C939" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:3">
       <x:c r="A940" s="0" t="s">
-        <x:v>1878</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
-        <x:v>1879</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="C940" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:3">
       <x:c r="A941" s="0" t="s">
-        <x:v>1880</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="C941" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:3">
       <x:c r="A942" s="0" t="s">
-        <x:v>1882</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
-        <x:v>1883</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="C942" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:3">
       <x:c r="A943" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
-        <x:v>1885</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="C943" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:3">
       <x:c r="A944" s="0" t="s">
-        <x:v>1886</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
-        <x:v>1887</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="C944" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:3">
       <x:c r="A945" s="0" t="s">
-        <x:v>1888</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
-        <x:v>1889</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:3">
       <x:c r="A946" s="0" t="s">
-        <x:v>1890</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
-        <x:v>1891</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:3">
       <x:c r="A947" s="0" t="s">
-        <x:v>1892</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
-        <x:v>1893</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="C947" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:3">
       <x:c r="A948" s="0" t="s">
-        <x:v>1894</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
-        <x:v>1895</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="C948" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:3">
       <x:c r="A949" s="0" t="s">
-        <x:v>1896</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
-        <x:v>1897</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="C949" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:3">
       <x:c r="A950" s="0" t="s">
-        <x:v>1898</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
-        <x:v>1899</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="C950" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:3">
       <x:c r="A951" s="0" t="s">
-        <x:v>1900</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
-        <x:v>1901</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="C951" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:3">
       <x:c r="A952" s="0" t="s">
-        <x:v>1902</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
-        <x:v>1903</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:3">
       <x:c r="A953" s="0" t="s">
-        <x:v>1904</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
-        <x:v>1905</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:3">
       <x:c r="A954" s="0" t="s">
-        <x:v>1906</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
-        <x:v>1907</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:3">
       <x:c r="A955" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
-        <x:v>1909</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:3">
       <x:c r="A956" s="0" t="s">
-        <x:v>1910</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:3">
       <x:c r="A957" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
-        <x:v>1913</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:3">
       <x:c r="A958" s="0" t="s">
-        <x:v>1914</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
-        <x:v>1915</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:3">
       <x:c r="A959" s="0" t="s">
-        <x:v>1916</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:3">
       <x:c r="A960" s="0" t="s">
-        <x:v>1918</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
-        <x:v>1919</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:3">
       <x:c r="A961" s="0" t="s">
-        <x:v>1920</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
-        <x:v>1921</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:3">
       <x:c r="A962" s="0" t="s">
-        <x:v>1922</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
-        <x:v>1923</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:3">
       <x:c r="A963" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
-        <x:v>1925</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:3">
       <x:c r="A964" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:3">
       <x:c r="A965" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:3">
       <x:c r="A966" s="0" t="s">
-        <x:v>1930</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
-        <x:v>1931</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:3">
       <x:c r="A967" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
-        <x:v>1933</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:3">
       <x:c r="A968" s="0" t="s">
-        <x:v>1934</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:3">
       <x:c r="A969" s="0" t="s">
-        <x:v>1936</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
-        <x:v>1937</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:3">
       <x:c r="A970" s="0" t="s">
-        <x:v>1938</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
-        <x:v>1939</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:3">
       <x:c r="A971" s="0" t="s">
-        <x:v>1940</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
-        <x:v>1941</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:3">
       <x:c r="A972" s="0" t="s">
-        <x:v>1942</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
-        <x:v>1943</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:3">
       <x:c r="A973" s="0" t="s">
-        <x:v>1944</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
-        <x:v>1945</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:3">
       <x:c r="A974" s="0" t="s">
-        <x:v>1946</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:3">
       <x:c r="A975" s="0" t="s">
-        <x:v>1948</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
-        <x:v>1949</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:3">
       <x:c r="A976" s="0" t="s">
-        <x:v>1950</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
-        <x:v>1951</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:3">
       <x:c r="A977" s="0" t="s">
-        <x:v>1952</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
-        <x:v>1953</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:3">
       <x:c r="A978" s="0" t="s">
-        <x:v>1954</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
-        <x:v>1955</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:3">
       <x:c r="A979" s="0" t="s">
-        <x:v>1956</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
-        <x:v>1957</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:3">
       <x:c r="A980" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
-        <x:v>1959</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="C980" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:3">
       <x:c r="A981" s="0" t="s">
-        <x:v>1960</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
-        <x:v>1961</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="C981" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:3">
       <x:c r="A982" s="0" t="s">
-        <x:v>1962</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
-        <x:v>1963</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="C982" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:3">
       <x:c r="A983" s="0" t="s">
-        <x:v>1964</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="C983" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:3">
       <x:c r="A984" s="0" t="s">
-        <x:v>1966</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
-        <x:v>1967</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="C984" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:3">
       <x:c r="A985" s="0" t="s">
-        <x:v>1968</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
-        <x:v>1969</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:3">
       <x:c r="A986" s="0" t="s">
-        <x:v>1970</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
-        <x:v>1971</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:3">
       <x:c r="A987" s="0" t="s">
-        <x:v>1972</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
-        <x:v>1973</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:3">
       <x:c r="A988" s="0" t="s">
-        <x:v>1974</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
-        <x:v>1975</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:3">
       <x:c r="A989" s="0" t="s">
-        <x:v>1976</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
-        <x:v>1977</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:3">
       <x:c r="A990" s="0" t="s">
-        <x:v>1978</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
-        <x:v>1979</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:3">
       <x:c r="A991" s="0" t="s">
-        <x:v>1980</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
-        <x:v>1981</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:3">
       <x:c r="A992" s="0" t="s">
-        <x:v>1982</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
-        <x:v>1983</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:3">
       <x:c r="A993" s="0" t="s">
-        <x:v>1984</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
-        <x:v>1985</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:3">
       <x:c r="A994" s="0" t="s">
-        <x:v>1986</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
-        <x:v>1987</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:3">
       <x:c r="A995" s="0" t="s">
-        <x:v>1988</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
-        <x:v>1989</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:3">
       <x:c r="A996" s="0" t="s">
-        <x:v>1990</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
-        <x:v>1991</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:3">
       <x:c r="A997" s="0" t="s">
-        <x:v>1992</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
-        <x:v>1993</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:3">
       <x:c r="A998" s="0" t="s">
-        <x:v>1994</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
-        <x:v>1995</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:3">
       <x:c r="A999" s="0" t="s">
-        <x:v>1996</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:3">
       <x:c r="A1000" s="0" t="s">
-        <x:v>1998</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
-        <x:v>1999</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:3">
       <x:c r="A1001" s="0" t="s">
-        <x:v>2000</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
-        <x:v>2001</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:3">
       <x:c r="A1002" s="0" t="s">
-        <x:v>2002</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
-        <x:v>2003</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:3">
       <x:c r="A1003" s="0" t="s">
-        <x:v>2004</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
-        <x:v>2005</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:3">
       <x:c r="A1004" s="0" t="s">
-        <x:v>2006</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
-        <x:v>2007</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:3">
       <x:c r="A1005" s="0" t="s">
-        <x:v>2008</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
-        <x:v>2009</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:3">
       <x:c r="A1006" s="0" t="s">
-        <x:v>2010</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
-        <x:v>2011</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:3">
       <x:c r="A1007" s="0" t="s">
-        <x:v>2012</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
-        <x:v>2013</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:3">
       <x:c r="A1008" s="0" t="s">
-        <x:v>2014</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
-        <x:v>2015</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:3">
       <x:c r="A1009" s="0" t="s">
-        <x:v>2016</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:3">
       <x:c r="A1010" s="0" t="s">
-        <x:v>2018</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
-        <x:v>2019</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C1010" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:3">
       <x:c r="A1011" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C1011" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:3">
       <x:c r="A1012" s="0" t="s">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C1012" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:3">
       <x:c r="A1013" s="0" t="s">
-        <x:v>2024</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C1013" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:3">
       <x:c r="A1014" s="0" t="s">
-        <x:v>2026</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
-        <x:v>2027</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="C1014" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:3">
       <x:c r="A1015" s="0" t="s">
-        <x:v>2028</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="C1015" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:3">
       <x:c r="A1016" s="0" t="s">
-        <x:v>2030</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
-        <x:v>2031</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="C1016" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:3">
       <x:c r="A1017" s="0" t="s">
-        <x:v>2032</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
-        <x:v>2033</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="C1017" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:3">
       <x:c r="A1018" s="0" t="s">
-        <x:v>2034</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
-        <x:v>2035</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="C1018" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:3">
       <x:c r="A1019" s="0" t="s">
-        <x:v>2036</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
-        <x:v>2037</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="C1019" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:3">
       <x:c r="A1020" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
-        <x:v>2039</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="C1020" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:3">
       <x:c r="A1021" s="0" t="s">
-        <x:v>2040</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
-        <x:v>2041</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="C1021" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:3">
       <x:c r="A1022" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
-        <x:v>2043</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="C1022" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:3">
       <x:c r="A1023" s="0" t="s">
-        <x:v>2044</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
-        <x:v>2045</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="C1023" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:3">
       <x:c r="A1024" s="0" t="s">
-        <x:v>2046</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
-        <x:v>2047</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="C1024" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:3">
       <x:c r="A1025" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="C1025" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:3">
       <x:c r="A1026" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="C1026" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:3">
       <x:c r="A1027" s="0" t="s">
-        <x:v>2052</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
-        <x:v>2053</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:3">
       <x:c r="A1028" s="0" t="s">
-        <x:v>2054</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
-        <x:v>2055</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:3">
       <x:c r="A1029" s="0" t="s">
-        <x:v>2056</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
-        <x:v>2057</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="C1029" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:3">
       <x:c r="A1030" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
-        <x:v>2059</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="C1030" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:3">
       <x:c r="A1031" s="0" t="s">
-        <x:v>2060</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
-        <x:v>2061</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="C1031" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:3">
       <x:c r="A1032" s="0" t="s">
-        <x:v>2062</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
-        <x:v>2063</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:3">
       <x:c r="A1033" s="0" t="s">
-        <x:v>2064</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
-        <x:v>2065</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:3">
       <x:c r="A1034" s="0" t="s">
-        <x:v>2066</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
-        <x:v>2067</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="C1034" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:3">
       <x:c r="A1035" s="0" t="s">
-        <x:v>2068</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
-        <x:v>2069</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="C1035" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:3">
       <x:c r="A1036" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
-        <x:v>2071</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="C1036" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:3">
       <x:c r="A1037" s="0" t="s">
-        <x:v>2072</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
-        <x:v>2073</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:3">
       <x:c r="A1038" s="0" t="s">
-        <x:v>2074</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
-        <x:v>2075</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:3">
       <x:c r="A1039" s="0" t="s">
-        <x:v>2076</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
-        <x:v>2077</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:3">
       <x:c r="A1040" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:3">
       <x:c r="A1041" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
-        <x:v>2081</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:3">
       <x:c r="A1042" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
-        <x:v>2083</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:3">
       <x:c r="A1043" s="0" t="s">
-        <x:v>2084</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
-        <x:v>2085</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:3">
       <x:c r="A1044" s="0" t="s">
-        <x:v>2086</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
-        <x:v>2087</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="C1044" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:3">
       <x:c r="A1045" s="0" t="s">
-        <x:v>2088</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
-        <x:v>2089</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="C1045" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:3">
       <x:c r="A1046" s="0" t="s">
-        <x:v>2090</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
-        <x:v>2091</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="C1046" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:3">
       <x:c r="A1047" s="0" t="s">
-        <x:v>2092</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
-        <x:v>2093</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="C1047" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:3">
       <x:c r="A1048" s="0" t="s">
-        <x:v>2094</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
-        <x:v>2095</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="C1048" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:3">
       <x:c r="A1049" s="0" t="s">
-        <x:v>2096</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:3">
       <x:c r="A1050" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:3">
       <x:c r="A1051" s="0" t="s">
-        <x:v>2100</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="C1051" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:3">
       <x:c r="A1052" s="0" t="s">
-        <x:v>2102</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
-        <x:v>2103</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="C1052" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:3">
       <x:c r="A1053" s="0" t="s">
-        <x:v>2104</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
-        <x:v>2105</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="C1053" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:3">
       <x:c r="A1054" s="0" t="s">
-        <x:v>2106</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
-        <x:v>2107</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="C1054" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:3">
       <x:c r="A1055" s="0" t="s">
-        <x:v>2108</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
-        <x:v>2109</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="C1055" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:3">
       <x:c r="A1056" s="0" t="s">
-        <x:v>2110</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
-        <x:v>2111</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="C1056" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:3">
       <x:c r="A1057" s="0" t="s">
-        <x:v>2112</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
-        <x:v>2113</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="C1057" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:3">
       <x:c r="A1058" s="0" t="s">
-        <x:v>2114</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
-        <x:v>2115</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="C1058" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:3">
       <x:c r="A1059" s="0" t="s">
-        <x:v>2116</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
-        <x:v>2117</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="C1059" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:3">
       <x:c r="A1060" s="0" t="s">
-        <x:v>2118</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
-        <x:v>2119</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="C1060" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:3">
       <x:c r="A1061" s="0" t="s">
-        <x:v>2120</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
-        <x:v>2121</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:3">
       <x:c r="A1062" s="0" t="s">
-        <x:v>2122</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
-        <x:v>2123</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:3">
       <x:c r="A1063" s="0" t="s">
-        <x:v>2124</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
-        <x:v>2125</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:3">
       <x:c r="A1064" s="0" t="s">
-        <x:v>2126</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
-        <x:v>2127</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="C1064" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:3">
       <x:c r="A1065" s="0" t="s">
-        <x:v>2128</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
-        <x:v>2129</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="C1065" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:3">
       <x:c r="A1066" s="0" t="s">
-        <x:v>2130</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
-        <x:v>2131</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="C1066" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:3">
       <x:c r="A1067" s="0" t="s">
-        <x:v>2132</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
-        <x:v>2133</x:v>
+        <x:v>2135</x:v>
       </x:c>
       <x:c r="C1067" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:3">
       <x:c r="A1068" s="0" t="s">
-        <x:v>2134</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
-        <x:v>2135</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="C1068" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:3">
       <x:c r="A1069" s="0" t="s">
-        <x:v>2136</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
-        <x:v>2137</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="C1069" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:3">
       <x:c r="A1070" s="0" t="s">
-        <x:v>2138</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
-        <x:v>2139</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="C1070" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:3">
       <x:c r="A1071" s="0" t="s">
-        <x:v>2140</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
-        <x:v>2141</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="C1071" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:3">
       <x:c r="A1072" s="0" t="s">
-        <x:v>2142</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
-        <x:v>2143</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="C1072" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:3">
       <x:c r="A1073" s="0" t="s">
-        <x:v>2144</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
-        <x:v>2145</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="C1073" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:3">
       <x:c r="A1074" s="0" t="s">
-        <x:v>2146</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
-        <x:v>2147</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="C1074" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:3">
       <x:c r="A1075" s="0" t="s">
-        <x:v>2148</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
-        <x:v>2149</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="C1075" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:3">
       <x:c r="A1076" s="0" t="s">
-        <x:v>2150</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
-        <x:v>2151</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="C1076" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:3">
       <x:c r="A1077" s="0" t="s">
-        <x:v>2152</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
-        <x:v>2153</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="C1077" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:3">
       <x:c r="A1078" s="0" t="s">
-        <x:v>2154</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
-        <x:v>2155</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="C1078" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:3">
       <x:c r="A1079" s="0" t="s">
-        <x:v>2156</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
-        <x:v>2157</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:3">
       <x:c r="A1080" s="0" t="s">
-        <x:v>2158</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
-        <x:v>2159</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:3">
       <x:c r="A1081" s="0" t="s">
-        <x:v>2160</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
-        <x:v>2161</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:3">
       <x:c r="A1082" s="0" t="s">
-        <x:v>2162</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
-        <x:v>2163</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:3">
       <x:c r="A1083" s="0" t="s">
-        <x:v>2164</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
-        <x:v>2165</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:3">
       <x:c r="A1084" s="0" t="s">
-        <x:v>2166</x:v>
+        <x:v>2168</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
-        <x:v>2167</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="C1084" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:3">
       <x:c r="A1085" s="0" t="s">
-        <x:v>2168</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
-        <x:v>2169</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="C1085" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:3">
       <x:c r="A1086" s="0" t="s">
-        <x:v>2170</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
-        <x:v>2171</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="C1086" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:3">
       <x:c r="A1087" s="0" t="s">
-        <x:v>2172</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
-        <x:v>2173</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="C1087" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:3">
       <x:c r="A1088" s="0" t="s">
-        <x:v>2174</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
-        <x:v>2175</x:v>
+        <x:v>2177</x:v>
       </x:c>
       <x:c r="C1088" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:3">
       <x:c r="A1089" s="0" t="s">
-        <x:v>2176</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
-        <x:v>2177</x:v>
+        <x:v>2179</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:3">
       <x:c r="A1090" s="0" t="s">
-        <x:v>2178</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
-        <x:v>2179</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:3">
       <x:c r="A1091" s="0" t="s">
-        <x:v>2180</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
-        <x:v>2181</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:3">
       <x:c r="A1092" s="0" t="s">
-        <x:v>2182</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
-        <x:v>2183</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:3">
       <x:c r="A1093" s="0" t="s">
-        <x:v>2184</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
-        <x:v>2185</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:3">
       <x:c r="A1094" s="0" t="s">
-        <x:v>2186</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
-        <x:v>2187</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:3">
       <x:c r="A1095" s="0" t="s">
-        <x:v>2188</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
-        <x:v>2189</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:3">
       <x:c r="A1096" s="0" t="s">
-        <x:v>2190</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
-        <x:v>2191</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:3">
       <x:c r="A1097" s="0" t="s">
-        <x:v>2192</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
-        <x:v>2193</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:3">
       <x:c r="A1098" s="0" t="s">
-        <x:v>2194</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
-        <x:v>2195</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:3">
       <x:c r="A1099" s="0" t="s">
-        <x:v>2196</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
-        <x:v>2197</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:3">
       <x:c r="A1100" s="0" t="s">
-        <x:v>2198</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
-        <x:v>2199</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:3">
       <x:c r="A1101" s="0" t="s">
-        <x:v>2200</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
-        <x:v>2201</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:3">
       <x:c r="A1102" s="0" t="s">
-        <x:v>2202</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
-        <x:v>2203</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:3">
       <x:c r="A1103" s="0" t="s">
-        <x:v>2204</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
-        <x:v>2205</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:3">
       <x:c r="A1104" s="0" t="s">
-        <x:v>2206</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
-        <x:v>2207</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="C1104" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:3">
       <x:c r="A1105" s="0" t="s">
-        <x:v>2208</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
-        <x:v>2209</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="C1105" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:3">
       <x:c r="A1106" s="0" t="s">
-        <x:v>2210</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
-        <x:v>2211</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="C1106" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:3">
       <x:c r="A1107" s="0" t="s">
-        <x:v>2212</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
-        <x:v>2213</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="C1107" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:3">
       <x:c r="A1108" s="0" t="s">
-        <x:v>2214</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
-        <x:v>2215</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="C1108" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:3">
       <x:c r="A1109" s="0" t="s">
-        <x:v>2216</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
-        <x:v>2217</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="C1109" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:3">
       <x:c r="A1110" s="0" t="s">
-        <x:v>2218</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
-        <x:v>2219</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="C1110" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:3">
       <x:c r="A1111" s="0" t="s">
-        <x:v>2220</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
-        <x:v>2221</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="C1111" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:3">
       <x:c r="A1112" s="0" t="s">
-        <x:v>2222</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
-        <x:v>2223</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="C1112" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:3">
       <x:c r="A1113" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
-        <x:v>2225</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="C1113" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:3">
       <x:c r="A1114" s="0" t="s">
-        <x:v>2226</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
-        <x:v>2227</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="C1114" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:3">
       <x:c r="A1115" s="0" t="s">
-        <x:v>2228</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:3">
       <x:c r="A1116" s="0" t="s">
-        <x:v>2230</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
-        <x:v>2231</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:3">
       <x:c r="A1117" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2234</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
-        <x:v>2233</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:3">
       <x:c r="A1118" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2236</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
-        <x:v>2235</x:v>
+        <x:v>2237</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:3">
       <x:c r="A1119" s="0" t="s">
-        <x:v>2236</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
-        <x:v>2237</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="C1119" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:3">
       <x:c r="A1120" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
-        <x:v>2239</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:3">
       <x:c r="A1121" s="0" t="s">
-        <x:v>2240</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:3">
       <x:c r="A1122" s="0" t="s">
-        <x:v>2242</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
-        <x:v>2243</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:3">
       <x:c r="A1123" s="0" t="s">
-        <x:v>2244</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
-        <x:v>2245</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:3">
       <x:c r="A1124" s="0" t="s">
-        <x:v>2246</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
-        <x:v>2247</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:3">
       <x:c r="A1125" s="0" t="s">
-        <x:v>2248</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
-        <x:v>2249</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:3">
       <x:c r="A1126" s="0" t="s">
-        <x:v>2250</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
-        <x:v>2251</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:3">
       <x:c r="A1127" s="0" t="s">
-        <x:v>2252</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
-        <x:v>2253</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:3">
       <x:c r="A1128" s="0" t="s">
-        <x:v>2254</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
-        <x:v>2255</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:3">
       <x:c r="A1129" s="0" t="s">
-        <x:v>2256</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
-        <x:v>2257</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:3">
       <x:c r="A1130" s="0" t="s">
-        <x:v>2258</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
-        <x:v>2259</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:3">
       <x:c r="A1131" s="0" t="s">
-        <x:v>2260</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
-        <x:v>2261</x:v>
+        <x:v>2263</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:3">
       <x:c r="A1132" s="0" t="s">
-        <x:v>2262</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
-        <x:v>2263</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:3">
       <x:c r="A1133" s="0" t="s">
-        <x:v>2264</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
-        <x:v>2265</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:3">
       <x:c r="A1134" s="0" t="s">
-        <x:v>2266</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
-        <x:v>2267</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:3">
       <x:c r="A1135" s="0" t="s">
-        <x:v>2268</x:v>
+        <x:v>2270</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
-        <x:v>2269</x:v>
+        <x:v>2271</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:3">
       <x:c r="A1136" s="0" t="s">
-        <x:v>2270</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
-        <x:v>2271</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:3">
       <x:c r="A1137" s="0" t="s">
-        <x:v>2272</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
-        <x:v>2273</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:3">
       <x:c r="A1138" s="0" t="s">
-        <x:v>2274</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
-        <x:v>2275</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:3">
       <x:c r="A1139" s="0" t="s">
-        <x:v>2276</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
-        <x:v>2277</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:3">
       <x:c r="A1140" s="0" t="s">
-        <x:v>2278</x:v>
+        <x:v>2280</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
-        <x:v>2279</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:3">
       <x:c r="A1141" s="0" t="s">
-        <x:v>2280</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
-        <x:v>2281</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:3">
       <x:c r="A1142" s="0" t="s">
-        <x:v>2282</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
-        <x:v>2283</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:3">
       <x:c r="A1143" s="0" t="s">
-        <x:v>2284</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2287</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:3">
       <x:c r="A1144" s="0" t="s">
-        <x:v>2286</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
-        <x:v>2287</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:3">
       <x:c r="A1145" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
-        <x:v>2289</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:3">
       <x:c r="A1146" s="0" t="s">
-        <x:v>2290</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
-        <x:v>2291</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:3">
       <x:c r="A1147" s="0" t="s">
-        <x:v>2292</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
-        <x:v>2293</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:3">
       <x:c r="A1148" s="0" t="s">
-        <x:v>2294</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
-        <x:v>2295</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:3">
       <x:c r="A1149" s="0" t="s">
-        <x:v>2296</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
-        <x:v>2297</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:3">
       <x:c r="A1150" s="0" t="s">
-        <x:v>2298</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
-        <x:v>2299</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:3">
       <x:c r="A1151" s="0" t="s">
-        <x:v>2300</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
-        <x:v>2301</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:3">
       <x:c r="A1152" s="0" t="s">
-        <x:v>2302</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:3">
       <x:c r="A1153" s="0" t="s">
-        <x:v>2304</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
-        <x:v>2305</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:3">
       <x:c r="A1154" s="0" t="s">
-        <x:v>2306</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
-        <x:v>2307</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:3">
       <x:c r="A1155" s="0" t="s">
-        <x:v>2308</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
-        <x:v>2309</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:3">
       <x:c r="A1156" s="0" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:3">
       <x:c r="A1157" s="0" t="s">
-        <x:v>2312</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
-        <x:v>2313</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:3">
       <x:c r="A1158" s="0" t="s">
-        <x:v>2314</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
-        <x:v>2315</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:3">
       <x:c r="A1159" s="0" t="s">
-        <x:v>2316</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:3">
       <x:c r="A1160" s="0" t="s">
-        <x:v>2318</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
-        <x:v>2319</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:3">
       <x:c r="A1161" s="0" t="s">
-        <x:v>2320</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
-        <x:v>2321</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:3">
       <x:c r="A1162" s="0" t="s">
-        <x:v>2322</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
-        <x:v>2323</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:3">
       <x:c r="A1163" s="0" t="s">
-        <x:v>2324</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
-        <x:v>2325</x:v>
+        <x:v>2327</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:3">
       <x:c r="A1164" s="0" t="s">
-        <x:v>2326</x:v>
+        <x:v>2328</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
-        <x:v>2327</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:3">
       <x:c r="A1165" s="0" t="s">
-        <x:v>2328</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
-        <x:v>2329</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:3">
       <x:c r="A1166" s="0" t="s">
-        <x:v>2330</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
-        <x:v>2331</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:3">
       <x:c r="A1167" s="0" t="s">
-        <x:v>2332</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
-        <x:v>2333</x:v>
+        <x:v>2335</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:3">
       <x:c r="A1168" s="0" t="s">
-        <x:v>2334</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
-        <x:v>2335</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:3">
       <x:c r="A1169" s="0" t="s">
-        <x:v>2336</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
-        <x:v>2337</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:3">
       <x:c r="A1170" s="0" t="s">
-        <x:v>2338</x:v>
+        <x:v>2340</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
-        <x:v>2339</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:3">
       <x:c r="A1171" s="0" t="s">
-        <x:v>2340</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
-        <x:v>2341</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:3">
       <x:c r="A1172" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:3">
       <x:c r="A1173" s="0" t="s">
-        <x:v>2344</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
-        <x:v>2345</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:3">
       <x:c r="A1174" s="0" t="s">
-        <x:v>2346</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
-        <x:v>2347</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:3">
       <x:c r="A1175" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="s">
-        <x:v>2349</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="C1175" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:3">
       <x:c r="A1176" s="0" t="s">
-        <x:v>2350</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="C1176" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:3">
       <x:c r="A1177" s="0" t="s">
-        <x:v>2352</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="s">
-        <x:v>2353</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="C1177" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:3">
       <x:c r="A1178" s="0" t="s">
-        <x:v>2354</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="B1178" s="0" t="s">
-        <x:v>2355</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="C1178" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:3">
       <x:c r="A1179" s="0" t="s">
-        <x:v>2356</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="s">
-        <x:v>2357</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="C1179" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:3">
       <x:c r="A1180" s="0" t="s">
-        <x:v>2358</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="B1180" s="0" t="s">
-        <x:v>2359</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:3">
       <x:c r="A1181" s="0" t="s">
-        <x:v>2360</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="s">
-        <x:v>2361</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:3">
       <x:c r="A1182" s="0" t="s">
-        <x:v>2362</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="s">
-        <x:v>2363</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:3">
       <x:c r="A1183" s="0" t="s">
-        <x:v>2364</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="B1183" s="0" t="s">
-        <x:v>2365</x:v>
+        <x:v>2367</x:v>
       </x:c>
       <x:c r="C1183" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:3">
       <x:c r="A1184" s="0" t="s">
-        <x:v>2366</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="B1184" s="0" t="s">
-        <x:v>2367</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="C1184" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:3">
       <x:c r="A1185" s="0" t="s">
-        <x:v>2368</x:v>
+        <x:v>2370</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="s">
-        <x:v>2369</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:3">
       <x:c r="A1186" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="s">
-        <x:v>2371</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:3">
       <x:c r="A1187" s="0" t="s">
-        <x:v>2372</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:3">
       <x:c r="A1188" s="0" t="s">
-        <x:v>2374</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="B1188" s="0" t="s">
-        <x:v>2375</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:3">
       <x:c r="A1189" s="0" t="s">
-        <x:v>2376</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="s">
-        <x:v>2377</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:3">
       <x:c r="A1190" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="s">
-        <x:v>2379</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:3">
       <x:c r="A1191" s="0" t="s">
-        <x:v>2380</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:3">
       <x:c r="A1192" s="0" t="s">
-        <x:v>2382</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="B1192" s="0" t="s">
-        <x:v>2383</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="C1192" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:3">
       <x:c r="A1193" s="0" t="s">
-        <x:v>2384</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="s">
-        <x:v>2385</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:3">
       <x:c r="A1194" s="0" t="s">
-        <x:v>2386</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
-        <x:v>2387</x:v>
+        <x:v>2389</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:3">
       <x:c r="A1195" s="0" t="s">
-        <x:v>2388</x:v>
+        <x:v>2390</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="s">
-        <x:v>2389</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:3">
       <x:c r="A1196" s="0" t="s">
-        <x:v>2390</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:3">
       <x:c r="A1197" s="0" t="s">
-        <x:v>2392</x:v>
+        <x:v>2394</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
-        <x:v>2393</x:v>
+        <x:v>2395</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:3">
       <x:c r="A1198" s="0" t="s">
-        <x:v>2394</x:v>
+        <x:v>2396</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="s">
-        <x:v>2395</x:v>
+        <x:v>2397</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:3">
       <x:c r="A1199" s="0" t="s">
-        <x:v>2396</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="B1199" s="0" t="s">
-        <x:v>2397</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="C1199" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:3">
       <x:c r="A1200" s="0" t="s">
-        <x:v>2398</x:v>
+        <x:v>2400</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="s">
-        <x:v>2399</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:3">
       <x:c r="A1201" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="s">
-        <x:v>2401</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:3">
       <x:c r="A1202" s="0" t="s">
-        <x:v>2402</x:v>
+        <x:v>2404</x:v>
       </x:c>
       <x:c r="B1202" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="C1202" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:3">
       <x:c r="A1203" s="0" t="s">
-        <x:v>2404</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="B1203" s="0" t="s">
-        <x:v>2405</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="C1203" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:3">
       <x:c r="A1204" s="0" t="s">
-        <x:v>2406</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="B1204" s="0" t="s">
-        <x:v>2407</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="C1204" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:3">
       <x:c r="A1205" s="0" t="s">
-        <x:v>2408</x:v>
+        <x:v>2410</x:v>
       </x:c>
       <x:c r="B1205" s="0" t="s">
-        <x:v>2409</x:v>
+        <x:v>2411</x:v>
       </x:c>
       <x:c r="C1205" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:3">
       <x:c r="A1206" s="0" t="s">
-        <x:v>2410</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="B1206" s="0" t="s">
-        <x:v>2411</x:v>
+        <x:v>2413</x:v>
       </x:c>
       <x:c r="C1206" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:3">
       <x:c r="A1207" s="0" t="s">
-        <x:v>2412</x:v>
+        <x:v>2414</x:v>
       </x:c>
       <x:c r="B1207" s="0" t="s">
-        <x:v>2413</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="C1207" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:3">
       <x:c r="A1208" s="0" t="s">
-        <x:v>2414</x:v>
+        <x:v>2416</x:v>
       </x:c>
       <x:c r="B1208" s="0" t="s">
-        <x:v>2415</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="C1208" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:3">
       <x:c r="A1209" s="0" t="s">
-        <x:v>2416</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="B1209" s="0" t="s">
-        <x:v>2417</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="C1209" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:3">
       <x:c r="A1210" s="0" t="s">
-        <x:v>2418</x:v>
+        <x:v>2420</x:v>
       </x:c>
       <x:c r="B1210" s="0" t="s">
-        <x:v>2419</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="C1210" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:3">
       <x:c r="A1211" s="0" t="s">
-        <x:v>2420</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="B1211" s="0" t="s">
-        <x:v>2421</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="C1211" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:3">
       <x:c r="A1212" s="0" t="s">
-        <x:v>2422</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="B1212" s="0" t="s">
-        <x:v>2423</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="C1212" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:3">
       <x:c r="A1213" s="0" t="s">
-        <x:v>2424</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="B1213" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="C1213" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:3">
       <x:c r="A1214" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="B1214" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="C1214" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:3">
       <x:c r="A1215" s="0" t="s">
-        <x:v>2428</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="B1215" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="C1215" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:3">
       <x:c r="A1216" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2432</x:v>
       </x:c>
       <x:c r="B1216" s="0" t="s">
-        <x:v>2431</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="C1216" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:3">
       <x:c r="A1217" s="0" t="s">
-        <x:v>2432</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="B1217" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="C1217" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:3">
       <x:c r="A1218" s="0" t="s">
-        <x:v>2434</x:v>
+        <x:v>2436</x:v>
       </x:c>
       <x:c r="B1218" s="0" t="s">
-        <x:v>2435</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="C1218" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:3">
       <x:c r="A1219" s="0" t="s">
-        <x:v>2436</x:v>
+        <x:v>2438</x:v>
       </x:c>
       <x:c r="B1219" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2439</x:v>
       </x:c>
       <x:c r="C1219" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:3">
       <x:c r="A1220" s="0" t="s">
-        <x:v>2438</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="B1220" s="0" t="s">
-        <x:v>2439</x:v>
+        <x:v>2441</x:v>
       </x:c>
       <x:c r="C1220" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:3">
       <x:c r="A1221" s="0" t="s">
-        <x:v>2440</x:v>
+        <x:v>2442</x:v>
       </x:c>
       <x:c r="B1221" s="0" t="s">
-        <x:v>2441</x:v>
+        <x:v>2443</x:v>
       </x:c>
       <x:c r="C1221" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:3">
       <x:c r="A1222" s="0" t="s">
-        <x:v>2442</x:v>
+        <x:v>2444</x:v>
       </x:c>
       <x:c r="B1222" s="0" t="s">
-        <x:v>2443</x:v>
+        <x:v>2445</x:v>
       </x:c>
       <x:c r="C1222" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:3">
       <x:c r="A1223" s="0" t="s">
-        <x:v>2444</x:v>
+        <x:v>2446</x:v>
       </x:c>
       <x:c r="B1223" s="0" t="s">
-        <x:v>2445</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="C1223" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:3">
       <x:c r="A1224" s="0" t="s">
-        <x:v>2446</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="B1224" s="0" t="s">
-        <x:v>2447</x:v>
+        <x:v>2449</x:v>
       </x:c>
       <x:c r="C1224" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:3">
       <x:c r="A1225" s="0" t="s">
-        <x:v>2448</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="B1225" s="0" t="s">
-        <x:v>2449</x:v>
+        <x:v>2451</x:v>
       </x:c>
       <x:c r="C1225" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:3">
       <x:c r="A1226" s="0" t="s">
-        <x:v>2450</x:v>
+        <x:v>2452</x:v>
       </x:c>
       <x:c r="B1226" s="0" t="s">
-        <x:v>2451</x:v>
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="C1226" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:3">
       <x:c r="A1227" s="0" t="s">
-        <x:v>2452</x:v>
+        <x:v>2454</x:v>
       </x:c>
       <x:c r="B1227" s="0" t="s">
-        <x:v>2453</x:v>
+        <x:v>2455</x:v>
       </x:c>
       <x:c r="C1227" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:3">
       <x:c r="A1228" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>2456</x:v>
       </x:c>
       <x:c r="B1228" s="0" t="s">
-        <x:v>2455</x:v>
+        <x:v>2457</x:v>
       </x:c>
       <x:c r="C1228" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:3">
       <x:c r="A1229" s="0" t="s">
-        <x:v>2456</x:v>
+        <x:v>2458</x:v>
       </x:c>
       <x:c r="B1229" s="0" t="s">
-        <x:v>2457</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="C1229" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:3">
       <x:c r="A1230" s="0" t="s">
-        <x:v>2458</x:v>
+        <x:v>2460</x:v>
       </x:c>
       <x:c r="B1230" s="0" t="s">
-        <x:v>2459</x:v>
+        <x:v>2461</x:v>
       </x:c>
       <x:c r="C1230" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:3">
       <x:c r="A1231" s="0" t="s">
-        <x:v>2460</x:v>
+        <x:v>2462</x:v>
       </x:c>
       <x:c r="B1231" s="0" t="s">
-        <x:v>2461</x:v>
+        <x:v>2463</x:v>
       </x:c>
       <x:c r="C1231" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:3">
       <x:c r="A1232" s="0" t="s">
-        <x:v>2462</x:v>
+        <x:v>2464</x:v>
       </x:c>
       <x:c r="B1232" s="0" t="s">
-        <x:v>2463</x:v>
+        <x:v>2465</x:v>
       </x:c>
       <x:c r="C1232" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:3">
       <x:c r="A1233" s="0" t="s">
-        <x:v>2464</x:v>
+        <x:v>2466</x:v>
       </x:c>
       <x:c r="B1233" s="0" t="s">
-        <x:v>2465</x:v>
+        <x:v>2467</x:v>
       </x:c>
       <x:c r="C1233" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:3">
       <x:c r="A1234" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="B1234" s="0" t="s">
-        <x:v>2467</x:v>
+        <x:v>2469</x:v>
       </x:c>
       <x:c r="C1234" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:3">
       <x:c r="A1235" s="0" t="s">
-        <x:v>2468</x:v>
+        <x:v>2470</x:v>
       </x:c>
       <x:c r="B1235" s="0" t="s">
-        <x:v>2469</x:v>
+        <x:v>2471</x:v>
       </x:c>
       <x:c r="C1235" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:3">
       <x:c r="A1236" s="0" t="s">
-        <x:v>2470</x:v>
+        <x:v>2472</x:v>
       </x:c>
       <x:c r="B1236" s="0" t="s">
-        <x:v>2471</x:v>
+        <x:v>2473</x:v>
       </x:c>
       <x:c r="C1236" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:3">
       <x:c r="A1237" s="0" t="s">
-        <x:v>2472</x:v>
+        <x:v>2474</x:v>
       </x:c>
       <x:c r="B1237" s="0" t="s">
-        <x:v>2473</x:v>
+        <x:v>2475</x:v>
       </x:c>
       <x:c r="C1237" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:3">
       <x:c r="A1238" s="0" t="s">
-        <x:v>2474</x:v>
+        <x:v>2476</x:v>
       </x:c>
       <x:c r="B1238" s="0" t="s">
-        <x:v>2475</x:v>
+        <x:v>2477</x:v>
       </x:c>
       <x:c r="C1238" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:3">
       <x:c r="A1239" s="0" t="s">
-        <x:v>2476</x:v>
+        <x:v>2478</x:v>
       </x:c>
       <x:c r="B1239" s="0" t="s">
-        <x:v>2477</x:v>
+        <x:v>2479</x:v>
       </x:c>
       <x:c r="C1239" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:3">
       <x:c r="A1240" s="0" t="s">
-        <x:v>2478</x:v>
+        <x:v>2480</x:v>
       </x:c>
       <x:c r="B1240" s="0" t="s">
-        <x:v>2479</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="C1240" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:3">
       <x:c r="A1241" s="0" t="s">
-        <x:v>2480</x:v>
+        <x:v>2482</x:v>
       </x:c>
       <x:c r="B1241" s="0" t="s">
-        <x:v>2481</x:v>
+        <x:v>2483</x:v>
       </x:c>
       <x:c r="C1241" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:3">
       <x:c r="A1242" s="0" t="s">
-        <x:v>2482</x:v>
+        <x:v>2484</x:v>
       </x:c>
       <x:c r="B1242" s="0" t="s">
-        <x:v>2483</x:v>
+        <x:v>2485</x:v>
       </x:c>
       <x:c r="C1242" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:3">
       <x:c r="A1243" s="0" t="s">
-        <x:v>2484</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="B1243" s="0" t="s">
-        <x:v>2485</x:v>
+        <x:v>2487</x:v>
       </x:c>
       <x:c r="C1243" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:3">
       <x:c r="A1244" s="0" t="s">
-        <x:v>2486</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="B1244" s="0" t="s">
-        <x:v>2487</x:v>
+        <x:v>2489</x:v>
       </x:c>
       <x:c r="C1244" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:3">
       <x:c r="A1245" s="0" t="s">
-        <x:v>2488</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="B1245" s="0" t="s">
-        <x:v>2489</x:v>
+        <x:v>2491</x:v>
       </x:c>
       <x:c r="C1245" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:3">
       <x:c r="A1246" s="0" t="s">
-        <x:v>2490</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="B1246" s="0" t="s">
-        <x:v>2491</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="C1246" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:3">
       <x:c r="A1247" s="0" t="s">
-        <x:v>2492</x:v>
+        <x:v>2494</x:v>
       </x:c>
       <x:c r="B1247" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2495</x:v>
       </x:c>
       <x:c r="C1247" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:3">
       <x:c r="A1248" s="0" t="s">
-        <x:v>2494</x:v>
+        <x:v>2496</x:v>
       </x:c>
       <x:c r="B1248" s="0" t="s">
-        <x:v>2495</x:v>
+        <x:v>2497</x:v>
       </x:c>
       <x:c r="C1248" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:3">
       <x:c r="A1249" s="0" t="s">
-        <x:v>2496</x:v>
+        <x:v>2498</x:v>
       </x:c>
       <x:c r="B1249" s="0" t="s">
-        <x:v>2497</x:v>
+        <x:v>2499</x:v>
       </x:c>
       <x:c r="C1249" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:3">
       <x:c r="A1250" s="0" t="s">
-        <x:v>2498</x:v>
+        <x:v>2500</x:v>
       </x:c>
       <x:c r="B1250" s="0" t="s">
-        <x:v>2499</x:v>
+        <x:v>2501</x:v>
       </x:c>
       <x:c r="C1250" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:3">
       <x:c r="A1251" s="0" t="s">
-        <x:v>2500</x:v>
+        <x:v>2502</x:v>
       </x:c>
       <x:c r="B1251" s="0" t="s">
-        <x:v>2501</x:v>
+        <x:v>2503</x:v>
       </x:c>
       <x:c r="C1251" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:3">
       <x:c r="A1252" s="0" t="s">
-        <x:v>2502</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="B1252" s="0" t="s">
-        <x:v>2503</x:v>
+        <x:v>2505</x:v>
       </x:c>
       <x:c r="C1252" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:3">
       <x:c r="A1253" s="0" t="s">
-        <x:v>2504</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="B1253" s="0" t="s">
-        <x:v>2505</x:v>
+        <x:v>2507</x:v>
       </x:c>
       <x:c r="C1253" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:3">
       <x:c r="A1254" s="0" t="s">
-        <x:v>2506</x:v>
+        <x:v>2508</x:v>
       </x:c>
       <x:c r="B1254" s="0" t="s">
-        <x:v>2507</x:v>
+        <x:v>2509</x:v>
       </x:c>
       <x:c r="C1254" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:3">
       <x:c r="A1255" s="0" t="s">
-        <x:v>2508</x:v>
+        <x:v>2510</x:v>
       </x:c>
       <x:c r="B1255" s="0" t="s">
-        <x:v>2509</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="C1255" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:3">
       <x:c r="A1256" s="0" t="s">
-        <x:v>2510</x:v>
+        <x:v>2512</x:v>
       </x:c>
       <x:c r="B1256" s="0" t="s">
-        <x:v>2511</x:v>
+        <x:v>2513</x:v>
       </x:c>
       <x:c r="C1256" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:3">
       <x:c r="A1257" s="0" t="s">
-        <x:v>2512</x:v>
+        <x:v>2514</x:v>
       </x:c>
       <x:c r="B1257" s="0" t="s">
-        <x:v>2513</x:v>
+        <x:v>2515</x:v>
       </x:c>
       <x:c r="C1257" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:3">
       <x:c r="A1258" s="0" t="s">
-        <x:v>2514</x:v>
+        <x:v>2516</x:v>
       </x:c>
       <x:c r="B1258" s="0" t="s">
-        <x:v>2515</x:v>
+        <x:v>2517</x:v>
       </x:c>
       <x:c r="C1258" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:3">
       <x:c r="A1259" s="0" t="s">
-        <x:v>2516</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="B1259" s="0" t="s">
-        <x:v>2517</x:v>
+        <x:v>2519</x:v>
       </x:c>
       <x:c r="C1259" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:3">
       <x:c r="A1260" s="0" t="s">
-        <x:v>2518</x:v>
+        <x:v>2520</x:v>
       </x:c>
       <x:c r="B1260" s="0" t="s">
-        <x:v>2519</x:v>
+        <x:v>2521</x:v>
       </x:c>
       <x:c r="C1260" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:3">
       <x:c r="A1261" s="0" t="s">
-        <x:v>2520</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="B1261" s="0" t="s">
-        <x:v>2521</x:v>
+        <x:v>2523</x:v>
       </x:c>
       <x:c r="C1261" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:3">
       <x:c r="A1262" s="0" t="s">
-        <x:v>2522</x:v>
+        <x:v>2524</x:v>
       </x:c>
       <x:c r="B1262" s="0" t="s">
-        <x:v>2523</x:v>
+        <x:v>2525</x:v>
       </x:c>
       <x:c r="C1262" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:3">
       <x:c r="A1263" s="0" t="s">
-        <x:v>2524</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="B1263" s="0" t="s">
-        <x:v>2525</x:v>
+        <x:v>2527</x:v>
       </x:c>
       <x:c r="C1263" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:3">
       <x:c r="A1264" s="0" t="s">
-        <x:v>2526</x:v>
+        <x:v>2528</x:v>
       </x:c>
       <x:c r="B1264" s="0" t="s">
-        <x:v>2527</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="C1264" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:3">
       <x:c r="A1265" s="0" t="s">
-        <x:v>2528</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="B1265" s="0" t="s">
-        <x:v>2529</x:v>
+        <x:v>2531</x:v>
       </x:c>
       <x:c r="C1265" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:3">
       <x:c r="A1266" s="0" t="s">
-        <x:v>2530</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="B1266" s="0" t="s">
-        <x:v>2531</x:v>
+        <x:v>2533</x:v>
       </x:c>
       <x:c r="C1266" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:3">
       <x:c r="A1267" s="0" t="s">
-        <x:v>2532</x:v>
+        <x:v>2534</x:v>
       </x:c>
       <x:c r="B1267" s="0" t="s">
-        <x:v>2533</x:v>
+        <x:v>2535</x:v>
       </x:c>
       <x:c r="C1267" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:3">
       <x:c r="A1268" s="0" t="s">
-        <x:v>2534</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="B1268" s="0" t="s">
-        <x:v>2535</x:v>
+        <x:v>2537</x:v>
       </x:c>
       <x:c r="C1268" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:3">
       <x:c r="A1269" s="0" t="s">
-        <x:v>2536</x:v>
+        <x:v>2538</x:v>
       </x:c>
       <x:c r="B1269" s="0" t="s">
-        <x:v>2537</x:v>
+        <x:v>2539</x:v>
       </x:c>
       <x:c r="C1269" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:3">
       <x:c r="A1270" s="0" t="s">
-        <x:v>2538</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="B1270" s="0" t="s">
-        <x:v>2539</x:v>
+        <x:v>2541</x:v>
       </x:c>
       <x:c r="C1270" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:3">
       <x:c r="A1271" s="0" t="s">
-        <x:v>2540</x:v>
+        <x:v>2542</x:v>
       </x:c>
       <x:c r="B1271" s="0" t="s">
-        <x:v>2541</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="C1271" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:3">
       <x:c r="A1272" s="0" t="s">
-        <x:v>2542</x:v>
+        <x:v>2544</x:v>
       </x:c>
       <x:c r="B1272" s="0" t="s">
-        <x:v>2543</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="C1272" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:3">
       <x:c r="A1273" s="0" t="s">
-        <x:v>2544</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="B1273" s="0" t="s">
-        <x:v>2545</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="C1273" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:3">
       <x:c r="A1274" s="0" t="s">
-        <x:v>2546</x:v>
+        <x:v>2548</x:v>
       </x:c>
       <x:c r="B1274" s="0" t="s">
-        <x:v>2547</x:v>
+        <x:v>2549</x:v>
       </x:c>
       <x:c r="C1274" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:3">
       <x:c r="A1275" s="0" t="s">
-        <x:v>2548</x:v>
+        <x:v>2550</x:v>
       </x:c>
       <x:c r="B1275" s="0" t="s">
-        <x:v>2549</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="C1275" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:3">
       <x:c r="A1276" s="0" t="s">
-        <x:v>2550</x:v>
+        <x:v>2552</x:v>
       </x:c>
       <x:c r="B1276" s="0" t="s">
-        <x:v>2551</x:v>
+        <x:v>2553</x:v>
       </x:c>
       <x:c r="C1276" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:3">
       <x:c r="A1277" s="0" t="s">
-        <x:v>2552</x:v>
+        <x:v>2554</x:v>
       </x:c>
       <x:c r="B1277" s="0" t="s">
-        <x:v>2553</x:v>
+        <x:v>2555</x:v>
       </x:c>
       <x:c r="C1277" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:3">
       <x:c r="A1278" s="0" t="s">
-        <x:v>2554</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="B1278" s="0" t="s">
-        <x:v>2555</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="C1278" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:3">
       <x:c r="A1279" s="0" t="s">
-        <x:v>2556</x:v>
+        <x:v>2558</x:v>
       </x:c>
       <x:c r="B1279" s="0" t="s">
-        <x:v>2557</x:v>
+        <x:v>2559</x:v>
       </x:c>
       <x:c r="C1279" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:3">
       <x:c r="A1280" s="0" t="s">
-        <x:v>2558</x:v>
+        <x:v>2560</x:v>
       </x:c>
       <x:c r="B1280" s="0" t="s">
-        <x:v>2559</x:v>
+        <x:v>2561</x:v>
       </x:c>
       <x:c r="C1280" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:3">
       <x:c r="A1281" s="0" t="s">
-        <x:v>2560</x:v>
+        <x:v>2562</x:v>
       </x:c>
       <x:c r="B1281" s="0" t="s">
-        <x:v>2561</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="C1281" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:3">
       <x:c r="A1282" s="0" t="s">
-        <x:v>2562</x:v>
+        <x:v>2564</x:v>
       </x:c>
       <x:c r="B1282" s="0" t="s">
-        <x:v>2563</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="C1282" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:3">
       <x:c r="A1283" s="0" t="s">
-        <x:v>2564</x:v>
+        <x:v>2566</x:v>
       </x:c>
       <x:c r="B1283" s="0" t="s">
-        <x:v>2565</x:v>
+        <x:v>2567</x:v>
       </x:c>
       <x:c r="C1283" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:3">
       <x:c r="A1284" s="0" t="s">
-        <x:v>2566</x:v>
+        <x:v>2568</x:v>
       </x:c>
       <x:c r="B1284" s="0" t="s">
-        <x:v>2567</x:v>
+        <x:v>2569</x:v>
       </x:c>
       <x:c r="C1284" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:3">
       <x:c r="A1285" s="0" t="s">
-        <x:v>2568</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="B1285" s="0" t="s">
-        <x:v>2569</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="C1285" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:3">
       <x:c r="A1286" s="0" t="s">
-        <x:v>2570</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="B1286" s="0" t="s">
-        <x:v>2571</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="C1286" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:3">
       <x:c r="A1287" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="B1287" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="C1287" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:3">
       <x:c r="A1288" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="B1288" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="C1288" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:3">
       <x:c r="A1289" s="0" t="s">
-        <x:v>2576</x:v>
+        <x:v>2578</x:v>
       </x:c>
       <x:c r="B1289" s="0" t="s">
-        <x:v>2577</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="C1289" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:3">
       <x:c r="A1290" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2580</x:v>
       </x:c>
       <x:c r="B1290" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2581</x:v>
       </x:c>
       <x:c r="C1290" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:3">
       <x:c r="A1291" s="0" t="s">
-        <x:v>2580</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="B1291" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="C1291" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:3">
       <x:c r="A1292" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="B1292" s="0" t="s">
-        <x:v>2583</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="C1292" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:3">
       <x:c r="A1293" s="0" t="s">
-        <x:v>2584</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="B1293" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2587</x:v>
       </x:c>
       <x:c r="C1293" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:3">
       <x:c r="A1294" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2588</x:v>
       </x:c>
       <x:c r="B1294" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="C1294" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:3">
       <x:c r="A1295" s="0" t="s">
-        <x:v>2588</x:v>
+        <x:v>2590</x:v>
       </x:c>
       <x:c r="B1295" s="0" t="s">
-        <x:v>2589</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="C1295" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:3">
       <x:c r="A1296" s="0" t="s">
-        <x:v>2590</x:v>
+        <x:v>2592</x:v>
       </x:c>
       <x:c r="B1296" s="0" t="s">
-        <x:v>2591</x:v>
+        <x:v>2593</x:v>
       </x:c>
       <x:c r="C1296" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:3">
       <x:c r="A1297" s="0" t="s">
-        <x:v>2592</x:v>
+        <x:v>2594</x:v>
       </x:c>
       <x:c r="B1297" s="0" t="s">
-        <x:v>2593</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="C1297" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:3">
       <x:c r="A1298" s="0" t="s">
-        <x:v>2594</x:v>
+        <x:v>2596</x:v>
       </x:c>
       <x:c r="B1298" s="0" t="s">
-        <x:v>2595</x:v>
+        <x:v>2597</x:v>
       </x:c>
       <x:c r="C1298" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:3">
       <x:c r="A1299" s="0" t="s">
-        <x:v>2596</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="B1299" s="0" t="s">
-        <x:v>2597</x:v>
+        <x:v>2599</x:v>
       </x:c>
       <x:c r="C1299" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:3">
       <x:c r="A1300" s="0" t="s">
-        <x:v>2598</x:v>
+        <x:v>2600</x:v>
       </x:c>
       <x:c r="B1300" s="0" t="s">
-        <x:v>2599</x:v>
+        <x:v>2601</x:v>
       </x:c>
       <x:c r="C1300" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:3">
       <x:c r="A1301" s="0" t="s">
-        <x:v>2600</x:v>
+        <x:v>2602</x:v>
       </x:c>
       <x:c r="B1301" s="0" t="s">
-        <x:v>2601</x:v>
+        <x:v>2603</x:v>
       </x:c>
       <x:c r="C1301" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:3">
       <x:c r="A1302" s="0" t="s">
-        <x:v>2602</x:v>
+        <x:v>2604</x:v>
       </x:c>
       <x:c r="B1302" s="0" t="s">
-        <x:v>2603</x:v>
+        <x:v>2605</x:v>
       </x:c>
       <x:c r="C1302" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:3">
       <x:c r="A1303" s="0" t="s">
-        <x:v>2604</x:v>
+        <x:v>2606</x:v>
       </x:c>
       <x:c r="B1303" s="0" t="s">
-        <x:v>2605</x:v>
+        <x:v>2607</x:v>
       </x:c>
       <x:c r="C1303" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:3">
       <x:c r="A1304" s="0" t="s">
-        <x:v>2606</x:v>
+        <x:v>2608</x:v>
       </x:c>
       <x:c r="B1304" s="0" t="s">
-        <x:v>2607</x:v>
+        <x:v>2609</x:v>
       </x:c>
       <x:c r="C1304" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:3">
       <x:c r="A1305" s="0" t="s">
-        <x:v>2608</x:v>
+        <x:v>2610</x:v>
       </x:c>
       <x:c r="B1305" s="0" t="s">
-        <x:v>2609</x:v>
+        <x:v>2611</x:v>
       </x:c>
       <x:c r="C1305" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:3">
       <x:c r="A1306" s="0" t="s">
-        <x:v>2610</x:v>
+        <x:v>2612</x:v>
       </x:c>
       <x:c r="B1306" s="0" t="s">
-        <x:v>2611</x:v>
+        <x:v>2613</x:v>
       </x:c>
       <x:c r="C1306" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:3">
       <x:c r="A1307" s="0" t="s">
-        <x:v>2612</x:v>
+        <x:v>2614</x:v>
       </x:c>
       <x:c r="B1307" s="0" t="s">
-        <x:v>2613</x:v>
+        <x:v>2615</x:v>
       </x:c>
       <x:c r="C1307" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:3">
       <x:c r="A1308" s="0" t="s">
-        <x:v>2614</x:v>
+        <x:v>2616</x:v>
       </x:c>
       <x:c r="B1308" s="0" t="s">
-        <x:v>2615</x:v>
+        <x:v>2617</x:v>
       </x:c>
       <x:c r="C1308" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:3">
       <x:c r="A1309" s="0" t="s">
-        <x:v>2616</x:v>
+        <x:v>2618</x:v>
       </x:c>
       <x:c r="B1309" s="0" t="s">
-        <x:v>2617</x:v>
+        <x:v>2619</x:v>
       </x:c>
       <x:c r="C1309" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:3">
       <x:c r="A1310" s="0" t="s">
-        <x:v>2618</x:v>
+        <x:v>2620</x:v>
       </x:c>
       <x:c r="B1310" s="0" t="s">
-        <x:v>2619</x:v>
+        <x:v>2621</x:v>
       </x:c>
       <x:c r="C1310" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:3">
       <x:c r="A1311" s="0" t="s">
-        <x:v>2620</x:v>
+        <x:v>2622</x:v>
       </x:c>
       <x:c r="B1311" s="0" t="s">
-        <x:v>2621</x:v>
+        <x:v>2623</x:v>
       </x:c>
       <x:c r="C1311" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:3">
       <x:c r="A1312" s="0" t="s">
-        <x:v>2622</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="B1312" s="0" t="s">
-        <x:v>2623</x:v>
+        <x:v>2625</x:v>
       </x:c>
       <x:c r="C1312" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:3">
       <x:c r="A1313" s="0" t="s">
-        <x:v>2624</x:v>
+        <x:v>2626</x:v>
       </x:c>
       <x:c r="B1313" s="0" t="s">
-        <x:v>2625</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="C1313" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:3">
       <x:c r="A1314" s="0" t="s">
-        <x:v>2626</x:v>
+        <x:v>2628</x:v>
       </x:c>
       <x:c r="B1314" s="0" t="s">
-        <x:v>2627</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="C1314" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:3">
       <x:c r="A1315" s="0" t="s">
-        <x:v>2628</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="B1315" s="0" t="s">
-        <x:v>2629</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="C1315" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:3">
       <x:c r="A1316" s="0" t="s">
-        <x:v>2630</x:v>
+        <x:v>2632</x:v>
       </x:c>
       <x:c r="B1316" s="0" t="s">
-        <x:v>2631</x:v>
+        <x:v>2633</x:v>
       </x:c>
       <x:c r="C1316" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:3">
       <x:c r="A1317" s="0" t="s">
-        <x:v>2632</x:v>
+        <x:v>2634</x:v>
       </x:c>
       <x:c r="B1317" s="0" t="s">
-        <x:v>2633</x:v>
+        <x:v>2635</x:v>
       </x:c>
       <x:c r="C1317" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:3">
       <x:c r="A1318" s="0" t="s">
-        <x:v>2634</x:v>
+        <x:v>2636</x:v>
       </x:c>
       <x:c r="B1318" s="0" t="s">
-        <x:v>2635</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="C1318" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:3">
       <x:c r="A1319" s="0" t="s">
-        <x:v>2636</x:v>
+        <x:v>2638</x:v>
       </x:c>
       <x:c r="B1319" s="0" t="s">
-        <x:v>2637</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="C1319" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:3">
       <x:c r="A1320" s="0" t="s">
-        <x:v>2638</x:v>
+        <x:v>2640</x:v>
       </x:c>
       <x:c r="B1320" s="0" t="s">
-        <x:v>2639</x:v>
+        <x:v>2641</x:v>
       </x:c>
       <x:c r="C1320" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:3">
       <x:c r="A1321" s="0" t="s">
-        <x:v>2640</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="B1321" s="0" t="s">
-        <x:v>2641</x:v>
+        <x:v>2643</x:v>
       </x:c>
       <x:c r="C1321" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:3">
       <x:c r="A1322" s="0" t="s">
-        <x:v>2642</x:v>
+        <x:v>2644</x:v>
       </x:c>
       <x:c r="B1322" s="0" t="s">
-        <x:v>2643</x:v>
+        <x:v>2645</x:v>
       </x:c>
       <x:c r="C1322" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:3">
       <x:c r="A1323" s="0" t="s">
-        <x:v>2644</x:v>
+        <x:v>2646</x:v>
       </x:c>
       <x:c r="B1323" s="0" t="s">
-        <x:v>2645</x:v>
+        <x:v>2647</x:v>
       </x:c>
       <x:c r="C1323" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:3">
       <x:c r="A1324" s="0" t="s">
-        <x:v>2646</x:v>
+        <x:v>2648</x:v>
       </x:c>
       <x:c r="B1324" s="0" t="s">
-        <x:v>2647</x:v>
+        <x:v>2649</x:v>
       </x:c>
       <x:c r="C1324" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:3">
       <x:c r="A1325" s="0" t="s">
-        <x:v>2648</x:v>
+        <x:v>2650</x:v>
       </x:c>
       <x:c r="B1325" s="0" t="s">
-        <x:v>2649</x:v>
+        <x:v>2651</x:v>
       </x:c>
       <x:c r="C1325" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:3">
       <x:c r="A1326" s="0" t="s">
-        <x:v>2650</x:v>
+        <x:v>2652</x:v>
       </x:c>
       <x:c r="B1326" s="0" t="s">
-        <x:v>2651</x:v>
+        <x:v>2653</x:v>
       </x:c>
       <x:c r="C1326" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:3">
       <x:c r="A1327" s="0" t="s">
-        <x:v>2652</x:v>
+        <x:v>2654</x:v>
       </x:c>
       <x:c r="B1327" s="0" t="s">
-        <x:v>2653</x:v>
+        <x:v>2655</x:v>
       </x:c>
       <x:c r="C1327" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:3">
       <x:c r="A1328" s="0" t="s">
-        <x:v>2654</x:v>
+        <x:v>2656</x:v>
       </x:c>
       <x:c r="B1328" s="0" t="s">
-        <x:v>2655</x:v>
+        <x:v>2657</x:v>
       </x:c>
       <x:c r="C1328" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:3">
       <x:c r="A1329" s="0" t="s">
-        <x:v>2656</x:v>
+        <x:v>2658</x:v>
       </x:c>
       <x:c r="B1329" s="0" t="s">
-        <x:v>2657</x:v>
+        <x:v>2659</x:v>
       </x:c>
       <x:c r="C1329" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:3">
       <x:c r="A1330" s="0" t="s">
-        <x:v>2658</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="B1330" s="0" t="s">
-        <x:v>2659</x:v>
+        <x:v>2661</x:v>
       </x:c>
       <x:c r="C1330" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:3">
       <x:c r="A1331" s="0" t="s">
-        <x:v>2660</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="B1331" s="0" t="s">
-        <x:v>2661</x:v>
+        <x:v>2663</x:v>
       </x:c>
       <x:c r="C1331" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:3">
       <x:c r="A1332" s="0" t="s">
-        <x:v>2662</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="B1332" s="0" t="s">
-        <x:v>2663</x:v>
+        <x:v>2665</x:v>
       </x:c>
       <x:c r="C1332" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:3">
       <x:c r="A1333" s="0" t="s">
-        <x:v>2664</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="B1333" s="0" t="s">
-        <x:v>2665</x:v>
+        <x:v>2667</x:v>
       </x:c>
       <x:c r="C1333" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:3">
       <x:c r="A1334" s="0" t="s">
-        <x:v>2666</x:v>
+        <x:v>2668</x:v>
       </x:c>
       <x:c r="B1334" s="0" t="s">
-        <x:v>2667</x:v>
+        <x:v>2669</x:v>
       </x:c>
       <x:c r="C1334" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:3">
       <x:c r="A1335" s="0" t="s">
-        <x:v>2668</x:v>
+        <x:v>2670</x:v>
       </x:c>
       <x:c r="B1335" s="0" t="s">
-        <x:v>2669</x:v>
+        <x:v>2671</x:v>
       </x:c>
       <x:c r="C1335" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:3">
       <x:c r="A1336" s="0" t="s">
-        <x:v>2670</x:v>
+        <x:v>2672</x:v>
       </x:c>
       <x:c r="B1336" s="0" t="s">
-        <x:v>2671</x:v>
+        <x:v>2673</x:v>
       </x:c>
       <x:c r="C1336" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:3">
       <x:c r="A1337" s="0" t="s">
-        <x:v>2672</x:v>
+        <x:v>2674</x:v>
       </x:c>
       <x:c r="B1337" s="0" t="s">
-        <x:v>2673</x:v>
+        <x:v>2675</x:v>
       </x:c>
       <x:c r="C1337" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:3">
       <x:c r="A1338" s="0" t="s">
-        <x:v>2674</x:v>
+        <x:v>2676</x:v>
       </x:c>
       <x:c r="B1338" s="0" t="s">
-        <x:v>2675</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="C1338" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:3">
       <x:c r="A1339" s="0" t="s">
-        <x:v>2676</x:v>
+        <x:v>2678</x:v>
       </x:c>
       <x:c r="B1339" s="0" t="s">
-        <x:v>2677</x:v>
+        <x:v>2679</x:v>
       </x:c>
       <x:c r="C1339" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:3">
       <x:c r="A1340" s="0" t="s">
-        <x:v>2678</x:v>
+        <x:v>2680</x:v>
       </x:c>
       <x:c r="B1340" s="0" t="s">
-        <x:v>2679</x:v>
+        <x:v>2681</x:v>
       </x:c>
       <x:c r="C1340" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:3">
       <x:c r="A1341" s="0" t="s">
-        <x:v>2680</x:v>
+        <x:v>2682</x:v>
       </x:c>
       <x:c r="B1341" s="0" t="s">
-        <x:v>2681</x:v>
+        <x:v>2683</x:v>
       </x:c>
       <x:c r="C1341" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:3">
       <x:c r="A1342" s="0" t="s">
-        <x:v>2682</x:v>
+        <x:v>2684</x:v>
       </x:c>
       <x:c r="B1342" s="0" t="s">
-        <x:v>2683</x:v>
+        <x:v>2685</x:v>
       </x:c>
       <x:c r="C1342" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:3">
       <x:c r="A1343" s="0" t="s">
-        <x:v>2684</x:v>
+        <x:v>2686</x:v>
       </x:c>
       <x:c r="B1343" s="0" t="s">
-        <x:v>2685</x:v>
+        <x:v>2687</x:v>
       </x:c>
       <x:c r="C1343" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:3">
       <x:c r="A1344" s="0" t="s">
-        <x:v>2686</x:v>
+        <x:v>2688</x:v>
       </x:c>
       <x:c r="B1344" s="0" t="s">
-        <x:v>2687</x:v>
+        <x:v>2689</x:v>
       </x:c>
       <x:c r="C1344" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:3">
       <x:c r="A1345" s="0" t="s">
-        <x:v>2688</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="B1345" s="0" t="s">
-        <x:v>2689</x:v>
+        <x:v>2691</x:v>
       </x:c>
       <x:c r="C1345" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:3">
       <x:c r="A1346" s="0" t="s">
-        <x:v>2690</x:v>
+        <x:v>2692</x:v>
       </x:c>
       <x:c r="B1346" s="0" t="s">
-        <x:v>2691</x:v>
+        <x:v>2693</x:v>
       </x:c>
       <x:c r="C1346" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:3">
       <x:c r="A1347" s="0" t="s">
-        <x:v>2692</x:v>
+        <x:v>2694</x:v>
       </x:c>
       <x:c r="B1347" s="0" t="s">
-        <x:v>2693</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="C1347" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:3">
       <x:c r="A1348" s="0" t="s">
-        <x:v>2694</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="B1348" s="0" t="s">
-        <x:v>2695</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="C1348" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:3">
       <x:c r="A1349" s="0" t="s">
-        <x:v>2696</x:v>
+        <x:v>2698</x:v>
       </x:c>
       <x:c r="B1349" s="0" t="s">
-        <x:v>2697</x:v>
+        <x:v>2699</x:v>
       </x:c>
       <x:c r="C1349" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:3">
       <x:c r="A1350" s="0" t="s">
-        <x:v>2698</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="B1350" s="0" t="s">
-        <x:v>2699</x:v>
+        <x:v>2701</x:v>
       </x:c>
       <x:c r="C1350" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:3">
       <x:c r="A1351" s="0" t="s">
-        <x:v>2700</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="B1351" s="0" t="s">
-        <x:v>2701</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="C1351" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:3">
       <x:c r="A1352" s="0" t="s">
-        <x:v>2702</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="B1352" s="0" t="s">
-        <x:v>2703</x:v>
+        <x:v>2705</x:v>
       </x:c>
       <x:c r="C1352" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:3">
       <x:c r="A1353" s="0" t="s">
-        <x:v>2704</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="B1353" s="0" t="s">
-        <x:v>2705</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="C1353" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:3">
       <x:c r="A1354" s="0" t="s">
-        <x:v>2706</x:v>
+        <x:v>2708</x:v>
       </x:c>
       <x:c r="B1354" s="0" t="s">
-        <x:v>2707</x:v>
+        <x:v>2709</x:v>
       </x:c>
       <x:c r="C1354" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:3">
       <x:c r="A1355" s="0" t="s">
-        <x:v>2708</x:v>
+        <x:v>2710</x:v>
       </x:c>
       <x:c r="B1355" s="0" t="s">
-        <x:v>2709</x:v>
+        <x:v>2711</x:v>
       </x:c>
       <x:c r="C1355" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:3">
       <x:c r="A1356" s="0" t="s">
-        <x:v>2710</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="B1356" s="0" t="s">
-        <x:v>2711</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="C1356" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:3">
       <x:c r="A1357" s="0" t="s">
-        <x:v>2712</x:v>
+        <x:v>2714</x:v>
       </x:c>
       <x:c r="B1357" s="0" t="s">
-        <x:v>2713</x:v>
+        <x:v>2715</x:v>
       </x:c>
       <x:c r="C1357" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:3">
       <x:c r="A1358" s="0" t="s">
-        <x:v>2714</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="B1358" s="0" t="s">
-        <x:v>2715</x:v>
+        <x:v>2717</x:v>
       </x:c>
       <x:c r="C1358" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:3">
       <x:c r="A1359" s="0" t="s">
-        <x:v>2716</x:v>
+        <x:v>2718</x:v>
       </x:c>
       <x:c r="B1359" s="0" t="s">
-        <x:v>2717</x:v>
+        <x:v>2719</x:v>
       </x:c>
       <x:c r="C1359" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:3">
       <x:c r="A1360" s="0" t="s">
-        <x:v>2718</x:v>
+        <x:v>2720</x:v>
       </x:c>
       <x:c r="B1360" s="0" t="s">
-        <x:v>2719</x:v>
+        <x:v>2721</x:v>
       </x:c>
       <x:c r="C1360" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:3">
       <x:c r="A1361" s="0" t="s">
-        <x:v>2720</x:v>
+        <x:v>2722</x:v>
       </x:c>
       <x:c r="B1361" s="0" t="s">
-        <x:v>2721</x:v>
+        <x:v>2723</x:v>
       </x:c>
       <x:c r="C1361" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:3">
       <x:c r="A1362" s="0" t="s">
-        <x:v>2722</x:v>
+        <x:v>2724</x:v>
       </x:c>
       <x:c r="B1362" s="0" t="s">
-        <x:v>2723</x:v>
+        <x:v>2725</x:v>
       </x:c>
       <x:c r="C1362" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:3">
       <x:c r="A1363" s="0" t="s">
-        <x:v>2724</x:v>
+        <x:v>2726</x:v>
       </x:c>
       <x:c r="B1363" s="0" t="s">
-        <x:v>2725</x:v>
+        <x:v>2727</x:v>
       </x:c>
       <x:c r="C1363" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:3">
       <x:c r="A1364" s="0" t="s">
-        <x:v>2726</x:v>
+        <x:v>2728</x:v>
       </x:c>
       <x:c r="B1364" s="0" t="s">
-        <x:v>2727</x:v>
+        <x:v>2729</x:v>
       </x:c>
       <x:c r="C1364" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:3">
       <x:c r="A1365" s="0" t="s">
-        <x:v>2728</x:v>
+        <x:v>2730</x:v>
       </x:c>
       <x:c r="B1365" s="0" t="s">
-        <x:v>2729</x:v>
+        <x:v>2731</x:v>
       </x:c>
       <x:c r="C1365" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:3">
       <x:c r="A1366" s="0" t="s">
-        <x:v>2730</x:v>
+        <x:v>2732</x:v>
       </x:c>
       <x:c r="B1366" s="0" t="s">
-        <x:v>2731</x:v>
+        <x:v>2733</x:v>
       </x:c>
       <x:c r="C1366" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:3">
       <x:c r="A1367" s="0" t="s">
-        <x:v>2732</x:v>
+        <x:v>2734</x:v>
       </x:c>
       <x:c r="B1367" s="0" t="s">
-        <x:v>2733</x:v>
+        <x:v>2735</x:v>
       </x:c>
       <x:c r="C1367" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:3">
       <x:c r="A1368" s="0" t="s">
-        <x:v>2734</x:v>
+        <x:v>2736</x:v>
       </x:c>
       <x:c r="B1368" s="0" t="s">
-        <x:v>2735</x:v>
+        <x:v>2737</x:v>
       </x:c>
       <x:c r="C1368" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:3">
       <x:c r="A1369" s="0" t="s">
-        <x:v>2736</x:v>
+        <x:v>2738</x:v>
       </x:c>
       <x:c r="B1369" s="0" t="s">
-        <x:v>2737</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="C1369" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:3">
       <x:c r="A1370" s="0" t="s">
-        <x:v>2738</x:v>
+        <x:v>2740</x:v>
       </x:c>
       <x:c r="B1370" s="0" t="s">
-        <x:v>2739</x:v>
+        <x:v>2741</x:v>
       </x:c>
       <x:c r="C1370" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:3">
       <x:c r="A1371" s="0" t="s">
-        <x:v>2740</x:v>
+        <x:v>2742</x:v>
       </x:c>
       <x:c r="B1371" s="0" t="s">
-        <x:v>2741</x:v>
+        <x:v>2743</x:v>
       </x:c>
       <x:c r="C1371" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:3">
       <x:c r="A1372" s="0" t="s">
-        <x:v>2742</x:v>
+        <x:v>2744</x:v>
       </x:c>
       <x:c r="B1372" s="0" t="s">
-        <x:v>2743</x:v>
+        <x:v>2745</x:v>
       </x:c>
       <x:c r="C1372" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:3">
       <x:c r="A1373" s="0" t="s">
-        <x:v>2744</x:v>
+        <x:v>2746</x:v>
       </x:c>
       <x:c r="B1373" s="0" t="s">
-        <x:v>2745</x:v>
+        <x:v>2747</x:v>
       </x:c>
       <x:c r="C1373" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:3">
       <x:c r="A1374" s="0" t="s">
-        <x:v>2746</x:v>
+        <x:v>2748</x:v>
       </x:c>
       <x:c r="B1374" s="0" t="s">
-        <x:v>2747</x:v>
+        <x:v>2749</x:v>
       </x:c>
       <x:c r="C1374" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:3">
       <x:c r="A1375" s="0" t="s">
-        <x:v>2748</x:v>
+        <x:v>2750</x:v>
       </x:c>
       <x:c r="B1375" s="0" t="s">
-        <x:v>2749</x:v>
+        <x:v>2751</x:v>
       </x:c>
       <x:c r="C1375" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:3">
       <x:c r="A1376" s="0" t="s">
-        <x:v>2750</x:v>
+        <x:v>2752</x:v>
       </x:c>
       <x:c r="B1376" s="0" t="s">
-        <x:v>2751</x:v>
+        <x:v>2753</x:v>
       </x:c>
       <x:c r="C1376" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:3">
       <x:c r="A1377" s="0" t="s">
-        <x:v>2752</x:v>
+        <x:v>2754</x:v>
       </x:c>
       <x:c r="B1377" s="0" t="s">
-        <x:v>2753</x:v>
+        <x:v>2755</x:v>
       </x:c>
       <x:c r="C1377" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:3">
       <x:c r="A1378" s="0" t="s">
-        <x:v>2754</x:v>
+        <x:v>2756</x:v>
       </x:c>
       <x:c r="B1378" s="0" t="s">
-        <x:v>2755</x:v>
+        <x:v>2757</x:v>
       </x:c>
       <x:c r="C1378" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:3">
       <x:c r="A1379" s="0" t="s">
-        <x:v>2756</x:v>
+        <x:v>2758</x:v>
       </x:c>
       <x:c r="B1379" s="0" t="s">
-        <x:v>2757</x:v>
+        <x:v>2759</x:v>
       </x:c>
       <x:c r="C1379" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:3">
       <x:c r="A1380" s="0" t="s">
-        <x:v>2758</x:v>
+        <x:v>2760</x:v>
       </x:c>
       <x:c r="B1380" s="0" t="s">
-        <x:v>2759</x:v>
+        <x:v>2761</x:v>
       </x:c>
       <x:c r="C1380" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:3">
       <x:c r="A1381" s="0" t="s">
-        <x:v>2760</x:v>
+        <x:v>2762</x:v>
       </x:c>
       <x:c r="B1381" s="0" t="s">
-        <x:v>2761</x:v>
+        <x:v>2763</x:v>
       </x:c>
       <x:c r="C1381" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:3">
       <x:c r="A1382" s="0" t="s">
-        <x:v>2762</x:v>
+        <x:v>2764</x:v>
       </x:c>
       <x:c r="B1382" s="0" t="s">
-        <x:v>2763</x:v>
+        <x:v>2765</x:v>
       </x:c>
       <x:c r="C1382" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:3">
       <x:c r="A1383" s="0" t="s">
-        <x:v>2764</x:v>
+        <x:v>2766</x:v>
       </x:c>
       <x:c r="B1383" s="0" t="s">
-        <x:v>2765</x:v>
+        <x:v>2767</x:v>
       </x:c>
       <x:c r="C1383" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:3">
       <x:c r="A1384" s="0" t="s">
-        <x:v>2766</x:v>
+        <x:v>2768</x:v>
       </x:c>
       <x:c r="B1384" s="0" t="s">
-        <x:v>2767</x:v>
+        <x:v>2769</x:v>
       </x:c>
       <x:c r="C1384" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:3">
       <x:c r="A1385" s="0" t="s">
-        <x:v>2768</x:v>
+        <x:v>2770</x:v>
       </x:c>
       <x:c r="B1385" s="0" t="s">
-        <x:v>2769</x:v>
+        <x:v>2771</x:v>
       </x:c>
       <x:c r="C1385" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:3">
       <x:c r="A1386" s="0" t="s">
-        <x:v>2770</x:v>
+        <x:v>2772</x:v>
       </x:c>
       <x:c r="B1386" s="0" t="s">
-        <x:v>2771</x:v>
+        <x:v>2773</x:v>
       </x:c>
       <x:c r="C1386" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:3">
       <x:c r="A1387" s="0" t="s">
-        <x:v>2772</x:v>
+        <x:v>2774</x:v>
       </x:c>
       <x:c r="B1387" s="0" t="s">
-        <x:v>2773</x:v>
+        <x:v>2775</x:v>
       </x:c>
       <x:c r="C1387" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:3">
       <x:c r="A1388" s="0" t="s">
-        <x:v>2774</x:v>
+        <x:v>2776</x:v>
       </x:c>
       <x:c r="B1388" s="0" t="s">
-        <x:v>2775</x:v>
+        <x:v>2777</x:v>
       </x:c>
       <x:c r="C1388" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:3">
       <x:c r="A1389" s="0" t="s">
-        <x:v>2776</x:v>
+        <x:v>2778</x:v>
       </x:c>
       <x:c r="B1389" s="0" t="s">
-        <x:v>2777</x:v>
+        <x:v>2779</x:v>
       </x:c>
       <x:c r="C1389" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:3">
       <x:c r="A1390" s="0" t="s">
-        <x:v>2778</x:v>
+        <x:v>2780</x:v>
       </x:c>
       <x:c r="B1390" s="0" t="s">
-        <x:v>2779</x:v>
+        <x:v>2781</x:v>
       </x:c>
       <x:c r="C1390" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:3">
       <x:c r="A1391" s="0" t="s">
-        <x:v>2780</x:v>
+        <x:v>2782</x:v>
       </x:c>
       <x:c r="B1391" s="0" t="s">
-        <x:v>2781</x:v>
+        <x:v>2783</x:v>
       </x:c>
       <x:c r="C1391" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:3">
       <x:c r="A1392" s="0" t="s">
-        <x:v>2782</x:v>
+        <x:v>2784</x:v>
       </x:c>
       <x:c r="B1392" s="0" t="s">
-        <x:v>2783</x:v>
+        <x:v>2785</x:v>
       </x:c>
       <x:c r="C1392" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:3">
       <x:c r="A1393" s="0" t="s">
-        <x:v>2784</x:v>
+        <x:v>2786</x:v>
       </x:c>
       <x:c r="B1393" s="0" t="s">
-        <x:v>2785</x:v>
+        <x:v>2787</x:v>
       </x:c>
       <x:c r="C1393" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:3">
       <x:c r="A1394" s="0" t="s">
-        <x:v>2786</x:v>
+        <x:v>2788</x:v>
       </x:c>
       <x:c r="B1394" s="0" t="s">
-        <x:v>2787</x:v>
+        <x:v>2789</x:v>
       </x:c>
       <x:c r="C1394" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:3">
       <x:c r="A1395" s="0" t="s">
-        <x:v>2788</x:v>
+        <x:v>2790</x:v>
       </x:c>
       <x:c r="B1395" s="0" t="s">
-        <x:v>2789</x:v>
+        <x:v>2791</x:v>
       </x:c>
       <x:c r="C1395" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:3">
       <x:c r="A1396" s="0" t="s">
-        <x:v>2790</x:v>
+        <x:v>2792</x:v>
       </x:c>
       <x:c r="B1396" s="0" t="s">
-        <x:v>2791</x:v>
+        <x:v>2793</x:v>
       </x:c>
       <x:c r="C1396" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:3">
       <x:c r="A1397" s="0" t="s">
-        <x:v>2792</x:v>
+        <x:v>2794</x:v>
       </x:c>
       <x:c r="B1397" s="0" t="s">
-        <x:v>2793</x:v>
+        <x:v>2795</x:v>
       </x:c>
       <x:c r="C1397" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:3">
       <x:c r="A1398" s="0" t="s">
-        <x:v>2794</x:v>
+        <x:v>2796</x:v>
       </x:c>
       <x:c r="B1398" s="0" t="s">
-        <x:v>2795</x:v>
+        <x:v>2797</x:v>
       </x:c>
       <x:c r="C1398" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:3">
       <x:c r="A1399" s="0" t="s">
-        <x:v>2796</x:v>
+        <x:v>2798</x:v>
       </x:c>
       <x:c r="B1399" s="0" t="s">
-        <x:v>2797</x:v>
+        <x:v>2799</x:v>
       </x:c>
       <x:c r="C1399" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:3">
       <x:c r="A1400" s="0" t="s">
-        <x:v>2798</x:v>
+        <x:v>2800</x:v>
       </x:c>
       <x:c r="B1400" s="0" t="s">
-        <x:v>2799</x:v>
+        <x:v>2801</x:v>
       </x:c>
       <x:c r="C1400" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:3">
       <x:c r="A1401" s="0" t="s">
-        <x:v>2800</x:v>
+        <x:v>2802</x:v>
       </x:c>
       <x:c r="B1401" s="0" t="s">
-        <x:v>2801</x:v>
+        <x:v>2803</x:v>
       </x:c>
       <x:c r="C1401" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:3">
       <x:c r="A1402" s="0" t="s">
-        <x:v>2802</x:v>
+        <x:v>2804</x:v>
       </x:c>
       <x:c r="B1402" s="0" t="s">
-        <x:v>2803</x:v>
+        <x:v>2805</x:v>
       </x:c>
       <x:c r="C1402" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:3">
       <x:c r="A1403" s="0" t="s">
-        <x:v>2804</x:v>
+        <x:v>2806</x:v>
       </x:c>
       <x:c r="B1403" s="0" t="s">
-        <x:v>2805</x:v>
+        <x:v>2807</x:v>
       </x:c>
       <x:c r="C1403" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:3">
       <x:c r="A1404" s="0" t="s">
-        <x:v>2806</x:v>
+        <x:v>2808</x:v>
       </x:c>
       <x:c r="B1404" s="0" t="s">
-        <x:v>2807</x:v>
+        <x:v>2809</x:v>
       </x:c>
       <x:c r="C1404" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:3">
       <x:c r="A1405" s="0" t="s">
-        <x:v>2808</x:v>
+        <x:v>2810</x:v>
       </x:c>
       <x:c r="B1405" s="0" t="s">
-        <x:v>2809</x:v>
+        <x:v>2811</x:v>
       </x:c>
       <x:c r="C1405" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:3">
       <x:c r="A1406" s="0" t="s">
-        <x:v>2810</x:v>
+        <x:v>2812</x:v>
       </x:c>
       <x:c r="B1406" s="0" t="s">
-        <x:v>2811</x:v>
+        <x:v>2813</x:v>
       </x:c>
       <x:c r="C1406" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:3">
       <x:c r="A1407" s="0" t="s">
-        <x:v>2812</x:v>
+        <x:v>2814</x:v>
       </x:c>
       <x:c r="B1407" s="0" t="s">
-        <x:v>2813</x:v>
+        <x:v>2815</x:v>
       </x:c>
       <x:c r="C1407" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:3">
       <x:c r="A1408" s="0" t="s">
-        <x:v>2814</x:v>
+        <x:v>2816</x:v>
       </x:c>
       <x:c r="B1408" s="0" t="s">
-        <x:v>2815</x:v>
+        <x:v>2817</x:v>
       </x:c>
       <x:c r="C1408" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:3">
       <x:c r="A1409" s="0" t="s">
-        <x:v>2816</x:v>
+        <x:v>2818</x:v>
       </x:c>
       <x:c r="B1409" s="0" t="s">
-        <x:v>2817</x:v>
+        <x:v>2819</x:v>
       </x:c>
       <x:c r="C1409" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:3">
       <x:c r="A1410" s="0" t="s">
-        <x:v>2818</x:v>
+        <x:v>2820</x:v>
       </x:c>
       <x:c r="B1410" s="0" t="s">
-        <x:v>2819</x:v>
+        <x:v>2821</x:v>
       </x:c>
       <x:c r="C1410" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:3">
       <x:c r="A1411" s="0" t="s">
-        <x:v>2820</x:v>
+        <x:v>2822</x:v>
       </x:c>
       <x:c r="B1411" s="0" t="s">
-        <x:v>2821</x:v>
+        <x:v>2823</x:v>
       </x:c>
       <x:c r="C1411" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:3">
       <x:c r="A1412" s="0" t="s">
-        <x:v>2822</x:v>
+        <x:v>2824</x:v>
       </x:c>
       <x:c r="B1412" s="0" t="s">
-        <x:v>2823</x:v>
+        <x:v>2825</x:v>
       </x:c>
       <x:c r="C1412" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:3">
       <x:c r="A1413" s="0" t="s">
-        <x:v>2824</x:v>
+        <x:v>2826</x:v>
       </x:c>
       <x:c r="B1413" s="0" t="s">
-        <x:v>2825</x:v>
+        <x:v>2827</x:v>
       </x:c>
       <x:c r="C1413" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:3">
       <x:c r="A1414" s="0" t="s">
-        <x:v>2826</x:v>
+        <x:v>2828</x:v>
       </x:c>
       <x:c r="B1414" s="0" t="s">
-        <x:v>2827</x:v>
+        <x:v>2829</x:v>
       </x:c>
       <x:c r="C1414" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:3">
       <x:c r="A1415" s="0" t="s">
-        <x:v>2828</x:v>
+        <x:v>2830</x:v>
       </x:c>
       <x:c r="B1415" s="0" t="s">
-        <x:v>2829</x:v>
+        <x:v>2831</x:v>
       </x:c>
       <x:c r="C1415" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:3">
       <x:c r="A1416" s="0" t="s">
-        <x:v>2830</x:v>
+        <x:v>2832</x:v>
       </x:c>
       <x:c r="B1416" s="0" t="s">
-        <x:v>2831</x:v>
+        <x:v>2833</x:v>
       </x:c>
       <x:c r="C1416" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:3">
       <x:c r="A1417" s="0" t="s">
-        <x:v>2832</x:v>
+        <x:v>2834</x:v>
       </x:c>
       <x:c r="B1417" s="0" t="s">
-        <x:v>2833</x:v>
+        <x:v>2835</x:v>
       </x:c>
       <x:c r="C1417" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:3">
       <x:c r="A1418" s="0" t="s">
-        <x:v>2834</x:v>
+        <x:v>2836</x:v>
       </x:c>
       <x:c r="B1418" s="0" t="s">
-        <x:v>2835</x:v>
+        <x:v>2837</x:v>
       </x:c>
       <x:c r="C1418" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:3">
       <x:c r="A1419" s="0" t="s">
-        <x:v>2836</x:v>
+        <x:v>2838</x:v>
       </x:c>
       <x:c r="B1419" s="0" t="s">
-        <x:v>2837</x:v>
+        <x:v>2839</x:v>
       </x:c>
       <x:c r="C1419" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:3">
       <x:c r="A1420" s="0" t="s">
-        <x:v>2838</x:v>
+        <x:v>2840</x:v>
       </x:c>
       <x:c r="B1420" s="0" t="s">
-        <x:v>2839</x:v>
+        <x:v>2841</x:v>
       </x:c>
       <x:c r="C1420" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:3">
       <x:c r="A1421" s="0" t="s">
-        <x:v>2840</x:v>
+        <x:v>2842</x:v>
       </x:c>
       <x:c r="B1421" s="0" t="s">
-        <x:v>2841</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="C1421" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:3">
       <x:c r="A1422" s="0" t="s">
-        <x:v>2842</x:v>
+        <x:v>2844</x:v>
       </x:c>
       <x:c r="B1422" s="0" t="s">
-        <x:v>2843</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="C1422" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:3">
       <x:c r="A1423" s="0" t="s">
-        <x:v>2844</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="B1423" s="0" t="s">
-        <x:v>2845</x:v>
+        <x:v>2847</x:v>
       </x:c>
       <x:c r="C1423" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:3">
       <x:c r="A1424" s="0" t="s">
-        <x:v>2846</x:v>
+        <x:v>2848</x:v>
       </x:c>
       <x:c r="B1424" s="0" t="s">
-        <x:v>2847</x:v>
+        <x:v>2849</x:v>
       </x:c>
       <x:c r="C1424" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:3">
       <x:c r="A1425" s="0" t="s">
-        <x:v>2848</x:v>
+        <x:v>2850</x:v>
       </x:c>
       <x:c r="B1425" s="0" t="s">
-        <x:v>2849</x:v>
+        <x:v>2851</x:v>
       </x:c>
       <x:c r="C1425" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:3">
       <x:c r="A1426" s="0" t="s">
-        <x:v>2850</x:v>
+        <x:v>2852</x:v>
       </x:c>
       <x:c r="B1426" s="0" t="s">
-        <x:v>2851</x:v>
+        <x:v>2853</x:v>
       </x:c>
       <x:c r="C1426" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:3">
       <x:c r="A1427" s="0" t="s">
-        <x:v>2852</x:v>
+        <x:v>2854</x:v>
       </x:c>
       <x:c r="B1427" s="0" t="s">
-        <x:v>2853</x:v>
+        <x:v>2855</x:v>
       </x:c>
       <x:c r="C1427" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:3">
       <x:c r="A1428" s="0" t="s">
-        <x:v>2854</x:v>
+        <x:v>2856</x:v>
       </x:c>
       <x:c r="B1428" s="0" t="s">
-        <x:v>2855</x:v>
+        <x:v>2857</x:v>
       </x:c>
       <x:c r="C1428" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:3">
       <x:c r="A1429" s="0" t="s">
-        <x:v>2856</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="B1429" s="0" t="s">
-        <x:v>2857</x:v>
+        <x:v>2859</x:v>
       </x:c>
       <x:c r="C1429" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:3">
       <x:c r="A1430" s="0" t="s">
-        <x:v>2858</x:v>
+        <x:v>2860</x:v>
       </x:c>
       <x:c r="B1430" s="0" t="s">
-        <x:v>2859</x:v>
+        <x:v>2861</x:v>
       </x:c>
       <x:c r="C1430" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:3">
       <x:c r="A1431" s="0" t="s">
-        <x:v>2860</x:v>
+        <x:v>2862</x:v>
       </x:c>
       <x:c r="B1431" s="0" t="s">
-        <x:v>2861</x:v>
+        <x:v>2863</x:v>
       </x:c>
       <x:c r="C1431" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:3">
       <x:c r="A1432" s="0" t="s">
-        <x:v>2862</x:v>
+        <x:v>2864</x:v>
       </x:c>
       <x:c r="B1432" s="0" t="s">
-        <x:v>2863</x:v>
+        <x:v>2865</x:v>
       </x:c>
       <x:c r="C1432" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:3">
       <x:c r="A1433" s="0" t="s">
-        <x:v>2864</x:v>
+        <x:v>2866</x:v>
       </x:c>
       <x:c r="B1433" s="0" t="s">
-        <x:v>2865</x:v>
+        <x:v>2867</x:v>
       </x:c>
       <x:c r="C1433" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:3">
       <x:c r="A1434" s="0" t="s">
-        <x:v>2866</x:v>
+        <x:v>2868</x:v>
       </x:c>
       <x:c r="B1434" s="0" t="s">
-        <x:v>2867</x:v>
+        <x:v>2869</x:v>
       </x:c>
       <x:c r="C1434" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:3">
       <x:c r="A1435" s="0" t="s">
-        <x:v>2868</x:v>
+        <x:v>2870</x:v>
       </x:c>
       <x:c r="B1435" s="0" t="s">
-        <x:v>2869</x:v>
+        <x:v>2871</x:v>
       </x:c>
       <x:c r="C1435" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:3">
       <x:c r="A1436" s="0" t="s">
-        <x:v>2870</x:v>
+        <x:v>2872</x:v>
       </x:c>
       <x:c r="B1436" s="0" t="s">
-        <x:v>2871</x:v>
+        <x:v>2873</x:v>
       </x:c>
       <x:c r="C1436" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:3">
       <x:c r="A1437" s="0" t="s">
-        <x:v>2872</x:v>
+        <x:v>2874</x:v>
       </x:c>
       <x:c r="B1437" s="0" t="s">
-        <x:v>2873</x:v>
+        <x:v>2875</x:v>
       </x:c>
       <x:c r="C1437" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:3">
       <x:c r="A1438" s="0" t="s">
-        <x:v>2874</x:v>
+        <x:v>2876</x:v>
       </x:c>
       <x:c r="B1438" s="0" t="s">
-        <x:v>2875</x:v>
+        <x:v>2877</x:v>
       </x:c>
       <x:c r="C1438" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:3">
       <x:c r="A1439" s="0" t="s">
-        <x:v>2876</x:v>
+        <x:v>2878</x:v>
       </x:c>
       <x:c r="B1439" s="0" t="s">
-        <x:v>2877</x:v>
+        <x:v>2879</x:v>
       </x:c>
       <x:c r="C1439" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:3">
       <x:c r="A1440" s="0" t="s">
-        <x:v>2878</x:v>
+        <x:v>2880</x:v>
       </x:c>
       <x:c r="B1440" s="0" t="s">
-        <x:v>2879</x:v>
+        <x:v>2881</x:v>
       </x:c>
       <x:c r="C1440" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:3">
       <x:c r="A1441" s="0" t="s">
-        <x:v>2880</x:v>
+        <x:v>2882</x:v>
       </x:c>
       <x:c r="B1441" s="0" t="s">
-        <x:v>2881</x:v>
+        <x:v>2883</x:v>
       </x:c>
       <x:c r="C1441" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:3">
       <x:c r="A1442" s="0" t="s">
-        <x:v>2882</x:v>
+        <x:v>2884</x:v>
       </x:c>
       <x:c r="B1442" s="0" t="s">
-        <x:v>2883</x:v>
+        <x:v>2885</x:v>
       </x:c>
       <x:c r="C1442" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:3">
       <x:c r="A1443" s="0" t="s">
-        <x:v>2884</x:v>
+        <x:v>2886</x:v>
       </x:c>
       <x:c r="B1443" s="0" t="s">
-        <x:v>2885</x:v>
+        <x:v>2887</x:v>
       </x:c>
       <x:c r="C1443" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:3">
       <x:c r="A1444" s="0" t="s">
-        <x:v>2886</x:v>
+        <x:v>2888</x:v>
       </x:c>
       <x:c r="B1444" s="0" t="s">
-        <x:v>2887</x:v>
+        <x:v>2889</x:v>
       </x:c>
       <x:c r="C1444" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:3">
       <x:c r="A1445" s="0" t="s">
-        <x:v>2888</x:v>
+        <x:v>2890</x:v>
       </x:c>
       <x:c r="B1445" s="0" t="s">
-        <x:v>2889</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="C1445" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:3">
       <x:c r="A1446" s="0" t="s">
-        <x:v>2890</x:v>
+        <x:v>2892</x:v>
       </x:c>
       <x:c r="B1446" s="0" t="s">
-        <x:v>2891</x:v>
+        <x:v>2893</x:v>
       </x:c>
       <x:c r="C1446" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:3">
       <x:c r="A1447" s="0" t="s">
-        <x:v>2892</x:v>
+        <x:v>2894</x:v>
       </x:c>
       <x:c r="B1447" s="0" t="s">
-        <x:v>2893</x:v>
+        <x:v>2895</x:v>
       </x:c>
       <x:c r="C1447" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:3">
       <x:c r="A1448" s="0" t="s">
-        <x:v>2894</x:v>
+        <x:v>2896</x:v>
       </x:c>
       <x:c r="B1448" s="0" t="s">
-        <x:v>2895</x:v>
+        <x:v>2897</x:v>
       </x:c>
       <x:c r="C1448" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:3">
       <x:c r="A1449" s="0" t="s">
-        <x:v>2896</x:v>
+        <x:v>2898</x:v>
       </x:c>
       <x:c r="B1449" s="0" t="s">
-        <x:v>2897</x:v>
+        <x:v>2899</x:v>
       </x:c>
       <x:c r="C1449" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:3">
       <x:c r="A1450" s="0" t="s">
-        <x:v>2898</x:v>
+        <x:v>2900</x:v>
       </x:c>
       <x:c r="B1450" s="0" t="s">
-        <x:v>2899</x:v>
+        <x:v>2901</x:v>
       </x:c>
       <x:c r="C1450" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:3">
       <x:c r="A1451" s="0" t="s">
-        <x:v>2900</x:v>
+        <x:v>2902</x:v>
       </x:c>
       <x:c r="B1451" s="0" t="s">
-        <x:v>2901</x:v>
+        <x:v>2903</x:v>
       </x:c>
       <x:c r="C1451" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:3">
       <x:c r="A1452" s="0" t="s">
-        <x:v>2902</x:v>
+        <x:v>2904</x:v>
       </x:c>
       <x:c r="B1452" s="0" t="s">
-        <x:v>2903</x:v>
+        <x:v>2905</x:v>
       </x:c>
       <x:c r="C1452" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:3">
       <x:c r="A1453" s="0" t="s">
-        <x:v>2904</x:v>
+        <x:v>2906</x:v>
       </x:c>
       <x:c r="B1453" s="0" t="s">
-        <x:v>2905</x:v>
+        <x:v>2907</x:v>
       </x:c>
       <x:c r="C1453" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:3">
       <x:c r="A1454" s="0" t="s">
-        <x:v>2906</x:v>
+        <x:v>2908</x:v>
       </x:c>
       <x:c r="B1454" s="0" t="s">
-        <x:v>2907</x:v>
+        <x:v>2909</x:v>
       </x:c>
       <x:c r="C1454" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:3">
       <x:c r="A1455" s="0" t="s">
-        <x:v>2908</x:v>
+        <x:v>2910</x:v>
       </x:c>
       <x:c r="B1455" s="0" t="s">
-        <x:v>2909</x:v>
+        <x:v>2911</x:v>
       </x:c>
       <x:c r="C1455" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:3">
       <x:c r="A1456" s="0" t="s">
-        <x:v>2910</x:v>
+        <x:v>2912</x:v>
       </x:c>
       <x:c r="B1456" s="0" t="s">
-        <x:v>2911</x:v>
+        <x:v>2913</x:v>
       </x:c>
       <x:c r="C1456" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:3">
       <x:c r="A1457" s="0" t="s">
-        <x:v>2912</x:v>
+        <x:v>2914</x:v>
       </x:c>
       <x:c r="B1457" s="0" t="s">
-        <x:v>2913</x:v>
+        <x:v>2915</x:v>
       </x:c>
       <x:c r="C1457" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:3">
       <x:c r="A1458" s="0" t="s">
-        <x:v>2914</x:v>
+        <x:v>2916</x:v>
       </x:c>
       <x:c r="B1458" s="0" t="s">
-        <x:v>2915</x:v>
+        <x:v>2917</x:v>
       </x:c>
       <x:c r="C1458" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:3">
       <x:c r="A1459" s="0" t="s">
-        <x:v>2916</x:v>
+        <x:v>2918</x:v>
       </x:c>
       <x:c r="B1459" s="0" t="s">
-        <x:v>2917</x:v>
+        <x:v>2919</x:v>
       </x:c>
       <x:c r="C1459" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:3">
       <x:c r="A1460" s="0" t="s">
-        <x:v>2918</x:v>
+        <x:v>2920</x:v>
       </x:c>
       <x:c r="B1460" s="0" t="s">
-        <x:v>2919</x:v>
+        <x:v>2921</x:v>
       </x:c>
       <x:c r="C1460" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:3">
       <x:c r="A1461" s="0" t="s">
-        <x:v>2920</x:v>
+        <x:v>2922</x:v>
       </x:c>
       <x:c r="B1461" s="0" t="s">
-        <x:v>2921</x:v>
+        <x:v>2923</x:v>
       </x:c>
       <x:c r="C1461" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:3">
       <x:c r="A1462" s="0" t="s">
-        <x:v>2922</x:v>
+        <x:v>2924</x:v>
       </x:c>
       <x:c r="B1462" s="0" t="s">
-        <x:v>2923</x:v>
+        <x:v>2925</x:v>
       </x:c>
       <x:c r="C1462" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:3">
       <x:c r="A1463" s="0" t="s">
-        <x:v>2924</x:v>
+        <x:v>2926</x:v>
       </x:c>
       <x:c r="B1463" s="0" t="s">
-        <x:v>2925</x:v>
+        <x:v>2927</x:v>
       </x:c>
       <x:c r="C1463" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:3">
       <x:c r="A1464" s="0" t="s">
-        <x:v>2926</x:v>
+        <x:v>2928</x:v>
       </x:c>
       <x:c r="B1464" s="0" t="s">
-        <x:v>2927</x:v>
+        <x:v>2929</x:v>
       </x:c>
       <x:c r="C1464" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:3">
       <x:c r="A1465" s="0" t="s">
-        <x:v>2928</x:v>
+        <x:v>2930</x:v>
       </x:c>
       <x:c r="B1465" s="0" t="s">
-        <x:v>2929</x:v>
+        <x:v>2931</x:v>
       </x:c>
       <x:c r="C1465" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:3">
       <x:c r="A1466" s="0" t="s">
-        <x:v>2930</x:v>
+        <x:v>2932</x:v>
       </x:c>
       <x:c r="B1466" s="0" t="s">
-        <x:v>2931</x:v>
+        <x:v>2933</x:v>
       </x:c>
       <x:c r="C1466" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:3">
       <x:c r="A1467" s="0" t="s">
-        <x:v>2932</x:v>
+        <x:v>2934</x:v>
       </x:c>
       <x:c r="B1467" s="0" t="s">
-        <x:v>2933</x:v>
+        <x:v>2935</x:v>
       </x:c>
       <x:c r="C1467" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:3">
       <x:c r="A1468" s="0" t="s">
-        <x:v>2934</x:v>
+        <x:v>2936</x:v>
       </x:c>
       <x:c r="B1468" s="0" t="s">
-        <x:v>2935</x:v>
+        <x:v>2937</x:v>
       </x:c>
       <x:c r="C1468" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:3">
       <x:c r="A1469" s="0" t="s">
-        <x:v>2936</x:v>
+        <x:v>2938</x:v>
       </x:c>
       <x:c r="B1469" s="0" t="s">
-        <x:v>2937</x:v>
+        <x:v>2939</x:v>
       </x:c>
       <x:c r="C1469" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:3">
       <x:c r="A1470" s="0" t="s">
-        <x:v>2938</x:v>
+        <x:v>2940</x:v>
       </x:c>
       <x:c r="B1470" s="0" t="s">
-        <x:v>2939</x:v>
+        <x:v>2941</x:v>
       </x:c>
       <x:c r="C1470" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:3">
       <x:c r="A1471" s="0" t="s">
-        <x:v>2940</x:v>
+        <x:v>2942</x:v>
       </x:c>
       <x:c r="B1471" s="0" t="s">
-        <x:v>2941</x:v>
+        <x:v>2943</x:v>
       </x:c>
       <x:c r="C1471" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:3">
       <x:c r="A1472" s="0" t="s">
-        <x:v>2942</x:v>
+        <x:v>2944</x:v>
       </x:c>
       <x:c r="B1472" s="0" t="s">
-        <x:v>2943</x:v>
+        <x:v>2945</x:v>
       </x:c>
       <x:c r="C1472" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:3">
       <x:c r="A1473" s="0" t="s">
-        <x:v>2944</x:v>
+        <x:v>2946</x:v>
       </x:c>
       <x:c r="B1473" s="0" t="s">
-        <x:v>2945</x:v>
+        <x:v>2947</x:v>
       </x:c>
       <x:c r="C1473" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:3">
       <x:c r="A1474" s="0" t="s">
-        <x:v>2946</x:v>
+        <x:v>2948</x:v>
       </x:c>
       <x:c r="B1474" s="0" t="s">
-        <x:v>2947</x:v>
+        <x:v>2949</x:v>
       </x:c>
       <x:c r="C1474" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:3">
       <x:c r="A1475" s="0" t="s">
-        <x:v>2948</x:v>
+        <x:v>2950</x:v>
       </x:c>
       <x:c r="B1475" s="0" t="s">
-        <x:v>2949</x:v>
+        <x:v>2951</x:v>
       </x:c>
       <x:c r="C1475" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:3">
       <x:c r="A1476" s="0" t="s">
-        <x:v>2950</x:v>
+        <x:v>2952</x:v>
       </x:c>
       <x:c r="B1476" s="0" t="s">
-        <x:v>2951</x:v>
+        <x:v>2953</x:v>
       </x:c>
       <x:c r="C1476" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:3">
       <x:c r="A1477" s="0" t="s">
-        <x:v>2952</x:v>
+        <x:v>2954</x:v>
       </x:c>
       <x:c r="B1477" s="0" t="s">
-        <x:v>2953</x:v>
+        <x:v>2955</x:v>
       </x:c>
       <x:c r="C1477" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:3">
       <x:c r="A1478" s="0" t="s">
-        <x:v>2954</x:v>
+        <x:v>2956</x:v>
       </x:c>
       <x:c r="B1478" s="0" t="s">
-        <x:v>2955</x:v>
+        <x:v>2957</x:v>
       </x:c>
       <x:c r="C1478" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:3">
       <x:c r="A1479" s="0" t="s">
-        <x:v>2956</x:v>
+        <x:v>2958</x:v>
       </x:c>
       <x:c r="B1479" s="0" t="s">
-        <x:v>2957</x:v>
+        <x:v>2959</x:v>
       </x:c>
       <x:c r="C1479" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:3">
       <x:c r="A1480" s="0" t="s">
-        <x:v>2958</x:v>
+        <x:v>2960</x:v>
       </x:c>
       <x:c r="B1480" s="0" t="s">
-        <x:v>2959</x:v>
+        <x:v>2961</x:v>
       </x:c>
       <x:c r="C1480" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:3">
       <x:c r="A1481" s="0" t="s">
-        <x:v>2960</x:v>
+        <x:v>2962</x:v>
       </x:c>
       <x:c r="B1481" s="0" t="s">
-        <x:v>2961</x:v>
+        <x:v>2963</x:v>
       </x:c>
       <x:c r="C1481" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:3">
       <x:c r="A1482" s="0" t="s">
-        <x:v>2962</x:v>
+        <x:v>2964</x:v>
       </x:c>
       <x:c r="B1482" s="0" t="s">
-        <x:v>2963</x:v>
+        <x:v>2965</x:v>
       </x:c>
       <x:c r="C1482" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:3">
       <x:c r="A1483" s="0" t="s">
-        <x:v>2964</x:v>
+        <x:v>2966</x:v>
       </x:c>
       <x:c r="B1483" s="0" t="s">
-        <x:v>2965</x:v>
+        <x:v>2967</x:v>
       </x:c>
       <x:c r="C1483" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:3">
       <x:c r="A1484" s="0" t="s">
-        <x:v>2966</x:v>
+        <x:v>2968</x:v>
       </x:c>
       <x:c r="B1484" s="0" t="s">
-        <x:v>2967</x:v>
+        <x:v>2969</x:v>
       </x:c>
       <x:c r="C1484" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:3">
       <x:c r="A1485" s="0" t="s">
-        <x:v>2968</x:v>
+        <x:v>2970</x:v>
       </x:c>
       <x:c r="B1485" s="0" t="s">
-        <x:v>2969</x:v>
+        <x:v>2971</x:v>
       </x:c>
       <x:c r="C1485" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:3">
       <x:c r="A1486" s="0" t="s">
-        <x:v>2970</x:v>
+        <x:v>2972</x:v>
       </x:c>
       <x:c r="B1486" s="0" t="s">
-        <x:v>2971</x:v>
+        <x:v>2973</x:v>
       </x:c>
       <x:c r="C1486" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:3">
       <x:c r="A1487" s="0" t="s">
-        <x:v>2972</x:v>
+        <x:v>2974</x:v>
       </x:c>
       <x:c r="B1487" s="0" t="s">
-        <x:v>2973</x:v>
+        <x:v>2975</x:v>
       </x:c>
       <x:c r="C1487" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:3">
       <x:c r="A1488" s="0" t="s">
-        <x:v>2974</x:v>
+        <x:v>2976</x:v>
       </x:c>
       <x:c r="B1488" s="0" t="s">
-        <x:v>2975</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="C1488" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:3">
       <x:c r="A1489" s="0" t="s">
-        <x:v>2976</x:v>
+        <x:v>2978</x:v>
       </x:c>
       <x:c r="B1489" s="0" t="s">
-        <x:v>2977</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="C1489" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:3">
       <x:c r="A1490" s="0" t="s">
-        <x:v>2978</x:v>
+        <x:v>2980</x:v>
       </x:c>
       <x:c r="B1490" s="0" t="s">
-        <x:v>2979</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="C1490" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:3">
       <x:c r="A1491" s="0" t="s">
-        <x:v>2980</x:v>
+        <x:v>2982</x:v>
       </x:c>
       <x:c r="B1491" s="0" t="s">
-        <x:v>2981</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="C1491" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:3">
       <x:c r="A1492" s="0" t="s">
-        <x:v>2982</x:v>
+        <x:v>2984</x:v>
       </x:c>
       <x:c r="B1492" s="0" t="s">
-        <x:v>2983</x:v>
+        <x:v>2985</x:v>
       </x:c>
       <x:c r="C1492" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:3">
       <x:c r="A1493" s="0" t="s">
-        <x:v>2984</x:v>
+        <x:v>2986</x:v>
       </x:c>
       <x:c r="B1493" s="0" t="s">
-        <x:v>2985</x:v>
+        <x:v>2987</x:v>
       </x:c>
       <x:c r="C1493" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:3">
       <x:c r="A1494" s="0" t="s">
-        <x:v>2986</x:v>
+        <x:v>2988</x:v>
       </x:c>
       <x:c r="B1494" s="0" t="s">
-        <x:v>2987</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="C1494" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:3">
       <x:c r="A1495" s="0" t="s">
-        <x:v>2988</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="B1495" s="0" t="s">
-        <x:v>2989</x:v>
+        <x:v>2991</x:v>
       </x:c>
       <x:c r="C1495" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:3">
       <x:c r="A1496" s="0" t="s">
-        <x:v>2990</x:v>
+        <x:v>2992</x:v>
       </x:c>
       <x:c r="B1496" s="0" t="s">
-        <x:v>2991</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="C1496" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:3">
       <x:c r="A1497" s="0" t="s">
-        <x:v>2992</x:v>
+        <x:v>2994</x:v>
       </x:c>
       <x:c r="B1497" s="0" t="s">
-        <x:v>2993</x:v>
+        <x:v>2995</x:v>
       </x:c>
       <x:c r="C1497" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:3">
       <x:c r="A1498" s="0" t="s">
-        <x:v>2994</x:v>
+        <x:v>2996</x:v>
       </x:c>
       <x:c r="B1498" s="0" t="s">
-        <x:v>2995</x:v>
+        <x:v>2997</x:v>
       </x:c>
       <x:c r="C1498" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:3">
       <x:c r="A1499" s="0" t="s">
-        <x:v>2996</x:v>
+        <x:v>2998</x:v>
       </x:c>
       <x:c r="B1499" s="0" t="s">
-        <x:v>2997</x:v>
+        <x:v>2999</x:v>
       </x:c>
       <x:c r="C1499" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:3">
       <x:c r="A1500" s="0" t="s">
-        <x:v>2998</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="B1500" s="0" t="s">
-        <x:v>2999</x:v>
+        <x:v>3001</x:v>
       </x:c>
       <x:c r="C1500" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:3">
       <x:c r="A1501" s="0" t="s">
-        <x:v>3000</x:v>
+        <x:v>3002</x:v>
       </x:c>
       <x:c r="B1501" s="0" t="s">
-        <x:v>3001</x:v>
+        <x:v>3003</x:v>
       </x:c>
       <x:c r="C1501" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:3">
       <x:c r="A1502" s="0" t="s">
-        <x:v>3002</x:v>
+        <x:v>3004</x:v>
       </x:c>
       <x:c r="B1502" s="0" t="s">
-        <x:v>3003</x:v>
+        <x:v>3005</x:v>
       </x:c>
       <x:c r="C1502" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:3">
       <x:c r="A1503" s="0" t="s">
-        <x:v>3004</x:v>
+        <x:v>3006</x:v>
       </x:c>
       <x:c r="B1503" s="0" t="s">
-        <x:v>3005</x:v>
+        <x:v>3007</x:v>
       </x:c>
       <x:c r="C1503" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:3">
       <x:c r="A1504" s="0" t="s">
-        <x:v>3006</x:v>
+        <x:v>3008</x:v>
       </x:c>
       <x:c r="B1504" s="0" t="s">
-        <x:v>3007</x:v>
+        <x:v>3009</x:v>
       </x:c>
       <x:c r="C1504" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:3">
       <x:c r="A1505" s="0" t="s">
-        <x:v>3008</x:v>
+        <x:v>3010</x:v>
       </x:c>
       <x:c r="B1505" s="0" t="s">
-        <x:v>3009</x:v>
+        <x:v>3011</x:v>
       </x:c>
       <x:c r="C1505" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:3">
       <x:c r="A1506" s="0" t="s">
-        <x:v>3010</x:v>
+        <x:v>3012</x:v>
       </x:c>
       <x:c r="B1506" s="0" t="s">
-        <x:v>3011</x:v>
+        <x:v>3013</x:v>
       </x:c>
       <x:c r="C1506" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:3">
       <x:c r="A1507" s="0" t="s">
-        <x:v>3012</x:v>
+        <x:v>3014</x:v>
       </x:c>
       <x:c r="B1507" s="0" t="s">
-        <x:v>3013</x:v>
+        <x:v>3015</x:v>
       </x:c>
       <x:c r="C1507" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:3">
       <x:c r="A1508" s="0" t="s">
-        <x:v>3014</x:v>
+        <x:v>3016</x:v>
       </x:c>
       <x:c r="B1508" s="0" t="s">
-        <x:v>3015</x:v>
+        <x:v>3017</x:v>
       </x:c>
       <x:c r="C1508" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:3">
       <x:c r="A1509" s="0" t="s">
-        <x:v>3016</x:v>
+        <x:v>3018</x:v>
       </x:c>
       <x:c r="B1509" s="0" t="s">
-        <x:v>3017</x:v>
+        <x:v>3019</x:v>
       </x:c>
       <x:c r="C1509" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:3">
       <x:c r="A1510" s="0" t="s">
-        <x:v>3018</x:v>
+        <x:v>3020</x:v>
       </x:c>
       <x:c r="B1510" s="0" t="s">
-        <x:v>3019</x:v>
+        <x:v>3021</x:v>
       </x:c>
       <x:c r="C1510" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:3">
       <x:c r="A1511" s="0" t="s">
-        <x:v>3020</x:v>
+        <x:v>3022</x:v>
       </x:c>
       <x:c r="B1511" s="0" t="s">
-        <x:v>3021</x:v>
+        <x:v>3023</x:v>
       </x:c>
       <x:c r="C1511" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:3">
       <x:c r="A1512" s="0" t="s">
-        <x:v>3022</x:v>
+        <x:v>3024</x:v>
       </x:c>
       <x:c r="B1512" s="0" t="s">
-        <x:v>3023</x:v>
+        <x:v>3025</x:v>
       </x:c>
       <x:c r="C1512" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:3">
       <x:c r="A1513" s="0" t="s">
-        <x:v>3024</x:v>
+        <x:v>3026</x:v>
       </x:c>
       <x:c r="B1513" s="0" t="s">
-        <x:v>3025</x:v>
+        <x:v>3027</x:v>
       </x:c>
       <x:c r="C1513" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:3">
       <x:c r="A1514" s="0" t="s">
-        <x:v>3026</x:v>
+        <x:v>3028</x:v>
       </x:c>
       <x:c r="B1514" s="0" t="s">
-        <x:v>3027</x:v>
+        <x:v>3029</x:v>
       </x:c>
       <x:c r="C1514" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:3">
       <x:c r="A1515" s="0" t="s">
-        <x:v>3028</x:v>
+        <x:v>3030</x:v>
       </x:c>
       <x:c r="B1515" s="0" t="s">
-        <x:v>3029</x:v>
+        <x:v>3031</x:v>
       </x:c>
       <x:c r="C1515" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:3">
       <x:c r="A1516" s="0" t="s">
-        <x:v>3030</x:v>
+        <x:v>3032</x:v>
       </x:c>
       <x:c r="B1516" s="0" t="s">
-        <x:v>3031</x:v>
+        <x:v>3033</x:v>
       </x:c>
       <x:c r="C1516" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:3">
       <x:c r="A1517" s="0" t="s">
-        <x:v>3032</x:v>
+        <x:v>3034</x:v>
       </x:c>
       <x:c r="B1517" s="0" t="s">
-        <x:v>3033</x:v>
+        <x:v>3035</x:v>
       </x:c>
       <x:c r="C1517" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:3">
       <x:c r="A1518" s="0" t="s">
-        <x:v>3034</x:v>
+        <x:v>3036</x:v>
       </x:c>
       <x:c r="B1518" s="0" t="s">
-        <x:v>3035</x:v>
+        <x:v>3037</x:v>
       </x:c>
       <x:c r="C1518" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:3">
       <x:c r="A1519" s="0" t="s">
-        <x:v>3036</x:v>
+        <x:v>3038</x:v>
       </x:c>
       <x:c r="B1519" s="0" t="s">
-        <x:v>3037</x:v>
+        <x:v>3039</x:v>
       </x:c>
       <x:c r="C1519" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:3">
       <x:c r="A1520" s="0" t="s">
-        <x:v>3038</x:v>
+        <x:v>3040</x:v>
       </x:c>
       <x:c r="B1520" s="0" t="s">
-        <x:v>3039</x:v>
+        <x:v>3041</x:v>
       </x:c>
       <x:c r="C1520" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:3">
       <x:c r="A1521" s="0" t="s">
-        <x:v>3040</x:v>
+        <x:v>3042</x:v>
       </x:c>
       <x:c r="B1521" s="0" t="s">
-        <x:v>3041</x:v>
+        <x:v>3043</x:v>
       </x:c>
       <x:c r="C1521" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:3">
       <x:c r="A1522" s="0" t="s">
-        <x:v>3042</x:v>
+        <x:v>3044</x:v>
       </x:c>
       <x:c r="B1522" s="0" t="s">
-        <x:v>3043</x:v>
+        <x:v>3045</x:v>
       </x:c>
       <x:c r="C1522" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:3">
       <x:c r="A1523" s="0" t="s">
-        <x:v>3044</x:v>
+        <x:v>3046</x:v>
       </x:c>
       <x:c r="B1523" s="0" t="s">
-        <x:v>3045</x:v>
+        <x:v>3047</x:v>
       </x:c>
       <x:c r="C1523" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:3">
       <x:c r="A1524" s="0" t="s">
-        <x:v>3046</x:v>
+        <x:v>3048</x:v>
       </x:c>
       <x:c r="B1524" s="0" t="s">
-        <x:v>3047</x:v>
+        <x:v>3049</x:v>
       </x:c>
       <x:c r="C1524" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:3">
       <x:c r="A1525" s="0" t="s">
-        <x:v>3048</x:v>
+        <x:v>3050</x:v>
       </x:c>
       <x:c r="B1525" s="0" t="s">
-        <x:v>3049</x:v>
+        <x:v>3051</x:v>
       </x:c>
       <x:c r="C1525" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:3">
       <x:c r="A1526" s="0" t="s">
-        <x:v>3050</x:v>
+        <x:v>3052</x:v>
       </x:c>
       <x:c r="B1526" s="0" t="s">
-        <x:v>3051</x:v>
+        <x:v>3053</x:v>
       </x:c>
       <x:c r="C1526" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:3">
       <x:c r="A1527" s="0" t="s">
-        <x:v>3052</x:v>
+        <x:v>3054</x:v>
       </x:c>
       <x:c r="B1527" s="0" t="s">
-        <x:v>3053</x:v>
+        <x:v>3055</x:v>
       </x:c>
       <x:c r="C1527" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:3">
       <x:c r="A1528" s="0" t="s">
-        <x:v>3054</x:v>
+        <x:v>3056</x:v>
       </x:c>
       <x:c r="B1528" s="0" t="s">
-        <x:v>3055</x:v>
+        <x:v>3057</x:v>
       </x:c>
       <x:c r="C1528" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:3">
       <x:c r="A1529" s="0" t="s">
-        <x:v>3056</x:v>
+        <x:v>3058</x:v>
       </x:c>
       <x:c r="B1529" s="0" t="s">
-        <x:v>3057</x:v>
+        <x:v>3059</x:v>
       </x:c>
       <x:c r="C1529" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:3">
       <x:c r="A1530" s="0" t="s">
-        <x:v>3058</x:v>
+        <x:v>3060</x:v>
       </x:c>
       <x:c r="B1530" s="0" t="s">
-        <x:v>3059</x:v>
+        <x:v>3061</x:v>
       </x:c>
       <x:c r="C1530" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:3">
       <x:c r="A1531" s="0" t="s">
-        <x:v>3060</x:v>
+        <x:v>3062</x:v>
       </x:c>
       <x:c r="B1531" s="0" t="s">
-        <x:v>3061</x:v>
+        <x:v>3063</x:v>
       </x:c>
       <x:c r="C1531" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:3">
       <x:c r="A1532" s="0" t="s">
-        <x:v>3062</x:v>
+        <x:v>3064</x:v>
       </x:c>
       <x:c r="B1532" s="0" t="s">
-        <x:v>3063</x:v>
+        <x:v>3065</x:v>
       </x:c>
       <x:c r="C1532" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:3">
       <x:c r="A1533" s="0" t="s">
-        <x:v>3064</x:v>
+        <x:v>3066</x:v>
       </x:c>
       <x:c r="B1533" s="0" t="s">
-        <x:v>3065</x:v>
+        <x:v>3067</x:v>
       </x:c>
       <x:c r="C1533" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:3">
       <x:c r="A1534" s="0" t="s">
-        <x:v>3066</x:v>
+        <x:v>3068</x:v>
       </x:c>
       <x:c r="B1534" s="0" t="s">
-        <x:v>3067</x:v>
+        <x:v>3069</x:v>
       </x:c>
       <x:c r="C1534" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:3">
       <x:c r="A1535" s="0" t="s">
-        <x:v>3068</x:v>
+        <x:v>3070</x:v>
       </x:c>
       <x:c r="B1535" s="0" t="s">
-        <x:v>3069</x:v>
+        <x:v>3071</x:v>
       </x:c>
       <x:c r="C1535" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:3">
       <x:c r="A1536" s="0" t="s">
-        <x:v>3070</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="B1536" s="0" t="s">
-        <x:v>3071</x:v>
+        <x:v>3073</x:v>
       </x:c>
       <x:c r="C1536" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:3">
       <x:c r="A1537" s="0" t="s">
-        <x:v>3072</x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="B1537" s="0" t="s">
-        <x:v>3073</x:v>
+        <x:v>3075</x:v>
       </x:c>
       <x:c r="C1537" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:3">
       <x:c r="A1538" s="0" t="s">
-        <x:v>3074</x:v>
+        <x:v>3076</x:v>
       </x:c>
       <x:c r="B1538" s="0" t="s">
-        <x:v>3075</x:v>
+        <x:v>3077</x:v>
       </x:c>
       <x:c r="C1538" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:3">
       <x:c r="A1539" s="0" t="s">
-        <x:v>3076</x:v>
+        <x:v>3078</x:v>
       </x:c>
       <x:c r="B1539" s="0" t="s">
-        <x:v>3077</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="C1539" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:3">
       <x:c r="A1540" s="0" t="s">
-        <x:v>3078</x:v>
+        <x:v>3080</x:v>
       </x:c>
       <x:c r="B1540" s="0" t="s">
-        <x:v>3079</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="C1540" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:3">
       <x:c r="A1541" s="0" t="s">
-        <x:v>3080</x:v>
+        <x:v>3082</x:v>
       </x:c>
       <x:c r="B1541" s="0" t="s">
-        <x:v>3081</x:v>
+        <x:v>3083</x:v>
       </x:c>
       <x:c r="C1541" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:3">
       <x:c r="A1542" s="0" t="s">
-        <x:v>3082</x:v>
+        <x:v>3084</x:v>
       </x:c>
       <x:c r="B1542" s="0" t="s">
-        <x:v>3083</x:v>
+        <x:v>3085</x:v>
       </x:c>
       <x:c r="C1542" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:3">
       <x:c r="A1543" s="0" t="s">
-        <x:v>3084</x:v>
+        <x:v>3086</x:v>
       </x:c>
       <x:c r="B1543" s="0" t="s">
-        <x:v>3085</x:v>
+        <x:v>3087</x:v>
       </x:c>
       <x:c r="C1543" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:3">
       <x:c r="A1544" s="0" t="s">
-        <x:v>3086</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="B1544" s="0" t="s">
-        <x:v>3087</x:v>
+        <x:v>3089</x:v>
       </x:c>
       <x:c r="C1544" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:3">
       <x:c r="A1545" s="0" t="s">
-        <x:v>3088</x:v>
+        <x:v>3090</x:v>
       </x:c>
       <x:c r="B1545" s="0" t="s">
-        <x:v>3089</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="C1545" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:3">
       <x:c r="A1546" s="0" t="s">
-        <x:v>3090</x:v>
+        <x:v>3092</x:v>
       </x:c>
       <x:c r="B1546" s="0" t="s">
-        <x:v>3091</x:v>
+        <x:v>3093</x:v>
       </x:c>
       <x:c r="C1546" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:3">
       <x:c r="A1547" s="0" t="s">
-        <x:v>3092</x:v>
+        <x:v>3094</x:v>
       </x:c>
       <x:c r="B1547" s="0" t="s">
-        <x:v>3093</x:v>
+        <x:v>3095</x:v>
       </x:c>
       <x:c r="C1547" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:3">
       <x:c r="A1548" s="0" t="s">
-        <x:v>3094</x:v>
+        <x:v>3096</x:v>
       </x:c>
       <x:c r="B1548" s="0" t="s">
-        <x:v>3095</x:v>
+        <x:v>3097</x:v>
       </x:c>
       <x:c r="C1548" s="0" t="s">
-        <x:v>5</x:v>
-[...86 lines deleted...]
-      <x:c r="C1556" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>