--- v0 (2025-11-18)
+++ v1 (2026-02-17)
@@ -1,99 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7a2dde0f694ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91b49e25c3224bb48b4bb02106c54100.psmdcp" Id="R74d6b86d6cf44376" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e461c44137843bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c65980fdccb4c738ba1c3869a216a5a.psmdcp" Id="R1eb1803dd90f40d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <x:si>
     <x:t>Titel</x:t>
   </x:si>
   <x:si>
     <x:t>Diarienr</x:t>
   </x:si>
   <x:si>
     <x:t>Webbarkiv</x:t>
   </x:si>
   <x:si>
     <x:t>Könskonträr hormonbehandling med östrogen jämfört med ingen hormonbehandling vid könsdysfori hos vuxna med tilldelat manligt födelsekön</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/488</x:t>
   </x:si>
   <x:si>
     <x:t>Nej</x:t>
   </x:si>
   <x:si>
     <x:t>Könskonträr hormonbehandling med testosteron jämfört med ingen hormonbehandling vid könsdysfori hos vuxna med tilldelat kvinnligt födelsekön</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/489</x:t>
   </x:si>
   <x:si>
     <x:t>Alternativ till tvångsåtgärderna fastspänning och avskiljning för personer som vårdas på institution</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1129</x:t>
   </x:si>
   <x:si>
+    <x:t>Safewards för att minska tvångsåtgärder inom rättspsykiatrisk vård av vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/120</x:t>
+  </x:si>
+  <x:si>
     <x:t>Six core strategies för att minska tvångsåtgärder inom psykiatrisk slutenvård av vuxna, inklusive psykiatrisk och rättspsykiatrisk tvångsvård</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/121</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SBU 2023/120</x:t>
   </x:si>
   <x:si>
     <x:t>Aggression replacement training för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/348</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">