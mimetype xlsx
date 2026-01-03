--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -1,267 +1,267 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd39bd31b8dfb4505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/644d5d2c6946480ca82c9859c005595d.psmdcp" Id="R397809333b4745e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ef65fa834a49b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28aec11d52404c0db5f397dd515d77ce.psmdcp" Id="R89243cdacba745db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Titel</x:t>
   </x:si>
   <x:si>
     <x:t>Diarienr</x:t>
   </x:si>
   <x:si>
     <x:t>Webbarkiv</x:t>
   </x:si>
   <x:si>
     <x:t>Behandling för kvinnor som lider av psykisk sjukdom efter förlossning – utifrån en kartläggningsrapport</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/942</x:t>
   </x:si>
   <x:si>
     <x:t>Nej</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Beteendeinriktad träning i liten grupp vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1159</x:t>
   </x:si>
   <x:si>
     <x:t>Självhjälpsgrupper vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1156</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1154</x:t>
+  </x:si>
+  <x:si>
     <x:t>Färdtjänst eller riksfärdtjänst vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1158</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/1154</x:t>
+    <x:t>Bolltäcke vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1155</x:t>
   </x:si>
   <x:si>
     <x:t>Stöd från anhöriga eller andra närstående vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1157</x:t>
   </x:si>
   <x:si>
-    <x:t>Bolltäcke vid psykisk funktionsnedsättning</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Fostering Individualized Assistance Program (FIAP) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1153</x:t>
   </x:si>
   <x:si>
     <x:t>Familjeinriktade psykosociala insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1152</x:t>
   </x:si>
   <x:si>
     <x:t>Utbildning avseende exempelvis sexualkunskap, fysisk aktivitet, förbättrad egenvård, att undvika farliga situationer såsom sexuella trakasserier, att göra val/välja vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1150</x:t>
   </x:si>
   <x:si>
     <x:t>Acceptance and Commitment Therapy (ACT) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1151</x:t>
   </x:si>
   <x:si>
     <x:t>Personlig assistans vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1149</x:t>
   </x:si>
   <x:si>
     <x:t>Motiverande samtal/Motiverande intervju (MI) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1148</x:t>
   </x:si>
   <x:si>
     <x:t>Kognitiva insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1127</x:t>
   </x:si>
   <x:si>
+    <x:t>Bostad med särskild service, annan särskilt anpassad bostad eller särskilt boende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsvistelse utanför det egna hemmet vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/989</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sömnfrämjande insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1000</x:t>
   </x:si>
   <x:si>
     <x:t>Födointagsinriktade insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/994</x:t>
   </x:si>
   <x:si>
-    <x:t>Bostad med särskild service, annan särskilt anpassad bostad eller särskilt boende vid psykisk funktionsnedsättning</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/989</x:t>
+    <x:t>Korttidstillsyn utanför det egna hemmet för skolungdomar över 12 år med psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/988</x:t>
   </x:si>
   <x:si>
     <x:t>Kommunala stöd och insatser i hemmet vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/984</x:t>
   </x:si>
   <x:si>
-    <x:t>Korttidstillsyn utanför det egna hemmet för skolungdomar över 12 år med psykisk funktionsnedsättning</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Hälsodagbok vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/995</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidsboende vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/985</x:t>
   </x:si>
   <x:si>
+    <x:t>Insatser för att förhindra självskadebeteende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/999</x:t>
+  </x:si>
+  <x:si>
     <x:t>Boendestöd enligt socialtjänstlagen vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/982</x:t>
   </x:si>
   <x:si>
     <x:t>Egenvård vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/993</x:t>
   </x:si>
   <x:si>
-    <x:t>Insatser för att förhindra självskadebeteende vid psykisk funktionsnedsättning</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Olycksfallsprevention vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/998</x:t>
   </x:si>
   <x:si>
+    <x:t>Miljöträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/980</x:t>
+  </x:si>
+  <x:si>
     <x:t>Insatser för att stödja och främja föräldraförmåga hos personer med psykisk funktionsnedsättning som har barn</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/991</x:t>
   </x:si>
   <x:si>
-    <x:t>Miljöträning vid psykisk funktionsnedsättning</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/980</x:t>
+    <x:t>Funktionell kommunikationsträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/983</x:t>
   </x:si>
   <x:si>
     <x:t>Ledsagarservice eller ledsagning vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/990</x:t>
   </x:si>
   <x:si>
-    <x:t>Funktionell kommunikationsträning vid psykisk funktionsnedsättning</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/983</x:t>
+    <x:t>Massage vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/996</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/997</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SBU 2023/996</x:t>
   </x:si>
   <x:si>
     <x:t>Metoder eller strategier som bygger på tillämpad beteendeintervention (TBI) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/981</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/987</x:t>
   </x:si>
   <x:si>
     <x:t>Fysiska insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/992</x:t>
   </x:si>
   <x:si>
     <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar barn, ungdomars och vuxna med psykisk funktionsnedsättnings rätt att komma till tals och bli lyssnade på samt ges möjligheter att göra val</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/974</x:t>
   </x:si>