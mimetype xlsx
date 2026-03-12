--- v1 (2026-01-03)
+++ v2 (2026-03-12)
@@ -1,333 +1,333 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ef65fa834a49b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28aec11d52404c0db5f397dd515d77ce.psmdcp" Id="R89243cdacba745db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa5b1abd42f4cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66788f77e6124ce6b0b476404be01eb7.psmdcp" Id="Rb2fa603a7a4142ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Titel</x:t>
   </x:si>
   <x:si>
     <x:t>Diarienr</x:t>
   </x:si>
   <x:si>
     <x:t>Webbarkiv</x:t>
   </x:si>
   <x:si>
     <x:t>Behandling för kvinnor som lider av psykisk sjukdom efter förlossning – utifrån en kartläggningsrapport</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/942</x:t>
   </x:si>
   <x:si>
     <x:t>Nej</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Beteendeinriktad träning i liten grupp vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1159</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stöd från anhöriga eller andra närstående vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Färdtjänst eller riksfärdtjänst vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1158</x:t>
+  </x:si>
+  <x:si>
     <x:t>Självhjälpsgrupper vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1156</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Bolltäcke vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1155</x:t>
   </x:si>
   <x:si>
-    <x:t>Stöd från anhöriga eller andra närstående vid psykisk funktionsnedsättning</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Fostering Individualized Assistance Program (FIAP) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1153</x:t>
   </x:si>
   <x:si>
+    <x:t>Utbildning avseende exempelvis sexualkunskap, fysisk aktivitet, förbättrad egenvård, att undvika farliga situationer såsom sexuella trakasserier, att göra val/välja vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1150</x:t>
+  </x:si>
+  <x:si>
     <x:t>Familjeinriktade psykosociala insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1152</x:t>
   </x:si>
   <x:si>
-    <x:t>Utbildning avseende exempelvis sexualkunskap, fysisk aktivitet, förbättrad egenvård, att undvika farliga situationer såsom sexuella trakasserier, att göra val/välja vid psykisk funktionsnedsättning</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Acceptance and Commitment Therapy (ACT) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1151</x:t>
   </x:si>
   <x:si>
     <x:t>Personlig assistans vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1149</x:t>
   </x:si>
   <x:si>
     <x:t>Motiverande samtal/Motiverande intervju (MI) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1148</x:t>
   </x:si>
   <x:si>
     <x:t>Kognitiva insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1127</x:t>
   </x:si>
   <x:si>
     <x:t>Bostad med särskild service, annan särskilt anpassad bostad eller särskilt boende vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/986</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidsvistelse utanför det egna hemmet vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/989</x:t>
   </x:si>
   <x:si>
+    <x:t>Funktionell kommunikationsträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsboende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ledsagarservice eller ledsagning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/990</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sömnfrämjande insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1000</x:t>
   </x:si>
   <x:si>
     <x:t>Födointagsinriktade insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/994</x:t>
   </x:si>
   <x:si>
+    <x:t>Olycksfallsprevention vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mindfulness vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att stödja och främja föräldraförmåga hos personer med psykisk funktionsnedsättning som har barn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metoder eller strategier som bygger på tillämpad beteendeintervention (TBI) vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/981</x:t>
+  </x:si>
+  <x:si>
     <x:t>Korttidstillsyn utanför det egna hemmet för skolungdomar över 12 år med psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/988</x:t>
   </x:si>
   <x:si>
     <x:t>Kommunala stöd och insatser i hemmet vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/984</x:t>
   </x:si>
   <x:si>
+    <x:t>Boendestöd enligt socialtjänstlagen vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kontaktperson vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fysiska insatser vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miljöträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egenvård vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att förhindra självskadebeteende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/999</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hälsodagbok vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/995</x:t>
   </x:si>
   <x:si>
-    <x:t>Korttidsboende vid psykisk funktionsnedsättning</x:t>
-[...88 lines deleted...]
-  <x:si>
     <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar barn, ungdomars och vuxna med psykisk funktionsnedsättnings rätt att komma till tals och bli lyssnade på samt ges möjligheter att göra val</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/974</x:t>
   </x:si>
   <x:si>
+    <x:t>Daglig verksamhet eller dagverksamhet vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>God man, förvaltare, vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Framtidfullmakter vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Användning av teknik för beteendeinlärning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/977</x:t>
+  </x:si>
+  <x:si>
     <x:t>Terapi för aggressionshantering (Anger management) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/976</x:t>
   </x:si>
   <x:si>
+    <x:t>Rådgivning och annat personligt stöd vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/975</x:t>
+  </x:si>
+  <x:si>
     <x:t>Personliga budgetar för att kunna köpa sociala välfärdstjänster vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/971</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>SBU 2023/975</x:t>
   </x:si>
   <x:si>
     <x:t>Virtual reality-teknik vid behandling av ätstörningar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/118</x:t>
   </x:si>
   <x:si>
     <x:t>Social och psykologisk behandling i tvångsvård av flickor</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/677</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>