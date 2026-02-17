--- v0 (2025-11-18)
+++ v1 (2026-02-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa9404a30c904f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/426ec35bcebc4057ba32704b27c568fb.psmdcp" Id="R1b0a9c6a57894eb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21df02471fd14e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dff068496c664eb49bafcfea51566f19.psmdcp" Id="Rc7e1f23d274c460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
   <x:si>
     <x:t>Titel</x:t>
   </x:si>
   <x:si>
     <x:t>Diarienr</x:t>
   </x:si>
   <x:si>
@@ -209,103 +209,103 @@
   </x:si>
   <x:si>
     <x:t>Hälso- och sjukvård, Socialtjänst, Funktionstillstånd/-hinder</x:t>
   </x:si>
   <x:si>
     <x:t>Akutsjukvård, Psykiatri och psykologi , Medicinteknik och IT, Organisation, Prevention, Våld, övergrepp, Sluten vård inom socialtjänst, Missbruk, beroende, Beteende, Barn, ungdom, familj inom socialtjänst, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Tvång, tvångsåtgärder, tvångsvård, avskiljning, fastspänning, fasthållning, nedläggning, isolering, bälte, risksituation, riskhantering, konflikt, våld, våldssituation, aggression, aggressivitet, utagerande, ungdomsvård, psykiatrisk, rättspsykiatrisk, missbruk</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Tidigare publicerade kunskapsluckor om tvångsåtgärder: 
   Tvångsåtgärder vid psykiatriska krissituationer  (dnr UTV2016/236) 
   Six core strategies för att minska tvångsåtgärder inom psykiatrisk slutenvård av vuxna, inklusive psykiatrisk och rättspsykiatrisk tvångsvård  (dnr SBU 2023/121) 
   Safewards för att minska tvångsåtgärder inom rättspsykiatrisk vård av vuxna  (dnr SBU 2023/120) 
  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Informationen är hämtad från en förstudie genomförd av SBU: 
  SBU.  Förstudie avseende alternativa metoder till tvångsåtgärder: rapport till Socialdepartementet . Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023-05-05. Dnr SBU 2023/33. </x:t>
   </x:si>
   <x:si>
     <x:t>Barn/ungdomar, Vuxna</x:t>
   </x:si>
   <x:si>
-    <x:t>Six core strategies för att minska tvångsåtgärder inom psykiatrisk slutenvård av vuxna, inklusive psykiatrisk och rättspsykiatrisk tvångsvård</x:t>
-[...8 lines deleted...]
-    <x:t>Six core strategies</x:t>
+    <x:t>Safewards för att minska tvångsåtgärder inom rättspsykiatrisk vård av vuxna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vuxna i rättspsykiatrisk tvångsvård</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safewards</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primära utfall: Tvångsåtgärder såsom bältesläggning, tvångsmedicinering och avskiljning.
 Sekundära utfall: Patienters upplevelser och erfarenheter, funktion i vardagen och livskvalitet
 </x:t>
   </x:si>
   <x:si>
     <x:t>Psykiatri och psykologi , Organisation, Prevention, Upplevelse, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Tvång, isolering, bälte, fastspänning, fasthållning, konflikt, aggression, aggressiv, våld, våldsam, våldsprevention, containment, restraint, involuntary, coercion, conflict, violence, violent, seclusion</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Safewards</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Finch och medförfattare drog slutsatsen att det finns stöd för användandet av Safewards inom psykiatrisk slutenvård, men att det inte går att säga om modellen är effektiv för att minska tvångsåtgärder utanför denna kontext, till exempel inom rättspsykiatrisk vård. 
  Mullen och medförfattare drog slutsatsen att Safewards kan förbättra patienters upplevelse av den psykiatriska vårdsituationen, men att det finns osäkerhet i hur väl modellen avspeglar deras trygghet (trygghetsupplevelse) och understöder ett återhämtningsorienterat arbetssätt. 
    Läs mer här  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 
  Finch K, Lawrence D, Williams MO, Thompson AR, Hartwright C. A Systematic Review of the Effectiveness of Safewards: Has Enthusiasm Exceeded Evidence? Issues Ment Health Nurs. 2022;43(2):119-36.  Mer om översikten  
  Mullen A, Browne G, Hamilton B, Skinner S, Happell B. Safewards: An integrative review of the literature within inpatient and forensic mental health units. Int J Ment Health Nurs. 2022.  Mer om översikten    
  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Informationen är hämtad från SBU:s Upplysningstjänst: SBU. Metoder för att minska tvångsåtgärder inom psykiatrisk slutenvård: Safewards och Six core strategies. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst ut202220.  Läs mer  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Six core strategies för att minska tvångsåtgärder inom psykiatrisk slutenvård av vuxna, inklusive psykiatrisk och rättspsykiatrisk tvångsvård</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vuxna i psykiatrisk slutenvård, inklusive psykiatrisk och rättspsykiatrisk tvångsvård</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Six core strategies</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU:s Upplysningstjänst identifierade en gammal relevant systematisk översikt om interventionsprogram för att minska tvångsåtgärder inom psykiatrisk och rättspsykiatrisk vård där Six core strategies inkluderades och som bedömdes ha hög risk för bias. Upplysningstjänsten identifierade även fem relevanta artiklar från primärstudier (varav tre finns inkluderade i den systematiska översikten) om Six core strategies, med både kontrollerad och icke-kontrollerad design. Primärstudier granskas inte med avseende på risk för bias av Upplysningstjänsten.  Läs mer  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Informationen är hämtad från: SBU. Metoder för att minska tvångsåtgärder inom psykiatrisk slutenvård: Safewards och Six core strategies. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst ut202220.  Läs mer  </x:t>
   </x:si>
   <x:si>
     <x:t>Aggression replacement training för barn och ungdomar som begått brott</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/348</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Barn och ungdomar 12–17 år som uppvisat ett brottsligt beteende (ej sexualbrott)
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Aggression replacement training (ART), ART är ett manualbaserat preventionsprogram för ungdomar som beter sig aggressivt. Insatsen syftar till att minska aggressivitet, öka sociala färdigheter och främja den moraliska utvecklingen hos ungdomarna. På längre sikt är avsikten att förhindra att de återfaller i normbrytande beteende.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Kriminalitet, externaliserade eller internaliserade symtom, skolframgång</x:t>
   </x:si>
   <x:si>
     <x:t>Socialtjänst</x:t>
   </x:si>
   <x:si>
     <x:t>Psykiatri och psykologi , Prevention, Öppen vård inom socialtjänst, Stödjande/behandlande samtal, Socialtjänst, Emotionellt stöd, Beteende, Barn, ungdom, familj inom socialtjänst, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
@@ -926,130 +926,130 @@
       </x:c>
       <x:c r="R4" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U4" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="V4" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="W4" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:23">
       <x:c r="A5" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C5" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
+      <x:c r="S5" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="U5" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="V5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="W5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:23">
       <x:c r="A6" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C6" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="O6" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P6" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R6" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="S6" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U6" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="V6" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="W6" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:23">
       <x:c r="A7" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C7" s="1">
         <x:v>44358</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>