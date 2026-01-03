--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456a6869c5c14813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b474fda9e084fe8a17d1aa78dc79e4e.psmdcp" Id="R1ddd11a58e4541ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5613e6051c477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/743eaf5ecaba411789df2a592d6b2f65.psmdcp" Id="Radfc89b9b0ae48cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="265">
   <x:si>
     <x:t>Titel</x:t>
   </x:si>
   <x:si>
     <x:t>Diarienr</x:t>
   </x:si>
   <x:si>
@@ -230,108 +230,108 @@
   <x:si>
     <x:t>Självhjälpsgrupper vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1156</x:t>
   </x:si>
   <x:si>
     <x:t>Personer med psykisk funktionsnedsättning:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
   </x:si>
   <x:si>
     <x:t>Självhjälpsgrupper</x:t>
   </x:si>
   <x:si>
     <x:t>Socialtjänst</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Stödjande/behandlande samtal, Emotionellt stöd, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada</x:t>
   </x:si>
   <x:si>
     <x:t>Barn/ungdomar, Vuxna, Äldre</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placerade barn och ungdomar med psykisk funktionsnedsättning: Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parent Child Interaction Therapy (PCIT)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Färdtjänst eller riksfärdtjänst vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1158</x:t>
   </x:si>
   <x:si>
     <x:t>Färdtjänst (Lagen om färdtjänst, LFT) eller riksfärdtjänst (Lagen om riksfärdtjänst, LRFT)</x:t>
   </x:si>
   <x:si>
     <x:t>Funktionstillstånd/-hinder</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Transport</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
-[...8 lines deleted...]
-    <x:t>Parent Child Interaction Therapy (PCIT)</x:t>
+    <x:t>Bolltäcke vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolltäcke</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aktivitet, delaktighet, livskvalitet – Utfallen kan behöva definieras ytterligare. Läs om utfall i Avsnitt 3.4 ”Inklusions- och exklusionskriterier” i rapporten.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Medicinteknik och IT, Hjälpmedel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, tyngdtäcke</x:t>
   </x:si>
   <x:si>
     <x:t>Stöd från anhöriga eller andra närstående vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1157</x:t>
   </x:si>
   <x:si>
     <x:t>Personer med psykisk funktionsnedsättning och deras anhöriga:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Stöd från anhöriga eller andra närstående </x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Kompensatoriskt stöd, Emotionellt stöd, Anhöriga/Närstående</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, tyngdtäcke</x:t>
   </x:si>
   <x:si>
     <x:t>Fostering Individualized Assistance Program (FIAP) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1153</x:t>
   </x:si>
   <x:si>
     <x:t>Fostering Individualized Assistance Program (FIAP)</x:t>
   </x:si>
   <x:si>
     <x:t>Familjeinriktade psykosociala insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1152</x:t>
   </x:si>
   <x:si>
     <x:t>Personer med psykisk funktionsnedsättning och deras familjer:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
   </x:si>
   <x:si>
     <x:t>Familjeinriktade psykosociala insatser: Stepping Stones Triple P, De otroliga åren, Signpost for Building Better Behaviour Programme, Parent Child Interaction Therapy (PCIT), Parents Plus, familjeterapi, systemisk terapi, Coping Cat</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Stödjande/behandlande samtal, Föräldraskap, Färdighetsträning, Emotionellt stöd, Barn, ungdom, familj inom socialtjänst, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
@@ -387,110 +387,110 @@
   <x:si>
     <x:t>SBU 2023/1148</x:t>
   </x:si>
   <x:si>
     <x:t>Motiverande samtal/Motiverande intervju (Motivational Interviewing, MI)</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, Motivational Interview</x:t>
   </x:si>
   <x:si>
     <x:t>Kognitiva insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1127</x:t>
   </x:si>
   <x:si>
     <x:t>Kognitiva insatser, till exempel i form av aktivitetsscheman, främjande av organisatoriska färdigheter eller att sätta upp mål, delad uppmärksamhet/Joint Attention</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Färdighetsträning, Kognitiva insatser, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, kognition</x:t>
   </x:si>
   <x:si>
+    <x:t>Bostad med särskild service, annan särskilt anpassad bostad eller särskilt boende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostad med särskild service för vuxna eller annan särskilt anpassad bostad enligt lagen om stöd och service till vissa funktionshindrade (LSS), eller särskilt boende för personer med funktionsnedsättning enligt socialtjänstlagen (SoL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Emotionellt stöd, Boende, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gruppboende, demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, gruppboende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vuxna, Äldre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsvistelse utanför det egna hemmet vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/989</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Korttidsvistelse utanför det egna hemmet (t.ex. korttidshem, korttidsfamilj, läger) enligt lagen om stöd och service till vissa funktionshindrade (LSS) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Boende, Delaktighet, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sömnfrämjande insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1000</x:t>
   </x:si>
   <x:si>
     <x:t>Sömnfrämjande insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, temperatur, mörkläggning, hälsorelaterad, sömn, sova</x:t>
   </x:si>
   <x:si>
     <x:t>Födointagsinriktade insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/994</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Födointagsinriktade insatser </x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Nutrition, födointag</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, hälsorelaterad</x:t>
   </x:si>
   <x:si>
-    <x:t>Bostad med särskild service, annan särskilt anpassad bostad eller särskilt boende vid psykisk funktionsnedsättning</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Korttidstillsyn utanför det egna hemmet för skolungdomar över 12 år med psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/988</x:t>
   </x:si>
   <x:si>
     <x:t>Skolungdomar över 12 år med psykisk funktionsnedsättning:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Korttidstillsyn utanför det egna hemmet enligt lagen om stöd och service till vissa funktionshindrade (LSS) </x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Delaktighet, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Kommunala stöd och insatser i hemmet vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/984</x:t>
   </x:si>
   <x:si>
     <x:t>Kommunala stöd och insatser i hemmet enligt socialtjänstlagen (SoL), såsom hemtjänst, trygghetslarm och matdistribution</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Medicinteknik och IT, Praktiskt stöd, Nutrition, födointag, Hjälpmedel, Boende, Psykologiska/psykosociala/sociala insatser</x:t>
@@ -504,189 +504,189 @@
   <x:si>
     <x:t>SBU 2023/995</x:t>
   </x:si>
   <x:si>
     <x:t>Hälsodagbok</x:t>
   </x:si>
   <x:si>
     <x:t>Hälso- och sjukvård, Socialtjänst, Funktionstillstånd/-hinder</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi </x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, dagbok, hälsorelaterad</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidsboende vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/985</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidsboende enligt socialtjänstlagen (SoL)</x:t>
   </x:si>
   <x:si>
+    <x:t>Insatser för att förhindra självskadebeteende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att förhindra självskadebeteende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Prevention, Stödjande/behandlande samtal, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, förebyggande, hälsorelaterad</x:t>
+  </x:si>
+  <x:si>
     <x:t>Boendestöd enligt socialtjänstlagen vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/982</x:t>
   </x:si>
   <x:si>
     <x:t>Boendestöd enligt socialtjänstlagen (SoL)</x:t>
   </x:si>
   <x:si>
     <x:t>Egenvård vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/993</x:t>
   </x:si>
   <x:si>
     <x:t>Egenvård</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar </x:t>
   </x:si>
   <x:si>
-    <x:t>Insatser för att förhindra självskadebeteende vid psykisk funktionsnedsättning</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Olycksfallsprevention vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/998</x:t>
   </x:si>
   <x:si>
     <x:t>Olycksfallsprevention</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Medicinteknik och IT, Prevention</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, förebyggande</x:t>
   </x:si>
   <x:si>
+    <x:t>Miljöträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miljöträning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Färdighetsträning, Beteende</x:t>
+  </x:si>
+  <x:si>
     <x:t>Insatser för att stödja och främja föräldraförmåga hos personer med psykisk funktionsnedsättning som har barn</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/991</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Fler primärstudier behövs. </x:t>
   </x:si>
   <x:si>
     <x:t>Personer med psykisk funktionsnedsättning som har barn: Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Insatser för att stödja och främja föräldraförmåga </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Schrank B, Moran K, Borghi C, Priebe S. How to support patients with severe mental illness in their parenting role with children aged over 1 year? A systematic review of interventions. Soc. Psychiatry Psychiatr. Epidemiol. 2015;50:1765-83.  Mer om översikten  </x:t>
   </x:si>
   <x:si>
-    <x:t>Miljöträning vid psykisk funktionsnedsättning</x:t>
-[...8 lines deleted...]
-    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Färdighetsträning, Beteende</x:t>
+    <x:t>Funktionell kommunikationsträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funktionell kommunikationsträning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Färdighetsträning, Beteende, Kommunikation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning enligt lagen om bostadsanpassningsbidrag (LBB)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Boende, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Ledsagarservice eller ledsagning vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/990</x:t>
   </x:si>
   <x:si>
     <x:t>Ledsagarservice enligt lagen om stöd och service till vissa funktionshindrade (LSS) eller ledsagning enligt socialtjänstlagen (SoL)</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, ledsagare</x:t>
   </x:si>
   <x:si>
-    <x:t>Funktionell kommunikationsträning vid psykisk funktionsnedsättning</x:t>
-[...20 lines deleted...]
-    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Boende, Psykologiska/psykosociala/sociala insatser</x:t>
+    <x:t>Massage vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Fysioterapi, fysisk aktivitet, Komplementärmedicin</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/997</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Komplementärmedicin, Psykologiska/psykosociala/sociala insatser</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Fysioterapi, fysisk aktivitet, Komplementärmedicin</x:t>
   </x:si>
   <x:si>
     <x:t>Metoder eller strategier som bygger på tillämpad beteendeintervention (TBI) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/981</x:t>
   </x:si>
   <x:si>
     <x:t>Metoder eller strategier som bygger på TBI (tillämpad beteendeintervention) såsom funktionell analys, pivotal responsträning, positivt beteendestöd (PBS) med flera</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Färdighetsträning, Beteende, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/987</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson enligt lagen om stöd och service till vissa funktionshindrade (LSS) eller enligt socialtjänstlagen (SoL)</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Kontaktperson/kontaktfamilj, Emotionellt stöd, Delaktighet, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
@@ -1482,245 +1482,245 @@
       </x:c>
       <x:c r="P4" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U4" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V4" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W4" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:23">
       <x:c r="A5" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C5" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N5" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="T5" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V5" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="W5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:23">
       <x:c r="A6" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C6" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="O6" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P6" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U6" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V6" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="W6" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:23">
       <x:c r="A7" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C7" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I7" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="I7" s="0" t="s">
+      <x:c r="K7" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="K7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N7" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:23">
       <x:c r="A8" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M8" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N8" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="O8" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P8" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U8" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V8" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W8" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:23">
       <x:c r="A9" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C9" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="T9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -1967,254 +1967,254 @@
       </x:c>
       <x:c r="W14" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:23">
       <x:c r="A15" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C15" s="1">
         <x:v>45215</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:23">
       <x:c r="A16" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P16" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U16" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V16" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="W16" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:23">
       <x:c r="A17" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C17" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:23">
       <x:c r="A18" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C18" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M18" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N18" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O18" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P18" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U18" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V18" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="W18" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:23">
       <x:c r="A19" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="C19" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="K19" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="L19" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M19" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N19" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="O19" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="K19" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="O19" s="0" t="s">
+      <x:c r="P19" s="0" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="U19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:23">
       <x:c r="A20" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C20" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
@@ -2249,712 +2249,712 @@
       </x:c>
       <x:c r="W20" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:23">
       <x:c r="A21" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C21" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="W21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:23">
       <x:c r="A22" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C22" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P22" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V22" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W22" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:23">
       <x:c r="A23" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C23" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:23">
       <x:c r="A24" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C24" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L24" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M24" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N24" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O24" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P24" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U24" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V24" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="W24" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:23">
       <x:c r="A25" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C25" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V25" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="W25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:23">
       <x:c r="A26" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C26" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L26" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M26" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N26" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O26" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P26" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U26" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V26" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W26" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:23">
       <x:c r="A27" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C27" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:23">
       <x:c r="A28" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C28" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F28" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I28" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F28" s="0" t="s">
+      <x:c r="K28" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="L28" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M28" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N28" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="O28" s="0" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="P28" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="S28" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="U28" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V28" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="W28" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:23">
       <x:c r="A29" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C29" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
+      <x:c r="S29" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="U29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V29" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="W29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:23">
       <x:c r="A30" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C30" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M30" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O30" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P30" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U30" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V30" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W30" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:23">
       <x:c r="A31" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C31" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:23">
       <x:c r="A32" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C32" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L32" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M32" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N32" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="O32" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="P32" s="0" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="U32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V32" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W32" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:23">
       <x:c r="A33" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C33" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:23">
       <x:c r="A34" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C34" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M34" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N34" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O34" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P34" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U34" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V34" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W34" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:23">
       <x:c r="A35" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C35" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3004,98 +3004,98 @@
       </x:c>
       <x:c r="W36" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:23">
       <x:c r="A37" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C37" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:23">
       <x:c r="A38" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C38" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L38" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M38" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O38" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P38" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V38" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="W38" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3145,286 +3145,286 @@
       </x:c>
       <x:c r="W39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:23">
       <x:c r="A40" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C40" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M40" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N40" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O40" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P40" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U40" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V40" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="W40" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:23">
       <x:c r="A41" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C41" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="W41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:23">
       <x:c r="A42" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C42" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P42" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V42" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W42" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:23">
       <x:c r="A43" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C43" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:23">
       <x:c r="A44" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C44" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P44" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U44" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V44" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="W44" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:23">
       <x:c r="A45" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C45" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="W45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>