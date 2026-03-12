--- v1 (2026-01-03)
+++ v2 (2026-03-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5613e6051c477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/743eaf5ecaba411789df2a592d6b2f65.psmdcp" Id="Radfc89b9b0ae48cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce321222dd7d4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2207f388da042c3bfd955439d13bd4a.psmdcp" Id="Rba6508a0ebcf4ef5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="265">
   <x:si>
     <x:t>Titel</x:t>
   </x:si>
   <x:si>
     <x:t>Diarienr</x:t>
   </x:si>
   <x:si>
@@ -206,177 +206,177 @@
     <x:t>Aktivitet, delaktighet, livskvalitet – Utfallen kan behöva definieras ytterligare. Läs om utfall i Avsnitt 3.4 ”Inklusions- och exklusionskriterier” i rapporten</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>
     <x:t>Socialtjänst, Funktionstillstånd/-hinder</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Stödjande/behandlande samtal, Föräldraskap, Färdighetsträning, Familjehem, Emotionellt stöd, Beteende, Barn, ungdom, familj inom socialtjänst, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Ziviani J, Feeney R, Cuskelly M, Meredith P, Hunt K. Effectiveness of support services for children and young people with challenging behaviours related to or secondary to disability, who are in out-of-home care: a systematic review. Child. Youth Serv Rev. 2012;34:758-70.  Mer om översikten  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Evidenskartläggning som visar på kunskapsluckan: 
  SBU. Funktionstillstånd och funktionshinder: kunskapsläget för arbetsmetoder och insatser. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2019. SBU Kartlägger, rapport nr 305.  Läs rapporten  </x:t>
   </x:si>
   <x:si>
     <x:t>Barn/ungdomar</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Parent Child Interaction Therapy (PCIT) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placerade barn och ungdomar med psykisk funktionsnedsättning: Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parent Child Interaction Therapy (PCIT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stöd från anhöriga eller andra närstående vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personer med psykisk funktionsnedsättning och deras anhöriga:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Stöd från anhöriga eller andra närstående </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funktionstillstånd/-hinder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Kompensatoriskt stöd, Emotionellt stöd, Anhöriga/Närstående</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barn/ungdomar, Vuxna, Äldre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Färdtjänst eller riksfärdtjänst vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personer med psykisk funktionsnedsättning:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Färdtjänst (Lagen om färdtjänst, LFT) eller riksfärdtjänst (Lagen om riksfärdtjänst, LRFT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Transport</x:t>
+  </x:si>
+  <x:si>
     <x:t>Självhjälpsgrupper vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1156</x:t>
   </x:si>
   <x:si>
-    <x:t>Personer med psykisk funktionsnedsättning:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Självhjälpsgrupper</x:t>
   </x:si>
   <x:si>
     <x:t>Socialtjänst</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Stödjande/behandlande samtal, Emotionellt stöd, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
-    <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Bolltäcke vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1155</x:t>
   </x:si>
   <x:si>
     <x:t>Bolltäcke</x:t>
   </x:si>
   <x:si>
     <x:t>Aktivitet, delaktighet, livskvalitet – Utfallen kan behöva definieras ytterligare. Läs om utfall i Avsnitt 3.4 ”Inklusions- och exklusionskriterier” i rapporten.</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Medicinteknik och IT, Hjälpmedel</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, tyngdtäcke</x:t>
   </x:si>
   <x:si>
-    <x:t>Stöd från anhöriga eller andra närstående vid psykisk funktionsnedsättning</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Fostering Individualized Assistance Program (FIAP) vid psykisk funktionsnedsättning hos placerade barn och ungdomar med en komplex problembild av psykologisk och/eller beteendemässig karaktär</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1153</x:t>
   </x:si>
   <x:si>
     <x:t>Fostering Individualized Assistance Program (FIAP)</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Stödjande/behandlande samtal, Föräldraskap, Färdighetsträning, Emotionellt stöd, Barn, ungdom, familj inom socialtjänst, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Utbildning avseende exempelvis sexualkunskap, fysisk aktivitet, förbättrad egenvård, att undvika farliga situationer såsom sexuella trakasserier, att göra val/välja vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1150</x:t>
   </x:si>
   <x:si>
     <x:t>Personer med psykisk funktionsnedsättning: Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
   </x:si>
   <x:si>
     <x:t>Utbildning avseende exempelvis sexualkunskap, fysisk aktivitet, förbättrad egenvård, att undvika farliga situationer såsom sexuella trakasserier, att göra val/välja</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Stödjande/behandlande samtal, Färdighetsträning, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Evidenskartläggning som visar på kunskapsluckan: 
  SBU. Funktionstillstånd och funktionshinder: kunskapsläget för arbetsmetoder och insatser. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2019. SBU Kartlägger, rapport nr 305.  Läs rapporten  </x:t>
   </x:si>
   <x:si>
+    <x:t>Familjeinriktade psykosociala insatser vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personer med psykisk funktionsnedsättning och deras familjer:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Familjeinriktade psykosociala insatser: Stepping Stones Triple P, De otroliga åren, Signpost for Building Better Behaviour Programme, Parent Child Interaction Therapy (PCIT), Parents Plus, familjeterapi, systemisk terapi, Coping Cat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Stödjande/behandlande samtal, Föräldraskap, Färdighetsträning, Emotionellt stöd, Barn, ungdom, familj inom socialtjänst, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
     <x:t>Acceptance and Commitment Therapy (ACT) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1151</x:t>
   </x:si>
   <x:si>
     <x:t>Acceptance and Commitment Therapy (ACT)</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Stödjande/behandlande samtal, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Personlig assistans vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1149</x:t>
   </x:si>
   <x:si>
     <x:t>Personlig assistans</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Kompensatoriskt stöd, Emotionellt stöd, Personlig assistans, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Barn/ungdomar, Vuxna</x:t>
@@ -417,414 +417,414 @@
   <x:si>
     <x:t>Bostad med särskild service för vuxna eller annan särskilt anpassad bostad enligt lagen om stöd och service till vissa funktionshindrade (LSS), eller särskilt boende för personer med funktionsnedsättning enligt socialtjänstlagen (SoL)</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Emotionellt stöd, Boende, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Gruppboende, demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, gruppboende</x:t>
   </x:si>
   <x:si>
     <x:t>Vuxna, Äldre</x:t>
   </x:si>
   <x:si>
     <x:t>Korttidsvistelse utanför det egna hemmet vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/989</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Korttidsvistelse utanför det egna hemmet (t.ex. korttidshem, korttidsfamilj, läger) enligt lagen om stöd och service till vissa funktionshindrade (LSS) </x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Boende, Delaktighet, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
+    <x:t>Funktionell kommunikationsträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funktionell kommunikationsträning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Färdighetsträning, Beteende, Kommunikation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bostadsanpassning enligt lagen om bostadsanpassningsbidrag (LBB)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Boende, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gruppboende, demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsboende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korttidsboende enligt socialtjänstlagen (SoL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ledsagarservice eller ledsagning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ledsagarservice enligt lagen om stöd och service till vissa funktionshindrade (LSS) eller ledsagning enligt socialtjänstlagen (SoL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Delaktighet, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, ledsagare</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sömnfrämjande insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1000</x:t>
   </x:si>
   <x:si>
     <x:t>Sömnfrämjande insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, temperatur, mörkläggning, hälsorelaterad, sömn, sova</x:t>
   </x:si>
   <x:si>
     <x:t>Födointagsinriktade insatser vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/994</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Födointagsinriktade insatser </x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Nutrition, födointag</x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, hälsorelaterad</x:t>
   </x:si>
   <x:si>
+    <x:t>Olycksfallsprevention vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olycksfallsprevention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Medicinteknik och IT, Prevention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, förebyggande</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mindfulness vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mindfulness</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Komplementärmedicin, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Fysioterapi, fysisk aktivitet, Komplementärmedicin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att stödja och främja föräldraförmåga hos personer med psykisk funktionsnedsättning som har barn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/991</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Fler primärstudier behövs. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personer med psykisk funktionsnedsättning som har barn: Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Insatser för att stödja och främja föräldraförmåga </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Schrank B, Moran K, Borghi C, Priebe S. How to support patients with severe mental illness in their parenting role with children aged over 1 year? A systematic review of interventions. Soc. Psychiatry Psychiatr. Epidemiol. 2015;50:1765-83.  Mer om översikten  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metoder eller strategier som bygger på tillämpad beteendeintervention (TBI) vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metoder eller strategier som bygger på TBI (tillämpad beteendeintervention) såsom funktionell analys, pivotal responsträning, positivt beteendestöd (PBS) med flera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Färdighetsträning, Beteende, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
     <x:t>Korttidstillsyn utanför det egna hemmet för skolungdomar över 12 år med psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/988</x:t>
   </x:si>
   <x:si>
     <x:t>Skolungdomar över 12 år med psykisk funktionsnedsättning:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Korttidstillsyn utanför det egna hemmet enligt lagen om stöd och service till vissa funktionshindrade (LSS) </x:t>
   </x:si>
   <x:si>
-    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Delaktighet, Psykologiska/psykosociala/sociala insatser</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Kommunala stöd och insatser i hemmet vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/984</x:t>
   </x:si>
   <x:si>
     <x:t>Kommunala stöd och insatser i hemmet enligt socialtjänstlagen (SoL), såsom hemtjänst, trygghetslarm och matdistribution</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Medicinteknik och IT, Praktiskt stöd, Nutrition, födointag, Hjälpmedel, Boende, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
-    <x:t>Gruppboende, demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada</x:t>
+    <x:t>Boendestöd enligt socialtjänstlagen vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boendestöd enligt socialtjänstlagen (SoL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kontaktperson vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kontaktperson enligt lagen om stöd och service till vissa funktionshindrade (LSS) eller enligt socialtjänstlagen (SoL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Kontaktperson/kontaktfamilj, Emotionellt stöd, Delaktighet, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fysiska insatser vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fysiska insatser, till exempel jogging, styrketräning och dans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Fysioterapi, fysisk aktivitet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miljöträning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miljöträning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Färdighetsträning, Beteende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egenvård vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egenvård</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att förhindra självskadebeteende vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att förhindra självskadebeteende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Prevention, Stödjande/behandlande samtal, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, förebyggande, hälsorelaterad</x:t>
   </x:si>
   <x:si>
     <x:t>Hälsodagbok vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/995</x:t>
   </x:si>
   <x:si>
     <x:t>Hälsodagbok</x:t>
   </x:si>
   <x:si>
     <x:t>Hälso- och sjukvård, Socialtjänst, Funktionstillstånd/-hinder</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi </x:t>
   </x:si>
   <x:si>
     <x:t>Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada, dagbok, hälsorelaterad</x:t>
   </x:si>
   <x:si>
-    <x:t>Korttidsboende vid psykisk funktionsnedsättning</x:t>
-[...184 lines deleted...]
-  <x:si>
     <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar barn, ungdomars och vuxna med psykisk funktionsnedsättnings rätt att komma till tals och bli lyssnade på samt ges möjligheter att göra val</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/974</x:t>
   </x:si>
   <x:si>
     <x:t>Rutiner, arbetssätt och förhållningssätt som säkrar barn, ungdomars och vuxna med funktionsnedsättnings rätt att komma till tals och bli lyssnade på samt ges möjligheter att göra val</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Organisation, Barn, ungdom, familj inom socialtjänst, Kommunikation, Autonomi, Diskriminering, attityder, stigma, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Demens vid Alzheimers sjukdom, demens vid Parkinsons sjukdom, schizofreni, förstämningssyndrom, bipolär sjukdom, fobiska syndrom, tvångssyndrom, posttraumatiskt stressyndrom (PTSD), paranoid/schizoid/antisocial personlighetsstörning, hjärnblödning, cerebral infarkt, cerebral pares (CP), ätstörning, multipel skleros (MS), Parkinsons sjukdom, amyotrofisk lateral skleros (ALS), hörsel- och synhallucinationer, förvärvad hjärnskada </x:t>
   </x:si>
   <x:si>
+    <x:t>Daglig verksamhet eller dagverksamhet vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personer med psykisk funktionsnedsättning:  Funktionsnedsättning av bestående natur avseende psykiska funktioner som påverkar förmåga till aktivitet och delaktighet.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daglig verksamhet enligt lagen om stöd och service till vissa funktionshindrade (LSS) eller dagverksamhet enligt socialtjänstlagen (SoL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Arbete, sysselsättning, Färdighetsträning, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>God man, förvaltare, vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>God man, förvaltare enligt föräldrabalken (FB)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Kompensatoriskt stöd, Autonomi, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Framtidfullmakter vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Framtidsfullmakter enligt lagen om framtidsfullmakter (LFF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Kompensatoriskt stöd, Autonomi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Användning av teknik för beteendeinlärning vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Användning av teknik, exempelvis film (video-modelling), för beteendeinlärning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Medicinteknik och IT, Färdighetsträning, Beteende</x:t>
+  </x:si>
+  <x:si>
     <x:t>Terapi för aggressionshantering (Anger management) vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/976</x:t>
   </x:si>
   <x:si>
     <x:t>Terapi för aggressionshantering (Anger management)</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Stödjande/behandlande samtal, Beteende, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
+    <x:t>Rådgivning och annat personligt stöd vid psykisk funktionsnedsättning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rådgivning och annat personligt stöd enligt lagen om stöd och service till vissa funktionshindrade (LSS) eller rådgivning och stöd enligt socialtjänstlagen (SoL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Stödjande/behandlande samtal, Praktiskt stöd, Kompensatoriskt stöd, Emotionellt stöd, Autonomi, Psykologiska/psykosociala/sociala insatser</x:t>
+  </x:si>
+  <x:si>
     <x:t>Personliga budgetar för att kunna köpa sociala välfärdstjänster vid psykisk funktionsnedsättning</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/971</x:t>
   </x:si>
   <x:si>
     <x:t>Personliga budgetar för att kunna köpa sociala välfärdstjänster enligt socialtjänstlagen (SoL) eller enligt lagen om stöd och service till vissa funktionshindrade (LSS)</x:t>
   </x:si>
   <x:si>
     <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Praktiskt stöd, Autonomi</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>Medfödda, ärftliga och hos nyfödda uppträdande sjd , Nervssystemets sjukdomar , Psykiatri och psykologi , Information/utbildning, Stödjande/behandlande samtal, Praktiskt stöd, Kompensatoriskt stöd, Emotionellt stöd, Autonomi, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
   <x:si>
     <x:t>Virtual reality-teknik vid behandling av ätstörningar</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/118</x:t>
   </x:si>
   <x:si>
     <x:t>Personer med diagnostiserad ätstörning</x:t>
   </x:si>
   <x:si>
     <x:t>Terapi med virtual reality-teknik (VR)</x:t>
   </x:si>
   <x:si>
     <x:t>Annan behandling eller ingen behandling</x:t>
   </x:si>
   <x:si>
     <x:t>Symtom, remission, funktion, viktförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Hälso- och sjukvård</x:t>
   </x:si>
   <x:si>
     <x:t>Psykiatri och psykologi , Medicinteknik och IT, Psykologiska/psykosociala/sociala insatser</x:t>
   </x:si>
@@ -1435,292 +1435,292 @@
       </x:c>
       <x:c r="T3" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U3" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V3" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="W3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:23">
       <x:c r="A4" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C4" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K4" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L4" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M4" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N4" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="O4" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P4" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="T4" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U4" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V4" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="W4" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:23">
       <x:c r="A5" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C5" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V5" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:23">
       <x:c r="A6" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C6" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="O6" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P6" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U6" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V6" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W6" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:23">
       <x:c r="A7" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C7" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="L7" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M7" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N7" s="0" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:23">
       <x:c r="A8" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="C8" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I8" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="K8" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="I8" s="0" t="s">
+      <x:c r="L8" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M8" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N8" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="O8" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="K8" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="O8" s="0" t="s">
+      <x:c r="P8" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="P8" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="U8" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V8" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W8" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:23">
       <x:c r="A9" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C9" s="1">
         <x:v>45226</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="T9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -1747,1705 +1747,1705 @@
       <x:c r="E10" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K10" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M10" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O10" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P10" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U10" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="V10" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W10" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:23">
       <x:c r="A11" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C11" s="1">
         <x:v>45225</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U11" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="V11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:23">
       <x:c r="A12" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C12" s="1">
         <x:v>45225</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M12" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O12" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P12" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V12" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W12" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:23">
       <x:c r="A13" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C13" s="1">
         <x:v>45223</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U13" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="V13" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="W13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:23">
       <x:c r="A14" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C14" s="1">
         <x:v>45223</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P14" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U14" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V14" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W14" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:23">
       <x:c r="A15" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C15" s="1">
         <x:v>45215</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V15" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:23">
       <x:c r="A16" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P16" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U16" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V16" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="W16" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:23">
       <x:c r="A17" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C17" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:23">
       <x:c r="A18" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C18" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M18" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N18" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O18" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P18" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U18" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V18" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W18" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:23">
       <x:c r="A19" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
       <x:c r="C19" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="K19" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="L19" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M19" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N19" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="O19" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="K19" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="O19" s="0" t="s">
+      <x:c r="P19" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="P19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="U19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V19" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:23">
       <x:c r="A20" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="C20" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L20" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M20" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N20" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O20" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P20" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U20" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V20" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W20" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:23">
       <x:c r="A21" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C21" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V21" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:23">
       <x:c r="A22" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C22" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P22" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V22" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W22" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:23">
       <x:c r="A23" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C23" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V23" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:23">
       <x:c r="A24" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C24" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="K24" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="L24" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M24" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N24" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="O24" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="P24" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="K24" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="U24" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V24" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W24" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:23">
       <x:c r="A25" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C25" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V25" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:23">
       <x:c r="A26" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
       <x:c r="C26" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="K26" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="L26" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M26" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N26" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="O26" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="K26" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="P26" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U26" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V26" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W26" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:23">
       <x:c r="A27" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="C27" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="S27" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V27" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="W27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:23">
       <x:c r="A28" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C28" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L28" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M28" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N28" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O28" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P28" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U28" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V28" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W28" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:23">
       <x:c r="A29" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C29" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F29" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="F29" s="0" t="s">
+      <x:c r="I29" s="0" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>178</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V29" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="W29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:23">
       <x:c r="A30" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C30" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M30" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O30" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P30" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U30" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V30" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="W30" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:23">
       <x:c r="A31" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C31" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N31" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V31" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="W31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:23">
       <x:c r="A32" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C32" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L32" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M32" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N32" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O32" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P32" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V32" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W32" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:23">
       <x:c r="A33" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C33" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V33" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:23">
       <x:c r="A34" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M34" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N34" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O34" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P34" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U34" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V34" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W34" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:23">
       <x:c r="A35" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:23">
       <x:c r="A36" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C36" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L36" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M36" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N36" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O36" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="P36" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U36" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V36" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W36" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:23">
       <x:c r="A37" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C37" s="1">
         <x:v>45152</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="K37" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="L37" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M37" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N37" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="O37" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="K37" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="O37" s="0" t="s">
+      <x:c r="P37" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="P37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="U37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V37" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:23">
       <x:c r="A38" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C38" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L38" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M38" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O38" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P38" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V38" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="W38" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:23">
       <x:c r="A39" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C39" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V39" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="W39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:23">
       <x:c r="A40" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C40" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M40" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N40" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O40" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P40" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U40" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V40" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="W40" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:23">
       <x:c r="A41" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C41" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V41" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:23">
       <x:c r="A42" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C42" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P42" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V42" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W42" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:23">
       <x:c r="A43" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C43" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V43" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:23">
       <x:c r="A44" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C44" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P44" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U44" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V44" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="W44" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:23">
       <x:c r="A45" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C45" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="V45" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="W45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:23">
       <x:c r="A46" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C46" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">