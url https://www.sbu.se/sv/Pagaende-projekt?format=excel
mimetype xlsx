--- v0 (2025-12-25)
+++ v1 (2026-03-26)
@@ -1,216 +1,430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd73f25682cf4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36ae902d76014a869e8581c1195df6c0.psmdcp" Id="R779ecffad5eb49fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67db08653430466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/daa40d6731a644bead7f80bb798aa8b1.psmdcp" Id="Rb800508cda834ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Titel</x:t>
   </x:si>
   <x:si>
     <x:t>Beräknad publicering</x:t>
   </x:si>
   <x:si>
     <x:t>Kategori</x:t>
   </x:si>
   <x:si>
     <x:t>Innehåll</x:t>
   </x:si>
   <x:si>
-    <x:t>Mätmetoder för prioriterade utfall gällande provocerad vulvodyni (vestibulit)</x:t>
-[...5 lines deleted...]
-    <x:t xml:space="preserve">Projektgrupp
+    <x:t>Bedömningsstöd för att identifiera personer utsatta för prostitution, människohandel för sexuella ändamål och sexuell exploatering genom spridning av bilder eller filmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kvartal 2, 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bakgrund
+SBU fick i juni år 2025 regeringsuppdraget: Uppdrag att förbereda stöd till utsatta för prostitution och närliggande målgrupper (A2025/00637). SBU ska enligt uppdraget, i dialog med Socialstyrelsen, ta fram det vetenskapliga underlag som Socialstyrelsen behöver för genomförande av uppdraget att vid behov anpassa befintliga kunskapsstöd eller ta fram nya kunskapsstöd för yrkesverksamma i socialtjänst och hälso- och sjukvård.
+SBU har i dialog med Socialstyrelsen kommit fram till att genomföra en sammanställning av systematiska översikter som studerat bedömningsstöd för att inom socialtjänst och hälso- och sjukvård identifiera personer som utsätts för prostitution, människohandel för sexuella ändamål eller sexuell exploatering genom spridning av bilder/filmer.
+Rapporten utgör del av det övergripande projektet SBU Bereder: Stöd till utsatta för prostitution och närliggande målgrupper (SBU 2025/1092).
+Syfte
+Detta projekt syftar till att kartlägga vilken sammanställd forskning som finns om bedömningsstöd för att inom hälso- och sjukvård och socialtjänst identifiera personer som utsätts för prostitution, människohandel för sexuella ändamål eller sexuell exploatering genom spridning av bilder/filmer.
+Resultatet av rapporten blir en interaktiv karta som visar vilken sammanställd forskning som finns för bedömningsstöd som kan identifiera personer utsatta för prostitution, människohandel för sexuella ändamål och sexuell exploatering genom spridning av bilder eller filmer.
+Projektgrupp
 Sakkunniga
-- Nina Bohm-Starke, docent, gynekolog, överläkare, Kvinnokliniken Danderyds sjukhus/Karolinska Institutet
-[...24 lines deleted...]
-    <x:t>Psykiatri och psykologi , Information/utbildning, Öppen vård inom socialtjänst, Stödjande/behandlande samtal, Sluten vård inom socialtjänst, Föräldraskap, Missbruk, beroende, Institutionsvård (Hem för vård eller boende, HVB-hem), Arbete, sysselsättning, Färdighetsträning, Familjehem, Emotionellt stöd, Beteende, Barn, ungdom, familj inom socialtjänst, Upplevelse, Autonomi, Delaktighet, Psykologiska/psykosociala/sociala insatser, Socialtjänst, Funktionstillstånd/-hinder</x:t>
+- Anna Hall, socionom, fil.dr. i socialt arbete, Göteborgs universitet/
+- Carl Göran Svedin, läkare, affilierad professor i socialt arbete vid Marie Cederschiölds Högskola
+- Charlotta von Mentzer, barnmorska, doktorand vid Göteborgs universitet
+Projektdeltagare från SBU 
+- Projektledare: Johanna Andersson
+- Biträdande projektledare: Helena Domeij
+- Projektadministratör: Emma Wernersson
+- Informationsspecialist: Klas Moberg
+- Projektansvarig chef: Uliana Hellberg
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kränkande särbehandling, hot- och våld i arbetet och dess relation till psykisk ohälsa</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Bakgrund
-SBU och Socialstyrelsen har genom regeringsbeslut 2023-04-13 fått i uppdrag att öka kunskapen om förstärkta familjehem och behandlingsfamiljer samt att förbättra förutsättningarna för fler placeringar i förstärkta familjehem och behandlingsfamiljer.
+Under våren 2025 fick SBU i uppdrag av regeringen att utvärdera arbetsmiljöns betydelse för uppkomst och varaktighet av psykisk ohälsa samt att analysera eventuella könsskillnader. Förvärvsarbete är inte bara en inkomstkälla utan också viktigt för social tillhörighet, delaktighet och psykiskt välbefinnande. Samtidigt kan faktorer i den organisatoriska och sociala arbetsmiljön (OSA) öka risken för psykisk ohälsa och sjukskrivning.
+Globalt sett uppskattar Världshälsoorganisationen att cirka 15 procent av den arbetande befolkningen lever med psykisk ohälsa vid en given tidpunkt. I Sverige har sjukskrivningar med psykiatriska diagnoser ökat kraftigt under de senaste decennierna. Antalet pågående sjukfall med psykiska diagnoser steg från cirka 30 000 år 2010 till närmare 100 000 år 2024 enligt Försäkringskassans beräkningar. Sjukskrivningar på grund av stressrelaterade diagnoser ökade från cirka 34 700 år 2019 till 43 500 år 2024, en ökning med omkring 25 procent. Försäkringskassan beräkningar visar även på att kvinnor står för nära fyra av fem stressrelaterade sjukskrivningar, och högst andel återfinns bland kvinnor i åldern 30–39 år. Enligt Arbetsmiljöverkets arbetsmiljörapport 2024 uppgav 7–8 procent av sysselsatta i Sverige (16–64 år) att de utsatts för kränkande särbehandling det senaste året. Mellan 12 och 23 procent hade utsatts för någon form av diskriminering. Fyra procent rapporterade sexuella trakasserier, vilket motsvarade 13 procent bland unga kvinnor. Vidare uppgav 14 procent att de utsatts för hot eller våld i arbetet under de senaste 12 månaderna.
+Forskning visar att kränkande särbehandling är kopplad till såväl samtidiga som senare symtom på depression, ångest, stressrelaterad ohälsa, sömnstörningar samt suicidala tankar och beteenden. Sexuella trakasserier och hot eller våld i arbetet har också associerats med ökad risk för depressiva symtom och utmattning. Sammantaget finns det starka skäl att systematiskt kartlägga evidensen om sambandet mellan kränkande särbehandling, hot och våld i arbetet och psykisk ohälsa i denna SBU-rapport.
+Syfte 
+Syftet med detta projekt är att utföra en kartläggning av systematiska översikter som utvärderar exponering för upplevelsen av kränkande särbehandling och hot- och våld i arbetet och dess relation till vanlig psykisk ohälsa. Varaktighet och eventuella könsskillnader utifrån detta syfte ska beaktas.
+Projektgrupp
+Sakkunniga 
+- Linda Magnusson Hanson, docent, Psykologiska institutionen, Stockholms universitet.
+- Andreas Stenling, docent, Institutionen för psykologi, Umeå universitet.
+Projektdeltagare från SBU 
+- Magdalena Ramstedt Stadin, projektledare (eng. project leader)
+- Elin Frögéli, biträdande projektledare (eng. assistant project leader)
+- Maria Ahlberg, projektadministratör (eng. project coordinator)
+- Carl Gornitzki, informationsspecialist (eng. information specialist)
+- Jenny Odeberg, projektansvarig chef (eng. project manager)
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nationell plan för en bättre beroendevård</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bakgrund
+SBU deltar i samverkan med nio andra myndigheter i ”Uppdrag att ta fram en myndighetsgemensam nationell plan för en bättre beroendevård och ett stärkt förebyggande arbete” (S2025/01284) på uppdrag av regeringen. Uppdraget leds och samordnas av Socialstyrelsen och Folkhälsomyndigheten. I regeringsuppdraget ingår frågor som rör alkohol, narkotika, doping, tobak och spel (ANDTS) och det ska slutredovisas i juni 2026.
+Planen ska stödja införandet av en reform av samhällets insatser för mer samordnade, behovsanpassade och personcentrerade insatser till personer med samsjuklighet i form av skadligt bruk, beroende och psykisk ohälsa (SOU 2021:93) samt stödja arbetet med förebyggande och tidiga insatser med fokus på barn och unga.
+SBU:s bidrag är två pågående förstudier:
+- Organisatoriska faktorer, integrerade vårdformer och samverkan samt implementering av nationella planer.
+- Behandling för hazardspelssyndrom och problemspelande
+SBU har även tagit fram kunskapsunderlag i form av ett Utredningstjänst (UT) svar kring förebyggande arbete bland barn och unga.
 Syfte
-SBU ska ta fram ett kunskapsunderlag avseende de arbetssätt och metoder som används inom ramen för kvalificerade familjehemsinsatser. SBU ska vidare analysera och beskriva vilka komponenter som ingår i de olika insatserna och, i den mån det finns vetenskapligt underlag med tillräckligt hög tillförlitlighet, hur de olika komponenterna påverkat resultaten av de kvalificerade familjehemsinsatserna. I Socialstyrelsens del av uppdraget ingår att kartlägga användningen av förstärkta familjehem och behandlingsfamiljer i Sverige och undersöka hur förstärkta familjehem och behandlingsfamiljer upplever insatsen. Socialstyrelsen ska även utifrån kunskapsunderlagen skapa och genomföra kunskapsstödjande insatser, stöd och aktiviteter kring förstärkt familjehemsvård. SBU och Socialstyrelsen ska vidare beskriva vilka förutsättningar som behöver finnas för att möjliggöra fler placeringar i förstärkta familjehem och behandlingsfamiljer.
+Syftet med första förstudien är att sammanställa de systematiska översikter som finns om organisatoriska faktorer och förändringar samt implementering av nationella satsningar inom beroendevårdsområdet, och hur har dessa definierats, studerats och relaterats till olika typer av utfall på organisations- och individnivå. Sökningen genomfördes på litteratur från 2020 och framåt.
+Syftet med den andra förstudien är att sammanställa de systematiska översikter som finns inom området psykologisk behandling av hazardspelsyndrom och problematiskt spelande? Sökningen genomfördes på litteratur från 2015 och framåt.
+Projektdeltagare från SBU
+- Projektledare: Nina-Katri Gustafsson
+- Projektledare: David Forsström
+- Projektdeltagare: Idha Kurtsdotter
+- Projektdeltagare: Helena Domeij
+- Projektdeltagare: Rebecca Silverstein
+- Projektdeltagare: Jessica Dagerhamn
+- Projektadministratör: Emma Wernersson
+- Informationsspecialist: Klas Moberg
+- Projektansvarig chef: Uliana Hellberg
 </x:t>
   </x:si>
   <x:si>
     <x:t>Kunskapsöversikter om postcovid</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Kvartal 2, 2026</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Bakgrund 
 Postcovid är ett tillstånd som drabbar många människor och kan ge långvariga symtom med påverkan på både vardagsliv och hälsa. Sedan 2021 har SBU haft återkommande regeringsuppdrag att ta fram kunskapssammanställningar om postcovid. I det aktuella regeringsuppdraget ska SBU ta fram kunskapsunderlag som Socialstyrelsen kan använda i sitt arbete.
+Projektet ska slutredovisas i maj 2026, men du hittar information om hur arbetet fortskrider här: Kunskapsöversikter om postcovid och karta över primärstudier om postcovid.
 Syfte 
 Projektet syftar till att genom en levande systematisk översikt kartlägga vilken forskningen det finns i form av primärstudier som undersöker effekter av behandlingar och rehabiliteringsinsatser vid postcovid. Kartläggningen är avgränsad till randomiserade kliniska studier och resultaten publiceras löpande i en interaktiv karta. SBU kommer, i mån av tid och om det finns tillräckligt många studier, göra synteser för olika typer av insatser.
 Projektet syftar även till att identifiera välgjorda systematiska översikter med frågeställningar som kan vara relevanta för hälso- och sjukvården. I dialog med sakkunniga och Socialstyrelsen kan dessa översikter komma att utgöra underlag för kunskapssammanställningar i form av svar från SBU:s Upplysningstjänst och SBU Kommenterar.
 Projektgrupp
 Sakkunniga
 - Marika Möller, specialist i neuropsykologi, docent. Danderyds sjukhus/Karolinska institutet.
 - Per Åkesson, specialist i infektionssjukdomar, docent. Skånes universitetssjukhus
 Projektdeltagare från SBU 
 - Per Lytsy, projektledare
 - Annicka Hedman, biträdande projektledare
 - Jessica Dagerhamn, projektdeltagare
 - Elham Ali Mohammed, projektdeltagare
 - Jenny Ågren, projektdeltagare
 - Laura Lintamo, projektdeltagare
 - Carl Gornitzki, informationsspecialist
 - Maria Ahlberg, projektadministratör
 - Pernilla Östlund, projektansvarig chef (till 2025-08-31)
 - Jenny Odeberg, projektansvarig chef (från 2025-09-01)
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Prioritering av forskningsfrågor som berör äldre som har hemtjänst</x:t>
+    <x:t>Nyföddhetsscreening för mukopolysackaridos typ 1 (MPS-1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kvartal 3, 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bakgrund
+Socialstyrelsen utreder om MPS-1 ska ingå i nyföddhetsscreening med PKU-provet och har bett SBU utreda 2 av de 15 bedömningskriterier som används vid framtagning av screeningprogram. Det gäller kriterierna 4 (det ska finnas en lämplig testmetod) och 5 (det ska finnas åtgärder som ger bättre effekt i tidigt skede än vid klinisk upptäckt).
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arbetsmiljöns betydelse för uppkomsten av cancersjukdomar hos brandmän</x:t>
   </x:si>
   <x:si>
     <x:t>Kvartal 4, 2026</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Bakgrund
-I regleringsbrevet för år 2024 fick SBU i uppdrag att ta fram kunskapssammanställningar för att förbättra äldreomsorgen (S20323/03257). Uppdraget ska slutredovisas senast 31 december 2026.
-[...1 lines deleted...]
-Projektets inriktning är avstämt med Socialstyrelsen.
+I början av 2026 fick SBU i uppdrag av regeringen att ta fram kunskapsunderlag om arbetsmiljöns betydelse för uppkomsten av cancersjukdomar hos brandmän. Efter litteratursökning och dialog med experter på området har SBU kommit fram till att kommentera International Agency for Research on Cancer (IARC) systematiska översikt Firefighting and cancer: A meta-analysis of cohort studies in the context of cancer hazard identification av De Bono et. al., (2023).
+Syfte
+Syftet med detta projekt är att utvärdera arbetsmiljöns betydelse för uppkomsten av cancersjukdomar hos brandmän genom att granska och kritiskt kommentera den systematiska översikten Firefighting and cancer: A meta-analysis of cohort studies in the context of cancer hazard identification av De Bono et. al., (2023) utifrån SBUs metod.
+Projektdeltagare från SBU 
+- Magdalena Ramstedt Stadin, projektledare
+- Elin Frögéli, biträdande projektledare
+- Maria Hoppe, projektadministratör
+- Jenny Odeberg, projektansvarig chef 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prioritering av kunskapsbehov inom hemtjänst för äldre personer</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bakgrund
+I regleringsbrevet för år 2024 fick SBU i uppdrag att ta fram kunskapssammanställningar för att förbättra äldreomsorgen (S2023/03257). Uppdraget ska slutredovisas senast 1 december 2026.Under 2026 planerar SBU att utföra en prioritering av de behov av ny kunskap som identifierats inom området äldre med hemtjänst. Prioriteringen sker genom att använda en metod framtagen av James Lind Alliance (för referensläsning, se: https://www.jla.nihr.ac.uk/). Syftet är att identifiera vilka som är de mest angelägna kunskapsbehoven inom det specifika området. Metoden bygger på att personer med egen erfarenhet, närstående samt personal inom ett bestämt område tillsammans kommer överens om de viktigaste kunskapsluckorna inom detta område. Målgruppen för prioriteringen är framför allt relevanta myndigheter, forskare och forskningsfinansiärer, samt hemtjänstverksamheten.
 Syfte 
-Utifrån en inventering och prioritering med berörda grupper ta fram en lista med de mest angelägna forskningsfrågorna som berör äldre personer som har hemtjänst.
+Syftet med detta projekt är att identifiera vilka viktiga behov på ny kunskap som finns inom området hemtjänst med inriktningen äldre som har hemtjänst. Projektet riktas främst mot de som har hemtjänst, deras närstående och de som arbetar inom området, för att undersöka vilka kunskapsbehov de kan se utifrån sina erfarenheter. Resultatet av projektet kommer att användas av SBU och Socialstyrelsen i arbetet att ta fram kunskapsunderlag till verksamheten och mot forskare och forskningsfinansiärer utifrån deras roll att ta fram ny vetenskaplig kunskap.
+Mer information om projektet finns här
+Projektgrupp
+Sakkunniga
+- Ida Goliath, (Med Dr, docent, Stiftelsen Stockholms läns Äldrecentrum och Karolinska Institutet)
+- Elizabeth DiPaolo Sandberg, (förbundsordförande SKPF Pensionärerna)
+Från Socialstyrelsen
+- Emanuel Åhlfeldt, (utredare)
+- Stefan Brené, (utredare)
+Projektdeltagare från SBU
+- Frida Fröberg, projektledare. Fr.o.m. 2026-03-01
+- Anna-My Stradell, projektmedarbetare
+- Göran Bertilsson, projektansvarig chef
+- Irene Edebert, biträdande projektledare
+- Jenny Nell, projektmedarbetare
+- Marie Österberg, projektledare t.om. 2026-03-01
+- Mikaela Lannergren, projektadministratör fr.o.m. 2026-01-19
+- Sofia Carlsson, projektadministratör t.o.m. 2026-01-19
 </x:t>
   </x:si>
   <x:si>
     <x:t>Suicidprevention för vuxna med nyligt suicidförsök</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Sakkunniga
 - Johan Bjureberg, docent, leg. psykolog, Karolinska Institutet 
 - Elin Fröding, med. dr., överläkare, Region Jönköpings län 
 - Sofie Westling, docent, överläkare, Lunds universitet 
 Projektdeltagare från SBU
 - Elin Schröder, projektledare
 - Hanna Norsted, biträdande projektledare
 - Karin Wilbe Ramsay, biträdande projektledare
 - Carl Gornitzki, informationsspecialist
 - Sofia Carlsson, projektadministratör
 - Leif Strömwall, projektansvarig chef
 - Jonas Bergström, projektansvarig avdelningschef 
 </x:t>
   </x:si>
   <x:si>
     <x:t>Hindrande och underlättande faktorer vid införande av riktlinjer inom vård och omsorg för äldre</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Syfte
 Syftet med denna rapport är att systematisk sammanställa kunskap om vilka faktorer som fungerar hindrande respektive underlättande vid införande av riktlinjer inom vård och omsorg för äldre, samt även vilken betydelse de identifierade faktorerna har för införandet. Projektet kommer att genomföras med hjälp av så kallad systematisk mixad metod. Metoden innebär att både kvantitativ och kvalitativ kunskap används för att generera fullödiga svar på komplexa översiktsfrågor.
 Projektgrupp
 Sakkunniga
 - Anna Dunér, professor, Institutionen för social arbete, Göteborgs universitetInstitutet, Stockholm
 - Åsa Hedberg Rundgren, med dr, direktör och vetenskaplig ledare på Stiftelsen Stockholms läns Äldrecentrum, affilierad forskare till Aging Research Center, Karolinska
 - Kristina Westerberg, docent, professor emerita, Institutionen för psykologi, Umeå universitet, Umeå
 Projektdeltagare från SBU 
 - Ann-Sofie Sundqvist, projektledare
 - Johan Wallin, biträdande projektledare
 - Klas Moberg, informationsspecialist
 - Sigrid Widén, projektadministratör
 - Sofia Tranæus, projektansvarig chef
 - Göran Bertilsson, projektmedlem
 - Mikael Nilsson, projektmedlem
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Möjlighet att använda tandvården som arena för att förebygga eller upptäcka ohälsa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kvartal 1, 2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bakgrund
+Tandvården är en av få aktörer som regelbundet möter de flesta barn och vuxna, ofta innan de har ett hälsoproblem som de behöver söka tandvård eller annan vård för. Det ger tandvården unika möjligheter att förebygga ohälsa och upptäcka, eller misstänka, medicinska diagnoser och ohälsotillstånd.
+Syfte
+Att sammanställa vetenskapligt underlag och hälsoekonomiska bedömningar för metoder inom tandvården som syftar till att förebygga och identifiera medicinska sjukdomar och ohälsotillstånd. Utöver det ska även vetenskapligt underlag för de organisatoriska strukturerna och faktorerna, som kan bidra till en stärkt samverkan mellan tandvården, hälso- och sjukvården och socialtjänsten, sammanställas.
+Projektgrupp
+Sakkunniga
+Uppdateras senare
+Projektdeltagare från SBU
+- Helena Domeij, projektledare
+- Göran Bertilsson Pfuhl, projektansvarig chef
+- Maja Kärrman Fredriksson, informationsspecialist
+- Mikaela Lannergren, projektadministratör
+- Sigurd Vitols, biträdande projektledare
+- Therese Eriksson, hälsoekonom
+</x:t>
+  </x:si>
+  <x:si>
     <x:t>Utökade hembesök i samverkan mellan socialtjänst och barnhälsovård</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Kvartal 1, 2027</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Syfte
 SBU kommer att genomföra en systematisk översikt för att samla kunskap om utökade hembesök i samverkan mellan socialtjänst och barnhälsovård. Översikten kommer att sammanställa kvalitativa data för upplevelser och erfarenheter ur både familjernas och personalens perspektiv, för insatsen som helhet, men framför allt för de delar av insatsen som berör socialtjänstens uppdrag och ansvarsområden.
+Syftet med rapporten är att ge samlad kunskap om hur socialtjänstens förebyggande arbete, genom insatsen utökade hembesök, upplevs och hur insatsen på bästa sätt kan implementeras.
+Övergripande frågeställningar
+- Vilka upplevelser, erfarenheter, uppfattningar och beskrivningar framkommer utifrån familjers perspektiv om utökade hembesök?
+-  Vilka upplevelser, erfarenheter, uppfattningar och beskrivningar framkommer utifrån professionellas perspektiv gällande organisering, genomförande och påverkan av utökade hembesök?
+Gällande båda frågeställningarna är vi enbart intresserade av fynd som berör socialtjänstens uppdrag och ansvarsområden, det vill säga att främja människors trygghet och delaktighet, ge stöd, skydda barn och andra utsatta grupper, förebygga sociala problem och samverka med andra samhällsaktörer.
 Projektgrupp
 Sakkunniga 
 - Elin Alfredsson, universitetslektor, psykolog, Göteborgs universitet
 - Eva Randell, docent och universitetslektor, socionom, Uppsala universitet
 Projektdeltagare från SBU 
 - Idha Kurtsdotter, projektledare
 - Karin Olsson, biträdande projektledare
 - Karin Robertsson, biträdande projektledare
 - Irini Åberg, projektadministratör
 - Maja Kärrman Fredriksson, informationsspecialist
 - Anna Ringborg, hälsoekonom
+- Uliana Hellberg, projektansvarig chef
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Kunskapsunderlag om adhd och autismspektrumtillstånd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kvartal 2, 2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Projektgrupp SBU: 
+- Projektledare:  Sarah Vigerland
+- Biträdande projektledare: David Forsström
+- Informationsspecialist: Hanna Olofsson
+- Hälsoekonom: Martina Lindqvist
+- Projektadministratör: Sofia Carlsson
+- Projektansvarig chef: Leif Strömwall
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kartläggning av systematiska översikter där man studerat hur sexuell riskutsatthet kan upptäckas eller hur psykisk ohälsa hos sexuellt utsatta personer kan behandlas enligt studier av denna population</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bakgrund 
+SBU har genom regleringsbrevet för 2025 (S2024/02156) fått i uppdrag att genomföra en kartläggning för att identifiera metoder för att upptäcka sexuell riskutsatthet, främst inom socialtjänsten och hälso- och sjukvården, men om möjligt även inom andra områden som omfattas av myndighetens verksamhetsområde. SBU ska vidare genomföra en kartläggning för att identifiera metoder inom hälso- och sjukvården för behandling av barn respektive vuxna som har utnyttjats sexuellt i pornografiska syften eller under liknande omständigheter där bilder eller filmer har delats. Två närliggande projekt på SBU berör stöd till personer utsatta för prostitution och närliggande målgrupper (dnr A2025/00637) samt föräldraskapsstöd och kontaktvägar för barn som utsatts för våld och sexuell exploatering (dnr A2025/00608).
+Syfte
+Projektet syftar till att identifiera, granska och kartlägga systematiska översikter som undersökt metoder som antingen kan
+- upptäcka personer som är utsatta för sexuell risk, eller
+- behandla psykisk ohälsa hos personer som utnyttjats sexuellt, särskilt för pornografiska syften eller under liknande omständigheter*.
+*Till exempel genom delning av bilder och videomaterial på internet.Kartläggningen inkluderar systematiska översikter som inkluderat studier utförda i såväl svensk som internationell kontext. Del 1 av syftet fokuserar på metoder som används inom socialtjänst och/eller hälso- och sjukvård, medan del 2 av syftet endast fokuserar på metoder som används inom hälso- och sjukvården.
+Projektgrupp
+Sakkunniga
+- Filip Arnberg, docent, legitimerad psykolog, forskare, specialist, programdirektör
+- David Ebbevi, docent, forskare, specialistläkare, med dr.
+- Linda Jonsson, docent, forskare
+- Thora Magnusdottir, legitimerad psykolog, specialist, enhetschef
+Projektdeltagare från SBU 
+- Projektledare: Nina-Katri Gustafsson
+- Biträdande projektledare: Helena Domeij
+- Projektadministratör: Emma Wernersson
+- Informationsspecialist: Klas Moberg
+- Projektdeltagare: Johanna Andersson
+- Projektdeltagare: Susanna Larsson-Tholén
+- Projektansvarig chef: Uliana Hellberg
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insatser för att öka fysisk aktivitet hos personer med intellektuell funktionsnedsättning eller autismspektrumtillstånd</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bakgrund
+I en tidigare kartläggning av systematiska översikter av beteendeinriktade insatser för att öka fysisk aktivitet identifierade SBU en tydlig brist på välgjorda systematiska översikter för till exempel personer med funktionsnedsättning. Mot denna bakgrund fick SBU ett regeringsuppdrag att ta fram kunskapsunderlag som fokuserar på insatser för att öka den fysiska aktiviteten hos personer med funktionsnedsättning samt personer med fysisk eller psykisk ohälsa. Populationen är väldigt heterogen med väldigt olika behov, och att inkludera hela denna population skulle bli ett alltför omfattande projekt. Uppdraget har därför avgränsats till att omfatta personer med intellektuell funktionsnedsättning (IF) samt autismspektrumtillstånd (AST).
+Syfte
+Detta projekt utvärderar insatser som syftar till att öka fysisk aktivitet hos personer med IF eller AST. Projektet inkluderar både en kvantitativ sammanställning av studier som tittar på vilka insatser som är effektiva för att öka fysisk aktivitet samt även en kvalitativ del som tittar på vilka hinder och möjligheter det finns för personer med IF eller AST att öka sin fysiska aktivitet.  
+Projektgrupp
+Sakkunniga 
+- Ing-Mari Dohrn, PhD, fysioterapeut
+- Susann Arnell, PhD, fysioterapeut
+- Ulrika Långh, PhD, Psykolog, psykoterapeut, cert. beteendeanalytiker
+- Ulrika Müssener, Biträdande professor, arbetsterapeut
+Projektdeltagare från SBU 
+- Projektledare: Fanny Sellberg
+- Biträdande projektledare: Annika Bring
+- Informationsspecialist: Hanna Olofsson
+- Projektadministratör: Maria Hoppe
+- Projektansvarig chef: Jenny Odeberg
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSA Arbetsmiljö och psykisk ohälsa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kvartal 4, 2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bakgrund
+Brister i den organisatoriska och sociala arbetsmiljön påverkar den psykiska hälsan negativt. En tidigare utvärdering från SBU (2014) visar att personer med lite kontroll i kombination med höga krav utvecklar mer depressionssymtom. Även bristande stöd och obalans mellan ansträngning och belöning ökar risken för utmattning och depression. Det saknas dock kunskap om könsskillnader i hur arbetsförhållanden relaterar till depression och utmattningssyndrom, liksom om arbetsmiljöns betydelse för ångest.
+Syfte
+Syftet med utvärderingen är att systematiskt sammanställa kunskap om hur sambanden ser ut mellan faktorer i den organisatoriska och sociala arbetsmiljön och psykisk ohälsa i den generella arbetande befolkningen. Dessutom hur sambanden ser ut hos kvinnor respektive män.
+Projektgrupp
+Sakkunniga
+- David Hallman, professor i arbetshälsovetenskap, Högskolan i Gävle
+- Pia Svedberg, senior forskare, Karolinska Institutet
+Projektdeltagare från SBU 
+- Elin Frögéli, projektledare
+- Magdalena Ramstedt Stadin, biträdande projektledare
+- Klas Moberg, informationsspecialist
+- Maria Hoppe, projektadministratör
+- Jenny Odeberg, projektansvarig chef
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU:s arbete med nationella riktlinjer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kvartal 4, 2027 samt 2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategier för att öka tillgänglighet och användning av föräldraskapsstödsprogram</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Bakgrund
+SBU har fått i uppdrag av regeringen att genomföra kunskapssammanställningar om insatser inom socialtjänsten för att främja psykisk hälsa och förebygga ohälsa bland barn och unga. Implementering av föräldraskapsstödsprogram identifierades som ett prioriterat område. Projektet ingår också i SBU:s interna utvecklingsarbete om organisations- och implementeringsfrågor.
+Syfte
+Syftet med rapporten är att systematiskt sammanställa kunskap om strategier som kan främja ett ökat införande och genomförande av föräldraskapsstödsprogram som visat sig ha vetenskapligt stöd. I projektet ingår också att förklara hur och varför dessa strategier är framgångsrika i olika sammanhang och för olika målgrupper.
+Projektgrupp
+Sakkunniga
+- Björn Blom, professor, Umeå universitet
+- Per Nilsen, professor, Linköpings universitet
+- Therése Skoog, professor, Göteborgs universitet
+- Katarina Ulfsdotter Gunnarsson, adjunkt/postdoktor Linköpings universitet
+Projektdeltagare från SBU
+- Petra Jonvallen, projektledare
+- Marie Nilsson, biträdande projektledare
+- Johan Wallin, projektmedlem
+- Martina Lundqvist, projektmedlem
+- Sara Fundell, projektadministratör
+- Hanna Olofsson, informationsspecialist
 - Uliana Hellberg, projektansvarig chef
 </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
@@ -522,164 +736,258 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D9"/>
+  <x:dimension ref="A1:D18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="83.640625" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="3" max="4" width="255" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="172.240625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="23.970625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="8.980625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="255" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="s">
         <x:v>8</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:4">
       <x:c r="A4" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
         <x:v>10</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:4">
+      <x:c r="A10" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="B9" s="0" t="s">
+      <x:c r="B10" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="D9" s="0" t="s">
+    </x:row>
+    <x:row r="11" spans="1:4">
+      <x:c r="A11" s="0" t="s">
         <x:v>25</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:4">
+      <x:c r="A12" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:4">
+      <x:c r="A13" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:4">
+      <x:c r="A15" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:4">
+      <x:c r="A16" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:4">
+      <x:c r="A17" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:4">
+      <x:c r="A18" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>