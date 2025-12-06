--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90bbee44442b4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83c06145dbb8473a9bcd04ce3af736eb.psmdcp" Id="R807ee937c77c43c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad9eaed66264da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bb68d9d48b34e3795cfde50aa402781.psmdcp" Id="R92291006f2114d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="642" uniqueCount="642">
   <x:si>
     <x:t>Title</x:t>
   </x:si>
   <x:si>
     <x:t>Reg. no.</x:t>
   </x:si>
   <x:si>
@@ -136,62 +136,62 @@
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with musculoskeletal disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/997</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with mental disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/994</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/992</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with mental disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/990</x:t>
   </x:si>
   <x:si>
+    <x:t>Unimodal interventions for return to work for individuals with musculoskeletal disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/989</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multimodal interventions for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/991</x:t>
   </x:si>
   <x:si>
-    <x:t>Unimodal interventions for return to work for individuals with musculoskeletal disorders</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Associations between the use of e-cigarettes and changes in smoking behaviour</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/499</x:t>
   </x:si>
   <x:si>
     <x:t>Associations between the use of Swedish snus (moist tobacco) and changes in smoking behaviour</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/500</x:t>
   </x:si>
   <x:si>
     <x:t>Associations between the use of Swedish snus (moist tobacco) and current use of smoking tobacco</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/502</x:t>
   </x:si>
   <x:si>
     <x:t>Mobile health applications for monitoring and feedback in cronic heart failure</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1005</x:t>
   </x:si>
   <x:si>
     <x:t>Mobile applications for monitoring and feedback in asthma and chronic obstructive pulmonary disease (COPD)</x:t>
@@ -274,68 +274,68 @@
   <x:si>
     <x:t>Medication use for epilepsy prevention after stroke</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/447</x:t>
   </x:si>
   <x:si>
     <x:t>Medication use for epilepsy prevention after traumatic brain injury</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/448</x:t>
   </x:si>
   <x:si>
     <x:t>Interpersonal therapy (IPT) compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/377</x:t>
   </x:si>
   <x:si>
     <x:t>Short-term psychodynamic therapy (short-term PDT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/378</x:t>
   </x:si>
   <x:si>
+    <x:t>Long-term effects of interpersonal therapy (IPT) during postpartum depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/371</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Psychodynamic therapy (PDT) compared to cognitive behavioral therapy (CBT) during postpartum depression </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/379</x:t>
+  </x:si>
+  <x:si>
     <x:t>Counselling compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/372</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Psychodynamic therapy (PDT) compared to cognitive behavioral therapy (CBT) during postpartum depression </x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Interventions to promote parental responsiveness and child development during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/376</x:t>
   </x:si>
   <x:si>
     <x:t>Long term effects of robot-assisted vs freehand surgery of the spine</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/365</x:t>
   </x:si>
   <x:si>
     <x:t>Dynamic braces for non surgical treatment of patients with isolated PCL injuries</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/366</x:t>
   </x:si>
   <x:si>
     <x:t>Regular testicular self-examination (TSE) in the general male population to increase early detection of testicular cancer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/343</x:t>
   </x:si>
   <x:si>
     <x:t>Negative Pressure Wound Treatment (NPWT) in healing of chronic wounds</x:t>
@@ -496,164 +496,164 @@
   <x:si>
     <x:t>Specific devices for expiratory muscle strength training (EMST) in patients with Parkinson’s disease (PD)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/657</x:t>
   </x:si>
   <x:si>
     <x:t>Psychological treatment in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/610</x:t>
   </x:si>
   <x:si>
     <x:t>Outpatient compared to inpatient care in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/607</x:t>
   </x:si>
   <x:si>
     <x:t>Sick leave in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/613</x:t>
   </x:si>
   <x:si>
+    <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/604</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychosocial support in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/612</x:t>
   </x:si>
   <x:si>
-    <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Promethazine in combination with ephedrine and caffeine compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/608</x:t>
   </x:si>
   <x:si>
     <x:t>Nasogastric tube feeding in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/605</x:t>
   </x:si>
   <x:si>
+    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/603</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vitamin B6 compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/606</x:t>
   </x:si>
   <x:si>
-    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Total parenteral nutrition (TPN) in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/614</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/597</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/598</x:t>
   </x:si>
   <x:si>
     <x:t>Ginger capsules compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/593</x:t>
   </x:si>
   <x:si>
     <x:t>Methylprednisolone compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU2023/596</x:t>
   </x:si>
   <x:si>
     <x:t>Metoclopramide compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/595</x:t>
   </x:si>
   <x:si>
+    <x:t>Ondansetron combined with metoclopramide compared to monotherapy or placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/594</x:t>
+  </x:si>
+  <x:si>
     <x:t>Initial fasting compared to expedited oral intake in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/587</x:t>
   </x:si>
   <x:si>
-    <x:t>Ondansetron combined with metoclopramide compared to monotherapy or placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Holistic individual care plan in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/589</x:t>
   </x:si>
   <x:si>
     <x:t>Hydrocortisone compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/592</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Acupressure compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/585</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Acupuncture compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/586</x:t>
+  </x:si>
+  <x:si>
     <x:t>Granisetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/588</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Acupuncture compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Allograft compared to conventional treatment in peripheral nerve surgery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/535</x:t>
   </x:si>
   <x:si>
     <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with inverted papilloma</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/537</x:t>
   </x:si>
   <x:si>
     <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with Osler disease</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/536</x:t>
   </x:si>
   <x:si>
     <x:t>Practical education and training in the use of a wheelchair, compared to no practical training and education or only theoretical information or instruction</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/456</x:t>
   </x:si>
   <x:si>
     <x:t>Manual wheelchair with wheels in heavier or less stiff material compared to wheels in lighter or more stiff material</x:t>
@@ -676,62 +676,62 @@
   <x:si>
     <x:t>Wheelchair with person-specific molded seat unit compared to wheelchair without person-specific molded seat unit</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/464</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Exemption from fees compared to fees for wheelchairs and additional equipment </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/469</x:t>
   </x:si>
   <x:si>
     <x:t>Comparison between different variants of electric wheelchairs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/458</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities compared to access only to manual wheelchair for activities in life situations</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/461</x:t>
   </x:si>
   <x:si>
+    <x:t>Propulsion units for manual wheelchairs compared to manual wheelchairs without propulsion units</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/467</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike) compared to manual wheelchair without such devices</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/468</x:t>
   </x:si>
   <x:si>
-    <x:t>Propulsion units for manual wheelchairs compared to manual wheelchairs without propulsion units</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Access to both manual wheelchair and wheelchair scooter compared to access to manual wheelchair only</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/460</x:t>
   </x:si>
   <x:si>
     <x:t>Individually adapted wheelchair seat cushions compared to seat cushions that are not individually adapted</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/465</x:t>
   </x:si>
   <x:si>
     <x:t>Manual wheelchair with suspension or vibration attenuation compared to manual wheelchair without suspension or vibration attenuation</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/472</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair and electric wheelchair compared to access to manual wheelchair only</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/446</x:t>
   </x:si>
   <x:si>
     <x:t>Wheelchair with individual adaptations compared to wheelchair without individual adaptations</x:t>
@@ -856,68 +856,68 @@
   <x:si>
     <x:t>Higher compared to lower consumption of tea in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/169</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of vegetable fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/161</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/164</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/157</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of salt in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/150</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/159</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of salt in type 1 diabetes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/158</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of fat (regardless of type) in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/153</x:t>
   </x:si>
   <x:si>
     <x:t>Water compared to beverages that contain sweeteners in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/148</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of animal fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/154</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of vegetable fat in type 2 diabetes</x:t>
@@ -994,140 +994,140 @@
   <x:si>
     <x:t>Higher compared to lower consumption of paleolithic diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/954</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of paleolithic diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/957</x:t>
   </x:si>
   <x:si>
     <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/952</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/956</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of protein in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/955</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of protein in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/959</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of protein in type 1 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/958</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetarian diet compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/951</x:t>
   </x:si>
   <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/948</x:t>
   </x:si>
   <x:si>
     <x:t>Physiotherapeutic interventions for women with symptomatic diastasis recti</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/931</x:t>
   </x:si>
   <x:si>
     <x:t>Surgical interventions for women with symptomatic diastasis recti</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/930</x:t>
   </x:si>
   <x:si>
+    <x:t>Low-carb diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/918</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/920</x:t>
   </x:si>
   <x:si>
-    <x:t>Low-carb diet compared to low-fat diet in type 2 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/913</x:t>
   </x:si>
   <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/911</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (20 E%) compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/915</x:t>
   </x:si>
   <x:si>
     <x:t>Mediterranean diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/910</x:t>
   </x:si>
   <x:si>
+    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/921</x:t>
+  </x:si>
+  <x:si>
     <x:t>High-protein diet (30 E%) compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/916</x:t>
   </x:si>
   <x:si>
-    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ketogenic diet compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/922</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/917</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetarian diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/912</x:t>
   </x:si>
   <x:si>
     <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/919</x:t>
   </x:si>
   <x:si>
     <x:t>Energy reduced diet, with or without the addition of physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
@@ -1150,74 +1150,74 @@
   <x:si>
     <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/891</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (30 E%) compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/886</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/887</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (20 E%) compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/885</x:t>
   </x:si>
   <x:si>
+    <x:t>Low-carb diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/888</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/890</x:t>
   </x:si>
   <x:si>
-    <x:t>Low-carb diet compared to low-fat diet in type 1 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/888</x:t>
+    <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/865</x:t>
   </x:si>
   <x:si>
     <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/862</x:t>
   </x:si>
   <x:si>
-    <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 2 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy diet compared to regular dietary treatments in diabetes type 2</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/858</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting compared to plate method in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/864</x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/830</x:t>
   </x:si>
   <x:si>
     <x:t>Meal replacement based on Very Low Energy Diet (VLED) compared to low fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/831</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with a high-protein diet (20E%) combined with physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
@@ -1336,80 +1336,80 @@
   <x:si>
     <x:t>SCL 90 (Symptoms Checklist) in measuring a person’s psychological and physical distress during the past week</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/717</x:t>
   </x:si>
   <x:si>
     <x:t>SRS (Session Rating Scale) in measuring the client's perception of a completed treatment interview</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/718</x:t>
   </x:si>
   <x:si>
     <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/706</x:t>
   </x:si>
   <x:si>
     <x:t>PGSI (Problem Gambling Severity Index) for measuring the prevalence of gambling problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/715</x:t>
   </x:si>
   <x:si>
+    <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) for identification of people with alcohol problems in the general population or in a clinical situation (short version of the screening form MAST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/712</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAGE (Cut-down, Annoyment, Guilt Eyeopener) for identification of risky alcohol habits</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/709</x:t>
   </x:si>
   <x:si>
-    <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) for identification of people with alcohol problems in the general population or in a clinical situation (short version of the screening form MAST)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">ADDIS-Y (Alcohol Drug Diagnosis Instrument) to diagnose harmful use, abuse and dependence on alcohol and other drugs in adolescents </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/708</x:t>
   </x:si>
   <x:si>
+    <x:t>DUDIT (Drug Use Disorders Identification Test) for identification of drug-related problems in adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/710</x:t>
+  </x:si>
+  <x:si>
     <x:t>PPGM (Problem and Pathological Gambling Measure) for measuring problem and pathological gambling in young adults during last year</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/716</x:t>
   </x:si>
   <x:si>
-    <x:t>DUDIT (Drug Use Disorders Identification Test) for identification of drug-related problems in adolescents</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Standardized assessment methods for assessing the quality of life of children and adolescents</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/711</x:t>
   </x:si>
   <x:si>
     <x:t>Bekymringssamtal for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/689</x:t>
   </x:si>
   <x:si>
     <x:t>Social and psychological treatment in compulsory treatment of girls</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/677</x:t>
   </x:si>
   <x:si>
     <x:t>Risk assessment in predicting abuse and neglect of children within the family</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/676</x:t>
   </x:si>
   <x:si>
     <x:t>Divorce mediation for parents in child custody disputes</x:t>
@@ -1576,86 +1576,86 @@
   <x:si>
     <x:t>Tramadol as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/120</x:t>
   </x:si>
   <x:si>
     <x:t>Oxycodone (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/106</x:t>
   </x:si>
   <x:si>
     <x:t>Opioids as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/105</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/112</x:t>
   </x:si>
   <x:si>
+    <x:t>Tapentadol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/115</x:t>
+  </x:si>
+  <x:si>
     <x:t>Paracetamol as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/108</x:t>
   </x:si>
   <x:si>
-    <x:t>Tapentadol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Pregabalin compared to duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/114</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin compared to pregabalin in combination with duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/110</x:t>
   </x:si>
   <x:si>
+    <x:t>Lidocaine patch 5% compared to pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/98</x:t>
+  </x:si>
+  <x:si>
     <x:t>Topical ketoprofen as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/95</x:t>
   </x:si>
   <x:si>
-    <x:t>Lidocaine patch 5% compared to pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Non-steroidal anti-inflammatory drugs (NSAIDs) as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/100</x:t>
   </x:si>
   <x:si>
     <x:t>Lacosamide as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/97</x:t>
   </x:si>
   <x:si>
     <x:t>Capsaicin cream compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/94</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine compared to duloxetine in combination with pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/89</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60 mg x2 compared to duloxetine 120 mg as a treatment for painful diabetic neuropathy in older persons</x:t>
@@ -1678,246 +1678,246 @@
   <x:si>
     <x:t>Gabapentin compared to nortriptyline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/92</x:t>
   </x:si>
   <x:si>
     <x:t>Diclofenac (flexible dose) compared to paracetamol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/87</x:t>
   </x:si>
   <x:si>
     <x:t>Buprenorphine compared to placebo as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/84</x:t>
   </x:si>
   <x:si>
     <x:t>Endovascular versus surgical arterio-venous fistula creation for hemodialysis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/786</x:t>
   </x:si>
   <x:si>
+    <x:t>Rituximab for children with symptoms corresponding to the research condition of PANS/PANDAS with respect to health-related quality of life, level of functioning, and symptoms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/787</x:t>
+  </x:si>
+  <x:si>
     <x:t>Association between the proportion of registered nurses (skill-mix) in the hospital health care team, and patient mortality or risk for falls or pressure ulcers</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/788</x:t>
   </x:si>
   <x:si>
-    <x:t>Rituximab for children with symptoms corresponding to the research condition of PANS/PANDAS with respect to health-related quality of life, level of functioning, and symptoms</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to no instructions prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/755</x:t>
   </x:si>
   <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to no wash prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/756</x:t>
   </x:si>
   <x:si>
     <x:t>Centralized automated drug dispensing systems compared to a manual system for patients admitted to hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/745</x:t>
   </x:si>
   <x:si>
+    <x:t>Standardized cancer care pathways</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/748</x:t>
+  </x:si>
+  <x:si>
     <x:t>Use of bouffant or hood type headgear compared with surgical skull caps or no hair cover for operating room staff during surgery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/746</x:t>
   </x:si>
   <x:si>
-    <x:t>Standardized cancer care pathways</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to local wash prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/757</x:t>
   </x:si>
   <x:si>
     <x:t>Automated Digital Triage in Primary Care compared to triage through a telephone reception managed by nurses</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/737</x:t>
   </x:si>
   <x:si>
     <x:t>Salt therapy for treatment of umbilical granuloma in infants</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/729</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Baclofen treatment (intrathecal or peroral) of hereditary or idiopathic dystonia in children </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/725</x:t>
   </x:si>
   <x:si>
     <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna (LM)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/720</x:t>
   </x:si>
   <x:si>
     <x:t>The effect of sclerotherapy on chronic Achilles tendinopathy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/730</x:t>
   </x:si>
   <x:si>
+    <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna melanoma (LMM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/719</x:t>
+  </x:si>
+  <x:si>
     <x:t>Automated versus manual preparation systems for intravenous drugs in hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/722</x:t>
   </x:si>
   <x:si>
-    <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna melanoma (LMM)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Non-surgical treatments for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/679</x:t>
   </x:si>
   <x:si>
     <x:t>Methods to diagnose lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/676</x:t>
   </x:si>
   <x:si>
     <x:t>Liposuction of affected tissue in lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/677</x:t>
   </x:si>
   <x:si>
     <x:t>Bariatric surgery for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/662</x:t>
   </x:si>
   <x:si>
     <x:t>Qualified contact person for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/358</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/384</x:t>
+  </x:si>
+  <x:si>
     <x:t>Low-arousal approach for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/378</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Multidimensional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/382</x:t>
   </x:si>
   <x:si>
     <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/357</x:t>
   </x:si>
   <x:si>
     <x:t>Cognitive behavioral therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/355</x:t>
   </x:si>
   <x:si>
     <x:t>Komet for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/356</x:t>
   </x:si>
   <x:si>
     <x:t>Mentorship for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/380</x:t>
   </x:si>
   <x:si>
     <x:t>Group cognitive–behavioural therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/354</x:t>
   </x:si>
   <x:si>
     <x:t>Multisystemic Therapy for adolescents who had previously engaged in at least one crime regarding reoffence, internalizing behavior and school achievement</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/383</x:t>
   </x:si>
   <x:si>
+    <x:t>Motivational interview for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/381</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediation for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/379</x:t>
   </x:si>
   <x:si>
-    <x:t>Motivational interview for adolescents who had previously engaged in at least one crime</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/381</x:t>
+    <x:t>The repulse method for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/363</x:t>
   </x:si>
   <x:si>
     <x:t>Relapse therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/369</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SBU 2021/363</x:t>
   </x:si>
   <x:si>
     <x:t>Counseling Interventions for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/366</x:t>
   </x:si>
   <x:si>
     <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/367</x:t>
   </x:si>
   <x:si>
     <x:t>Community intervention team for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/364</x:t>
   </x:si>
   <x:si>
     <x:t>Dialectical Behavioral Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/352</x:t>
   </x:si>