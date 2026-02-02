--- v1 (2025-12-06)
+++ v2 (2026-02-02)
@@ -1,341 +1,341 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad9eaed66264da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bb68d9d48b34e3795cfde50aa402781.psmdcp" Id="R92291006f2114d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabf7b494aae74c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03d9d7d19f3940aeabf5c5b2f4560d3f.psmdcp" Id="Rbd45f7d967d14c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="642" uniqueCount="642">
   <x:si>
     <x:t>Title</x:t>
   </x:si>
   <x:si>
     <x:t>Reg. no.</x:t>
   </x:si>
   <x:si>
     <x:t>Web archive</x:t>
   </x:si>
   <x:si>
+    <x:t>Interventions targeting health care professionals promoting return to work for individuals with a breast cancer diagnosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multimodal interventions for return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interventions targeting health care professionals promoting return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coordination or workplace interventions for return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unimodal interventions for return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1116</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1118</x:t>
   </x:si>
   <x:si>
-    <x:t>No</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Unimodal interventions for return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1101</x:t>
   </x:si>
   <x:si>
     <x:t>Focused ultrasound treatment for tremor in Lewy body dementia</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1054</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1063</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1064</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1016</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for mental disorders regarding return to work in the long time perspective, health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/987</x:t>
   </x:si>
   <x:si>
+    <x:t>Interventions targeting health care professionals promoting return to work for individuals with musculoskeletal disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unimodal interventions for return to work for individuals with a breast cancer diagnosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/998</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with mental disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/993</x:t>
   </x:si>
   <x:si>
-    <x:t>Unimodal interventions for return to work for individuals with a breast cancer diagnosis</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/998</x:t>
+    <x:t>Interventions targeting health care professionals promoting return to work for individuals with mental disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/994</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/999</x:t>
   </x:si>
   <x:si>
-    <x:t>Interventions targeting health care professionals promoting return to work for individuals with musculoskeletal disorders</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/992</x:t>
   </x:si>
   <x:si>
+    <x:t>Multimodal interventions for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/991</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multimodal interventions for return to work for individuals with mental disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/990</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for return to work for individuals with musculoskeletal disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/989</x:t>
   </x:si>
   <x:si>
-    <x:t>Multimodal interventions for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Associations between the use of e-cigarettes and changes in smoking behaviour</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/499</x:t>
   </x:si>
   <x:si>
     <x:t>Associations between the use of Swedish snus (moist tobacco) and changes in smoking behaviour</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/500</x:t>
   </x:si>
   <x:si>
     <x:t>Associations between the use of Swedish snus (moist tobacco) and current use of smoking tobacco</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/502</x:t>
   </x:si>
   <x:si>
     <x:t>Mobile health applications for monitoring and feedback in cronic heart failure</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1005</x:t>
   </x:si>
   <x:si>
+    <x:t>Physiotherapy via digital contact in comparison with in-house mediated physiotherapy for patients diagnosed with osteoarthritis (OA) of the knee or hip</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/1003</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mobile applications for monitoring and feedback in asthma and chronic obstructive pulmonary disease (COPD)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1004</x:t>
   </x:si>
   <x:si>
-    <x:t>Physiotherapy via digital contact in comparison with in-house mediated physiotherapy for patients diagnosed with osteoarthritis (OA) of the knee or hip</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2024/1003</x:t>
+    <x:t>Comparison of different types of postoperative dressings without negative pressure in surgical wound healing by primary intention in adults</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psyllium compared to other treatments in chronic constipation in adults and the elderly</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/596</x:t>
   </x:si>
   <x:si>
     <x:t>Hypnotherapy compared to other or no treatment in individuals with pain, anxiety disorders, or depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/594</x:t>
   </x:si>
   <x:si>
-    <x:t>Psyllium compared to other treatments in chronic constipation in adults and the elderly</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2024/595</x:t>
+    <x:t>Tomographic ultrasound imaging at maximum pelvic floor muscle contraction compared to at rest for diagnosing levator injuries after vaginal delivery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/557</x:t>
   </x:si>
   <x:si>
     <x:t>Ultrasound examination compared to clinical examination for diagnosing levator injuries after vaginal delivery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/559</x:t>
   </x:si>
   <x:si>
+    <x:t>Transperineal ultrasound in addition to clinical assessment in the diagnosis of birth injuries after vaginal delivery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Measuring anovaginal distance using ultrasound, directly after delivery, to detect damage to the external sphincter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/555</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transperineal ultrasound compared to endovaginal ultrasound for diagnosing levator injuries after vaginal delivery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/558</x:t>
   </x:si>
   <x:si>
-    <x:t>Tomographic ultrasound imaging at maximum pelvic floor muscle contraction compared to at rest for diagnosing levator injuries after vaginal delivery</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>MRI compared to clinical examination for diagnosing levator injuries after vaginal delivery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/556</x:t>
   </x:si>
   <x:si>
-    <x:t>Transperineal ultrasound in addition to clinical assessment in the diagnosis of birth injuries after vaginal delivery</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>A new direction</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/504</x:t>
   </x:si>
   <x:si>
     <x:t>The effect of written exposure therapy (WET) on post-traumatic stress disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/513</x:t>
   </x:si>
   <x:si>
     <x:t>Medication use for epilepsy prevention after stroke</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/447</x:t>
   </x:si>
   <x:si>
     <x:t>Medication use for epilepsy prevention after traumatic brain injury</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/448</x:t>
   </x:si>
   <x:si>
+    <x:t>Counselling compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/372</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Psychodynamic therapy (PDT) compared to cognitive behavioral therapy (CBT) during postpartum depression </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long-term effects of interpersonal therapy (IPT) during postpartum depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/371</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interpersonal therapy (IPT) compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/377</x:t>
   </x:si>
   <x:si>
     <x:t>Short-term psychodynamic therapy (short-term PDT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/378</x:t>
   </x:si>
   <x:si>
-    <x:t>Long-term effects of interpersonal therapy (IPT) during postpartum depression</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Interventions to promote parental responsiveness and child development during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/376</x:t>
   </x:si>
   <x:si>
     <x:t>Long term effects of robot-assisted vs freehand surgery of the spine</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/365</x:t>
   </x:si>
   <x:si>
     <x:t>Dynamic braces for non surgical treatment of patients with isolated PCL injuries</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/366</x:t>
   </x:si>
   <x:si>
     <x:t>Regular testicular self-examination (TSE) in the general male population to increase early detection of testicular cancer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/343</x:t>
   </x:si>
   <x:si>
     <x:t>Negative Pressure Wound Treatment (NPWT) in healing of chronic wounds</x:t>
@@ -352,1088 +352,1088 @@
   <x:si>
     <x:t>Population-based mammography screening for women over the age of 74</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/336</x:t>
   </x:si>
   <x:si>
     <x:t>General supportive bereavement care for parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/308</x:t>
   </x:si>
   <x:si>
     <x:t>Support programs, focusing on post-loss care, for parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/309</x:t>
   </x:si>
   <x:si>
     <x:t>Support programs, which focuses on facilitating the grieving process, for parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/310</x:t>
   </x:si>
   <x:si>
+    <x:t>Outreach programs to enhance mediation among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drug market intervention (DMI) to prevent gun violence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Family-based therapy for delinquent youth with a known gang affiliation or high gang risk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychosocial interventions during incarceration for individuals affiliated to gangs, in order to prevent relapse in gang-related crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kurve Kriegen to reduce gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Operation Peacemaker Fellowship among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Police-Led Community Initiative to Reduce Gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/276</x:t>
+  </x:si>
+  <x:si>
     <x:t>The intervention Repulse to reduce gun violence among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/277</x:t>
   </x:si>
   <x:si>
     <x:t>Social action groups to reduce gun violence among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/278</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychosocial interventions during incarceration for individuals affiliated to gangs, in order to prevent relapse in gang-related crime</x:t>
-[...38 lines deleted...]
-    <x:t>SBU 2024/273</x:t>
+    <x:t>Community Initiative to Reduce Violence (CIRV) among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/269</x:t>
   </x:si>
   <x:si>
     <x:t>Concern calls to reduce gun violence among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/268</x:t>
   </x:si>
   <x:si>
-    <x:t>Community Initiative to Reduce Violence (CIRV) among criminal street gangs</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2024/269</x:t>
+    <x:t>Individual Placement and Support (IPS) intervention for persons on long-term sick leave for depression, anxiety or reaction to severe stress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1068</x:t>
   </x:si>
   <x:si>
     <x:t>Preparatory program in the form of individual support and work-training for long-term social assistance recipients</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1070</x:t>
   </x:si>
   <x:si>
     <x:t>Preparatory programs in the form of support and capital to start your own business for long-term social assistance recipients</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1069</x:t>
   </x:si>
   <x:si>
-    <x:t>Individual Placement and Support (IPS) intervention for persons on long-term sick leave for depression, anxiety or reaction to severe stress</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/1068</x:t>
+    <x:t>Rezum compared to minimal invasive surgical treatment (MIST) as a treatment for symptomatic prostate enlargement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/927</x:t>
   </x:si>
   <x:si>
     <x:t>Osseointegrated upper limb prostheses with and without neuromuscular control</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/926</x:t>
   </x:si>
   <x:si>
     <x:t>Rezum compared to transurethral resection of the prostate (TURP) as a treatment for symptomatic prostate enlargement</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/928</x:t>
   </x:si>
   <x:si>
-    <x:t>Rezum compared to minimal invasive surgical treatment (MIST) as a treatment for symptomatic prostate enlargement</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Blood group matching with genotyping</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/702</x:t>
   </x:si>
   <x:si>
     <x:t>Innowalk for children and young people with mobility impairments</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/705</x:t>
   </x:si>
   <x:si>
+    <x:t>Specific devices for expiratory muscle strength training (EMST) in patients with Parkinson’s disease (PD)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/657</x:t>
+  </x:si>
+  <x:si>
     <x:t>Specific devices for expiratory muscle strength training (EMST) in patients with multiple sclerosis (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/656</x:t>
   </x:si>
   <x:si>
-    <x:t>Specific devices for expiratory muscle strength training (EMST) in patients with Parkinson’s disease (PD)</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/657</x:t>
+    <x:t>Promethazine in combination with ephedrine and caffeine compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychosocial support in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/612</x:t>
   </x:si>
   <x:si>
     <x:t>Psychological treatment in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/610</x:t>
   </x:si>
   <x:si>
     <x:t>Outpatient compared to inpatient care in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/607</x:t>
   </x:si>
   <x:si>
+    <x:t>Total parenteral nutrition (TPN) in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nasogastric tube feeding in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vitamin B6 compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/603</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sick leave in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/613</x:t>
   </x:si>
   <x:si>
-    <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...38 lines deleted...]
-    <x:t>SBU 2023/614</x:t>
+    <x:t>Hydrocortisone compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holistic individual care plan in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/589</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/597</x:t>
   </x:si>
   <x:si>
+    <x:t>Metoclopramide compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/595</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Acupressure compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/585</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Acupuncture compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initial fasting compared to expedited oral intake in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Granisetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginger capsules compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ondansetron combined with metoclopramide compared to monotherapy or placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methylprednisolone compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU2023/596</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ondansetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/598</x:t>
   </x:si>
   <x:si>
-    <x:t>Ginger capsules compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>Allograft compared to conventional treatment in peripheral nerve surgery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/535</x:t>
   </x:si>
   <x:si>
+    <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with Osler disease</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/536</x:t>
+  </x:si>
+  <x:si>
     <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with inverted papilloma</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/537</x:t>
   </x:si>
   <x:si>
-    <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with Osler disease</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/536</x:t>
+    <x:t>Access to both manual wheelchair and wheelchair scooter compared to access to manual wheelchair only</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/460</x:t>
   </x:si>
   <x:si>
     <x:t>Practical education and training in the use of a wheelchair, compared to no practical training and education or only theoretical information or instruction</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/456</x:t>
   </x:si>
   <x:si>
+    <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities compared to access only to manual wheelchair for activities in life situations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/461</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manual wheelchair with wheels in heavier or less stiff material compared to wheels in lighter or more stiff material</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/470</x:t>
   </x:si>
   <x:si>
+    <x:t>Manual wheelchair with suspension or vibration attenuation compared to manual wheelchair without suspension or vibration attenuation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Individually adapted wheelchair seat cushions compared to seat cushions that are not individually adapted</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/465</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lightweight manual wheelchair compared to manual wheelchair in a heavier material</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/471</x:t>
   </x:si>
   <x:si>
     <x:t>Freedom to be able to choose a wheelchair and additional equipment (freedom of choice) compared to lack of choice</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/457</x:t>
   </x:si>
   <x:si>
+    <x:t>Comparison between different variants of electric wheelchairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/458</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wheelchair with person-specific molded seat unit compared to wheelchair without person-specific molded seat unit</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/464</x:t>
   </x:si>
   <x:si>
+    <x:t>Propulsion units for manual wheelchairs compared to manual wheelchairs without propulsion units</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike) compared to manual wheelchair without such devices</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/468</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Exemption from fees compared to fees for wheelchairs and additional equipment </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/469</x:t>
   </x:si>
   <x:si>
-    <x:t>Comparison between different variants of electric wheelchairs</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Access to both manual wheelchair and electric wheelchair compared to access to manual wheelchair only</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/446</x:t>
   </x:si>
   <x:si>
+    <x:t>Access to an electric wheelchair for indoor use and another electric wheelchair for outdoor use, compared to access to one electric wheelchair only (for both indoor and outdoor use)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/445</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wheelchair with individual adaptations compared to wheelchair without individual adaptations</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/447</x:t>
   </x:si>
   <x:si>
-    <x:t>Access to an electric wheelchair for indoor use and another electric wheelchair for outdoor use, compared to access to one electric wheelchair only (for both indoor and outdoor use)</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/445</x:t>
+    <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/209</x:t>
   </x:si>
   <x:si>
     <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in anxiety disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/210</x:t>
   </x:si>
   <x:si>
-    <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in depression</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/209</x:t>
+    <x:t>Higher compared to lower consumption of peanuts in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fat (regardless of type) in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/176</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of animal fat in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/199</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of tea in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/201</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of fat (regardless of type) in type 2 diabetes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of green tea in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/202</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of eggs in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fruit in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of vegetable fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of saturated fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/162</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of polyunsaturated fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/163</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of saturated fat in type 1 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/162</x:t>
+    <x:t>Higher compared to lower consumption of trans fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/164</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of cholesterol in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/167</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of tea in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/169</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of green tea in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/170</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of peanuts in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fish in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/172</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of salt in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/175</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 1 diabetes</x:t>
-[...50 lines deleted...]
-    <x:t>SBU 2023/164</x:t>
+    <x:t>Water compared to beverages that contain sweeteners in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/148</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/157</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of cholesterol in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fish in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fruit in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/151</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of salt in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/152</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/150</x:t>
+    <x:t>Higher compared to lower consumption of fat (regardless of type) in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of animal fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of vegetable fat in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/158</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/159</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 2 diabetes</x:t>
-[...50 lines deleted...]
-    <x:t>SBU 2023/149</x:t>
+    <x:t>Safewards to reduce coercive measures in forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/120</x:t>
   </x:si>
   <x:si>
     <x:t>Six core strategies to reduce coercive measures in inpatient mental healthcare, including compulsory psychiatric care and forensic psychiatric care</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/121</x:t>
   </x:si>
   <x:si>
-    <x:t>Safewards to reduce coercive measures in forensic psychiatric care</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Virtual Reality in the treatment of eating disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/118</x:t>
   </x:si>
   <x:si>
     <x:t>Post-suicide intervention in schools and preschools</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/117</x:t>
   </x:si>
   <x:si>
     <x:t>Water compared to beverages that contain sweeteners in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/80</x:t>
   </x:si>
   <x:si>
     <x:t>High-fat diet, including greater consumption of dairy products, compared to the same treatment as the intervention group but with a maintained baseline dairy intake in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/88</x:t>
   </x:si>
   <x:si>
     <x:t>High-fat diet, including greater consumption of dairy products, compared to the same treatment as the intervention group but with a maintained baseline dairy intake in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/78</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of paleolithic diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of protein in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of protein in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vegetarian diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/952</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of paleolithic diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/954</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of paleolithic diet in type 2 diabetes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/956</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of protein in type 1 diabetes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/958</x:t>
   </x:si>
   <x:si>
-    <x:t>Vegetarian diet compared to low-fat diet in type 2 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/948</x:t>
   </x:si>
   <x:si>
     <x:t>Physiotherapeutic interventions for women with symptomatic diastasis recti</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/931</x:t>
   </x:si>
   <x:si>
     <x:t>Surgical interventions for women with symptomatic diastasis recti</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/930</x:t>
   </x:si>
   <x:si>
+    <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (30 E%) compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/916</x:t>
+  </x:si>
+  <x:si>
     <x:t>Low-carb diet compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/918</x:t>
   </x:si>
   <x:si>
+    <x:t>Mediterranean diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/910</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/920</x:t>
   </x:si>
   <x:si>
-    <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/913</x:t>
+    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/922</x:t>
   </x:si>
   <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/911</x:t>
   </x:si>
   <x:si>
+    <x:t>Vegetarian diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy reduced diet, with or without the addition of physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/914</x:t>
+  </x:si>
+  <x:si>
     <x:t>High-protein diet (20 E%) compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/915</x:t>
   </x:si>
   <x:si>
-    <x:t>Mediterranean diet compared to low-fat diet in type 1 diabetes</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/917</x:t>
   </x:si>
   <x:si>
-    <x:t>Vegetarian diet compared to low-fat diet in type 1 diabetes</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/914</x:t>
+    <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/891</x:t>
   </x:si>
   <x:si>
     <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/889</x:t>
   </x:si>
   <x:si>
+    <x:t>High-protein diet (30 E%) compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-carb diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (20 E%) compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/887</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ketogenic diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/892</x:t>
   </x:si>
   <x:si>
-    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
-[...32 lines deleted...]
-    <x:t>SBU 2022/890</x:t>
+    <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/862</x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/865</x:t>
   </x:si>
   <x:si>
-    <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 2 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy diet compared to regular dietary treatments in diabetes type 2</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/858</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting compared to plate method in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/864</x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/830</x:t>
   </x:si>
   <x:si>
     <x:t>Meal replacement based on Very Low Energy Diet (VLED) compared to low fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/831</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with a high-protein diet (20E%) combined with physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/807</x:t>
   </x:si>
   <x:si>
+    <x:t>Intensive lifestyle treatments with a ketogenic diet compared to regular dietary treatments in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/813</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy intake compared to regular dietary treatments in diabetes type 1</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/811</x:t>
   </x:si>
   <x:si>
     <x:t>The weight watchers’ program compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/814</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting compared to plate method in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/816</x:t>
   </x:si>
   <x:si>
-    <x:t>Intensive lifestyle treatments with a ketogenic diet compared to regular dietary treatments in type 1 diabetes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Advanced carbohydrate counting compared to calculating insulin dose in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/817</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment, combining low-fat diet with physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/792</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment with low-fat diet compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/791</x:t>
   </x:si>
   <x:si>
+    <x:t>AUDIT (Alcohol Use Disorders Identification Test) for identification of risky and harmful alcohol consumption in adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBCL (Child Behaviour Check List) to describe problems and social skills in children and adolescents with mental health problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/731</x:t>
+  </x:si>
+  <x:si>
     <x:t>ASSIST-Y (Alcohol, Smoking and Substance Involvement Sreening Test – Youth) for early identification of the use of unhealthy and harmful substances in children and adolescents</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/730</x:t>
   </x:si>
   <x:si>
+    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLFB (Timeline Follow-Back) for identification of increased alcohol consumption among different risk groups</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/727</x:t>
+  </x:si>
+  <x:si>
     <x:t>CRAFFT (Car, Relax, Alone, Forget, Friends, Trouble) for screening of substance (alcohol or other drugs) based on context and negative consequences (in adolescents)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/734</x:t>
   </x:si>
   <x:si>
-    <x:t>AUDIT (Alcohol Use Disorders Identification Test) for identification of risky and harmful alcohol consumption in adolescents</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CTQ (Childhood Trauma Questionnaire) measuring exposure to violence, sexual abuse and neglect, retrospectively (in adolescents and young adults)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/735</x:t>
   </x:si>
   <x:si>
-    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>ORS (Outcome Rating Scale) in assessments of a client's perceptions of problems and goal attainment during therapeutic treatment</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/714</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">ADDIS-Y (Alcohol Drug Diagnosis Instrument) to diagnose harmful use, abuse and dependence on alcohol and other drugs in adolescents </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NODS (National Opinion Research Center DSM-IV Screen for Gambling) to measure gambling problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/706</x:t>
+  </x:si>
+  <x:si>
     <x:t>The 5–15 form for assessing the development and behaviour of children and adolescents from 5 to 15 years of age</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/707</x:t>
   </x:si>
   <x:si>
-    <x:t>NODS (National Opinion Research Center DSM-IV Screen for Gambling) to measure gambling problems</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>SCL 90 (Symptoms Checklist) in measuring a person’s psychological and physical distress during the past week</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/717</x:t>
   </x:si>
   <x:si>
     <x:t>SRS (Session Rating Scale) in measuring the client's perception of a completed treatment interview</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/718</x:t>
   </x:si>
   <x:si>
-    <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/706</x:t>
+    <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) for identification of people with alcohol problems in the general population or in a clinical situation (short version of the screening form MAST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPGM (Problem and Pathological Gambling Measure) for measuring problem and pathological gambling in young adults during last year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUDIT (Drug Use Disorders Identification Test) for identification of drug-related problems in adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standardized assessment methods for assessing the quality of life of children and adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/711</x:t>
   </x:si>
   <x:si>
     <x:t>PGSI (Problem Gambling Severity Index) for measuring the prevalence of gambling problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/715</x:t>
   </x:si>
   <x:si>
-    <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) for identification of people with alcohol problems in the general population or in a clinical situation (short version of the screening form MAST)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CAGE (Cut-down, Annoyment, Guilt Eyeopener) for identification of risky alcohol habits</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/709</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">ADDIS-Y (Alcohol Drug Diagnosis Instrument) to diagnose harmful use, abuse and dependence on alcohol and other drugs in adolescents </x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Bekymringssamtal for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/689</x:t>
   </x:si>
   <x:si>
+    <x:t>Risk assessment in predicting abuse and neglect of children within the family</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/676</x:t>
+  </x:si>
+  <x:si>
     <x:t>Social and psychological treatment in compulsory treatment of girls</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/677</x:t>
   </x:si>
   <x:si>
-    <x:t>Risk assessment in predicting abuse and neglect of children within the family</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Divorce mediation for parents in child custody disputes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/658</x:t>
   </x:si>
   <x:si>
     <x:t>Psychological treatment in Psychogenic Non-Epileptic Seizures (PNES)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/655</x:t>
   </x:si>
   <x:si>
     <x:t>Counselling for mild to moderate depression and anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/648</x:t>
   </x:si>
   <x:si>
     <x:t>Counselling for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/650</x:t>
   </x:si>
   <x:si>
     <x:t>Counselling for mild to moderate depression during pregnancy</x:t>
@@ -1444,62 +1444,62 @@
   <x:si>
     <x:t>Psychodynamic therapy (PDT) for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/643</x:t>
   </x:si>
   <x:si>
     <x:t>Diets for gestational diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/625</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower relational continuity of care for persons with asthma or chronic obstructive pulmonary disease (COPD) regarding adherence to prescribed medication, experience of participation in care and self-management of the disease</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/622</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower relational continuity of care for persons with severe mental illness/severe mental disorder regarding hospitalisation, symptoms and functioning, and adherence to prescribed medication</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/623</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychodynamic therapy (PDT) for mild to moderate depression and anxiety disorder during pregnancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/614</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychodynamic therapy (PDT) for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/615</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychodynamic therapy (PDT) for mild to moderate depression and anxiety disorder during pregnancy</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Mindfulness for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/588</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness for mild to moderate depression and anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/552</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/548</x:t>
   </x:si>
   <x:si>
     <x:t>Cognitive behavioral therapy (CBT) for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/378</x:t>
   </x:si>
   <x:si>
     <x:t>Interpersonal therapy (IPT) for mild to moderate anxiety disorder during pregnancy</x:t>
@@ -1558,414 +1558,414 @@
   <x:si>
     <x:t xml:space="preserve">Cognitive behavioural therapy (CBT) for fibromyalgia in adults compared to treatment as usual (TAU) or waiting list </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/205</x:t>
   </x:si>
   <x:si>
     <x:t>Nortriptyline compared to gabapentin in combination with nortriptyline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/99</x:t>
   </x:si>
   <x:si>
     <x:t>Venlafaxine as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/121</x:t>
   </x:si>
   <x:si>
     <x:t>Tramadol as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/120</x:t>
   </x:si>
   <x:si>
+    <x:t>Pregabalin compared to pregabalin in combination with duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pregabalin compared to duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opioids as a treatment for vertebrae compression pain in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/105</x:t>
+  </x:si>
+  <x:si>
     <x:t>Oxycodone (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/106</x:t>
   </x:si>
   <x:si>
-    <x:t>Opioids as a treatment for vertebrae compression pain in older persons</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/105</x:t>
+    <x:t>Paracetamol as a treatment for vertebrae compression pain in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/108</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/112</x:t>
   </x:si>
   <x:si>
     <x:t>Tapentadol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/115</x:t>
   </x:si>
   <x:si>
-    <x:t>Paracetamol as a treatment for vertebrae compression pain in older persons</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Lidocaine patch 5% compared to pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/98</x:t>
   </x:si>
   <x:si>
     <x:t>Topical ketoprofen as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/95</x:t>
   </x:si>
   <x:si>
+    <x:t>Capsaicin cream compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lacosamide as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/97</x:t>
+  </x:si>
+  <x:si>
     <x:t>Non-steroidal anti-inflammatory drugs (NSAIDs) as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/100</x:t>
   </x:si>
   <x:si>
-    <x:t>Lacosamide as a treatment for painful diabetic neuropathy in older persons</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Duloxetine compared to duloxetine in combination with pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/89</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60 mg x2 compared to duloxetine 120 mg as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/88</x:t>
   </x:si>
   <x:si>
+    <x:t>Buprenorphine compared to placebo as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/84</x:t>
+  </x:si>
+  <x:si>
     <x:t>Capsaicin cream 0,075% as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/85</x:t>
   </x:si>
   <x:si>
+    <x:t>Diclofenac (flexible dose) compared to paracetamol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/87</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gabapentin compared to gabapentin in combination with nortriptyline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/90</x:t>
   </x:si>
   <x:si>
     <x:t>Gabapentin compared to nortriptyline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/92</x:t>
   </x:si>
   <x:si>
-    <x:t>Diclofenac (flexible dose) compared to paracetamol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2022/84</x:t>
+    <x:t>Rituximab for children with symptoms corresponding to the research condition of PANS/PANDAS with respect to health-related quality of life, level of functioning, and symptoms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association between the proportion of registered nurses (skill-mix) in the hospital health care team, and patient mortality or risk for falls or pressure ulcers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/788</x:t>
   </x:si>
   <x:si>
     <x:t>Endovascular versus surgical arterio-venous fistula creation for hemodialysis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/786</x:t>
   </x:si>
   <x:si>
-    <x:t>Rituximab for children with symptoms corresponding to the research condition of PANS/PANDAS with respect to health-related quality of life, level of functioning, and symptoms</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to no instructions prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/755</x:t>
   </x:si>
   <x:si>
+    <x:t>Centralized automated drug dispensing systems compared to a manual system for patients admitted to hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use of bouffant or hood type headgear compared with surgical skull caps or no hair cover for operating room staff during surgery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standardized cancer care pathways</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/748</x:t>
+  </x:si>
+  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to no wash prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/756</x:t>
   </x:si>
   <x:si>
-    <x:t>Centralized automated drug dispensing systems compared to a manual system for patients admitted to hospitals</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to local wash prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/757</x:t>
   </x:si>
   <x:si>
     <x:t>Automated Digital Triage in Primary Care compared to triage through a telephone reception managed by nurses</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/737</x:t>
   </x:si>
   <x:si>
+    <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna melanoma (LMM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna (LM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automated versus manual preparation systems for intravenous drugs in hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/722</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Baclofen treatment (intrathecal or peroral) of hereditary or idiopathic dystonia in children </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/725</x:t>
+  </x:si>
+  <x:si>
     <x:t>Salt therapy for treatment of umbilical granuloma in infants</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/729</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Baclofen treatment (intrathecal or peroral) of hereditary or idiopathic dystonia in children </x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>The effect of sclerotherapy on chronic Achilles tendinopathy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/730</x:t>
   </x:si>
   <x:si>
-    <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna melanoma (LMM)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Non-surgical treatments for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/679</x:t>
   </x:si>
   <x:si>
+    <x:t>Liposuction of affected tissue in lipedema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/677</x:t>
+  </x:si>
+  <x:si>
     <x:t>Methods to diagnose lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/676</x:t>
   </x:si>
   <x:si>
-    <x:t>Liposuction of affected tissue in lipedema</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bariatric surgery for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/662</x:t>
   </x:si>
   <x:si>
+    <x:t>Cognitive behavioral therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/384</x:t>
+  </x:si>
+  <x:si>
     <x:t>Qualified contact person for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/358</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Low-arousal approach for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/378</x:t>
   </x:si>
   <x:si>
+    <x:t>Mentorship for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multisystemic Therapy for adolescents who had previously engaged in at least one crime regarding reoffence, internalizing behavior and school achievement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Group cognitive–behavioural therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Komet for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediation for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/379</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multidimensional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/382</x:t>
   </x:si>
   <x:si>
-    <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Motivational interview for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/381</x:t>
   </x:si>
   <x:si>
-    <x:t>Mediation for adolescents who had previously engaged in at least one crime</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/379</x:t>
+    <x:t>Relapse therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/367</x:t>
   </x:si>
   <x:si>
     <x:t>The repulse method for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/363</x:t>
   </x:si>
   <x:si>
-    <x:t>Relapse therapy for adolescents who had previously engaged in at least one crime</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/369</x:t>
+    <x:t>Community intervention team for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/364</x:t>
   </x:si>
   <x:si>
     <x:t>Counseling Interventions for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/366</x:t>
   </x:si>
   <x:si>
-    <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2021/364</x:t>
+    <x:t>Functional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Connect Program for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/351</x:t>
   </x:si>
   <x:si>
     <x:t>Dialectical Behavioral Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/352</x:t>
   </x:si>
   <x:si>
-    <x:t>The Connect Program for adolescents who had previously engaged in at least one crime</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2021/353</x:t>
+    <x:t>Aggression replacement training for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/348</x:t>
   </x:si>
   <x:si>
     <x:t>Acceptance Committment Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/347</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SBU 2021/348</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions to improve adopted children’s mental and physical health</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/77</x:t>
   </x:si>
   <x:si>
     <x:t>Low arousal approach for young people (7–18 years) with externalized behaviour problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/78</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>