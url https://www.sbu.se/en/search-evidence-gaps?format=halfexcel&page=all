--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -1,161 +1,161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabf7b494aae74c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03d9d7d19f3940aeabf5c5b2f4560d3f.psmdcp" Id="Rbd45f7d967d14c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82637d3565ea4be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11285dd5c7ed48e09f5bfdb2c5dd5cce.psmdcp" Id="Rd1a14650ef7f4ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="642" uniqueCount="642">
   <x:si>
     <x:t>Title</x:t>
   </x:si>
   <x:si>
     <x:t>Reg. no.</x:t>
   </x:si>
   <x:si>
     <x:t>Web archive</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1117</x:t>
   </x:si>
   <x:si>
     <x:t>No</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with post covid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1115</x:t>
   </x:si>
   <x:si>
+    <x:t>Coordination or workplace interventions for return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1114</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with post covid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1113</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordination or workplace interventions for return to work for individuals with post covid</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Unimodal interventions for return to work for individuals with post covid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1116</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1118</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1101</x:t>
   </x:si>
   <x:si>
     <x:t>Focused ultrasound treatment for tremor in Lewy body dementia</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1054</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1063</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1064</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1016</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for mental disorders regarding return to work in the long time perspective, health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/987</x:t>
   </x:si>
   <x:si>
+    <x:t>Coordination or workplace interventions for return to work for individuals with mental disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/993</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with musculoskeletal disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/997</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/998</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordination or workplace interventions for return to work for individuals with mental disorders</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with mental disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/994</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/999</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/992</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/991</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with mental disorders</x:t>
@@ -262,194 +262,194 @@
   <x:si>
     <x:t>A new direction</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/504</x:t>
   </x:si>
   <x:si>
     <x:t>The effect of written exposure therapy (WET) on post-traumatic stress disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/513</x:t>
   </x:si>
   <x:si>
     <x:t>Medication use for epilepsy prevention after stroke</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/447</x:t>
   </x:si>
   <x:si>
     <x:t>Medication use for epilepsy prevention after traumatic brain injury</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/448</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Psychodynamic therapy (PDT) compared to cognitive behavioral therapy (CBT) during postpartum depression </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/379</x:t>
+  </x:si>
+  <x:si>
     <x:t>Counselling compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/372</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Psychodynamic therapy (PDT) compared to cognitive behavioral therapy (CBT) during postpartum depression </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Long-term effects of interpersonal therapy (IPT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/371</x:t>
   </x:si>
   <x:si>
+    <x:t>Interventions to promote parental responsiveness and child development during postpartum depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/376</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interpersonal therapy (IPT) compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/377</x:t>
   </x:si>
   <x:si>
     <x:t>Short-term psychodynamic therapy (short-term PDT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/378</x:t>
   </x:si>
   <x:si>
-    <x:t>Interventions to promote parental responsiveness and child development during postpartum depression</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Long term effects of robot-assisted vs freehand surgery of the spine</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/365</x:t>
   </x:si>
   <x:si>
     <x:t>Dynamic braces for non surgical treatment of patients with isolated PCL injuries</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/366</x:t>
   </x:si>
   <x:si>
     <x:t>Regular testicular self-examination (TSE) in the general male population to increase early detection of testicular cancer</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/343</x:t>
   </x:si>
   <x:si>
     <x:t>Negative Pressure Wound Treatment (NPWT) in healing of chronic wounds</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/346</x:t>
   </x:si>
   <x:si>
     <x:t>Correlation between perceived work-related stress and temporomandibular disorders in working adults</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/335</x:t>
   </x:si>
   <x:si>
     <x:t>Population-based mammography screening for women over the age of 74</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/336</x:t>
   </x:si>
   <x:si>
     <x:t>General supportive bereavement care for parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/308</x:t>
   </x:si>
   <x:si>
+    <x:t>Support programs, which focuses on facilitating the grieving process, for parents and siblings of stillborn children</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/310</x:t>
+  </x:si>
+  <x:si>
     <x:t>Support programs, focusing on post-loss care, for parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/309</x:t>
   </x:si>
   <x:si>
-    <x:t>Support programs, which focuses on facilitating the grieving process, for parents and siblings of stillborn children</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Outreach programs to enhance mediation among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/274</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychosocial interventions during incarceration for individuals affiliated to gangs, in order to prevent relapse in gang-related crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Family-based therapy for delinquent youth with a known gang affiliation or high gang risk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kurve Kriegen to reduce gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/273</x:t>
+  </x:si>
+  <x:si>
     <x:t>Drug market intervention (DMI) to prevent gun violence</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/270</x:t>
   </x:si>
   <x:si>
-    <x:t>Family-based therapy for delinquent youth with a known gang affiliation or high gang risk</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2024/273</x:t>
+    <x:t>Police-Led Community Initiative to Reduce Gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The intervention Repulse to reduce gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Social action groups to reduce gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/278</x:t>
   </x:si>
   <x:si>
     <x:t>Operation Peacemaker Fellowship among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/275</x:t>
   </x:si>
   <x:si>
-    <x:t>Police-Led Community Initiative to Reduce Gun violence among criminal street gangs</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Community Initiative to Reduce Violence (CIRV) among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/269</x:t>
   </x:si>
   <x:si>
     <x:t>Concern calls to reduce gun violence among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/268</x:t>
   </x:si>
   <x:si>
     <x:t>Individual Placement and Support (IPS) intervention for persons on long-term sick leave for depression, anxiety or reaction to severe stress</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1068</x:t>
   </x:si>
   <x:si>
     <x:t>Preparatory program in the form of individual support and work-training for long-term social assistance recipients</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1070</x:t>
   </x:si>
   <x:si>
     <x:t>Preparatory programs in the form of support and capital to start your own business for long-term social assistance recipients</x:t>
@@ -490,734 +490,734 @@
   <x:si>
     <x:t>Specific devices for expiratory muscle strength training (EMST) in patients with Parkinson’s disease (PD)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/657</x:t>
   </x:si>
   <x:si>
     <x:t>Specific devices for expiratory muscle strength training (EMST) in patients with multiple sclerosis (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/656</x:t>
   </x:si>
   <x:si>
     <x:t>Promethazine in combination with ephedrine and caffeine compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/608</x:t>
   </x:si>
   <x:si>
     <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/604</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychological treatment in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/610</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychosocial support in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/612</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychological treatment in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/610</x:t>
+    <x:t>Total parenteral nutrition (TPN) in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nasogastric tube feeding in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/605</x:t>
   </x:si>
   <x:si>
     <x:t>Outpatient compared to inpatient care in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/607</x:t>
   </x:si>
   <x:si>
-    <x:t>Total parenteral nutrition (TPN) in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2023/605</x:t>
+    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/603</x:t>
   </x:si>
   <x:si>
     <x:t>Vitamin B6 compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/606</x:t>
   </x:si>
   <x:si>
-    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Sick leave in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/613</x:t>
   </x:si>
   <x:si>
+    <x:t>Holistic individual care plan in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/589</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hydrocortisone compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/592</x:t>
   </x:si>
   <x:si>
-    <x:t>Holistic individual care plan in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/589</x:t>
+    <x:t>Metoclopramide compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/595</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/597</x:t>
   </x:si>
   <x:si>
-    <x:t>Metoclopramide compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Acupressure compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/585</x:t>
   </x:si>
   <x:si>
+    <x:t>Ondansetron combined with metoclopramide compared to monotherapy or placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initial fasting compared to expedited oral intake in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Granisetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginger capsules compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/593</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Acupuncture compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/586</x:t>
   </x:si>
   <x:si>
-    <x:t>Initial fasting compared to expedited oral intake in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Methylprednisolone compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU2023/596</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/598</x:t>
   </x:si>
   <x:si>
     <x:t>Allograft compared to conventional treatment in peripheral nerve surgery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/535</x:t>
   </x:si>
   <x:si>
     <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with Osler disease</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/536</x:t>
   </x:si>
   <x:si>
     <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with inverted papilloma</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/537</x:t>
   </x:si>
   <x:si>
+    <x:t>Manual wheelchair with wheels in heavier or less stiff material compared to wheels in lighter or more stiff material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair with suspension or vibration attenuation compared to manual wheelchair without suspension or vibration attenuation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lightweight manual wheelchair compared to manual wheelchair in a heavier material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Practical education and training in the use of a wheelchair, compared to no practical training and education or only theoretical information or instruction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities compared to access only to manual wheelchair for activities in life situations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/461</x:t>
+  </x:si>
+  <x:si>
     <x:t>Access to both manual wheelchair and wheelchair scooter compared to access to manual wheelchair only</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/460</x:t>
   </x:si>
   <x:si>
-    <x:t>Practical education and training in the use of a wheelchair, compared to no practical training and education or only theoretical information or instruction</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Individually adapted wheelchair seat cushions compared to seat cushions that are not individually adapted</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/465</x:t>
   </x:si>
   <x:si>
-    <x:t>Lightweight manual wheelchair compared to manual wheelchair in a heavier material</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/471</x:t>
+    <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike) compared to manual wheelchair without such devices</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/468</x:t>
   </x:si>
   <x:si>
     <x:t>Freedom to be able to choose a wheelchair and additional equipment (freedom of choice) compared to lack of choice</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/457</x:t>
   </x:si>
   <x:si>
+    <x:t>Propulsion units for manual wheelchairs compared to manual wheelchairs without propulsion units</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheelchair with person-specific molded seat unit compared to wheelchair without person-specific molded seat unit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/464</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Exemption from fees compared to fees for wheelchairs and additional equipment </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/469</x:t>
+  </x:si>
+  <x:si>
     <x:t>Comparison between different variants of electric wheelchairs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/458</x:t>
   </x:si>
   <x:si>
-    <x:t>Wheelchair with person-specific molded seat unit compared to wheelchair without person-specific molded seat unit</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Access to both manual wheelchair and electric wheelchair compared to access to manual wheelchair only</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/446</x:t>
   </x:si>
   <x:si>
     <x:t>Access to an electric wheelchair for indoor use and another electric wheelchair for outdoor use, compared to access to one electric wheelchair only (for both indoor and outdoor use)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/445</x:t>
   </x:si>
   <x:si>
     <x:t>Wheelchair with individual adaptations compared to wheelchair without individual adaptations</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/447</x:t>
   </x:si>
   <x:si>
+    <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in anxiety disorder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/210</x:t>
+  </x:si>
+  <x:si>
     <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/209</x:t>
   </x:si>
   <x:si>
-    <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in anxiety disorder</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of peanuts in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/203</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of fat (regardless of type) in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/176</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of animal fat in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/199</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of green tea in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/202</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of tea in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/201</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of green tea in type 2 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/202</x:t>
+    <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of vegetable fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/161</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of eggs in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/173</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of fruit in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/174</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 1 diabetes</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2023/161</x:t>
+    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/163</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of saturated fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/162</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 1 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/164</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of cholesterol in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/167</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of tea in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/169</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of peanuts in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/171</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of green tea in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/170</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of peanuts in type 1 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/171</x:t>
+    <x:t>Higher compared to lower consumption of salt in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/175</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of fish in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/172</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of salt in type 2 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Water compared to beverages that contain sweeteners in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/148</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/157</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of cholesterol in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/160</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of animal fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fat (regardless of type) in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of vegetable fat in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of salt in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fruit in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/151</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of fish in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/149</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
-[...38 lines deleted...]
-    <x:t>SBU 2023/156</x:t>
+    <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/159</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/158</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 2 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/159</x:t>
+    <x:t>Six core strategies to reduce coercive measures in inpatient mental healthcare, including compulsory psychiatric care and forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/121</x:t>
   </x:si>
   <x:si>
     <x:t>Safewards to reduce coercive measures in forensic psychiatric care</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/120</x:t>
   </x:si>
   <x:si>
-    <x:t>Six core strategies to reduce coercive measures in inpatient mental healthcare, including compulsory psychiatric care and forensic psychiatric care</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Virtual Reality in the treatment of eating disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/118</x:t>
   </x:si>
   <x:si>
     <x:t>Post-suicide intervention in schools and preschools</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/117</x:t>
   </x:si>
   <x:si>
+    <x:t>High-fat diet, including greater consumption of dairy products, compared to the same treatment as the intervention group but with a maintained baseline dairy intake in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/88</x:t>
+  </x:si>
+  <x:si>
     <x:t>Water compared to beverages that contain sweeteners in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/80</x:t>
   </x:si>
   <x:si>
-    <x:t>High-fat diet, including greater consumption of dairy products, compared to the same treatment as the intervention group but with a maintained baseline dairy intake in type 2 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>High-fat diet, including greater consumption of dairy products, compared to the same treatment as the intervention group but with a maintained baseline dairy intake in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/78</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of paleolithic diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/957</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of protein in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/959</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of protein in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/955</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/956</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vegetarian diet compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/951</x:t>
   </x:si>
   <x:si>
-    <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of paleolithic diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/954</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 1 diabetes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/948</x:t>
   </x:si>
   <x:si>
     <x:t>Physiotherapeutic interventions for women with symptomatic diastasis recti</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/931</x:t>
   </x:si>
   <x:si>
     <x:t>Surgical interventions for women with symptomatic diastasis recti</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/930</x:t>
   </x:si>
   <x:si>
+    <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/921</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/913</x:t>
   </x:si>
   <x:si>
     <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/919</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (30 E%) compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/916</x:t>
   </x:si>
   <x:si>
     <x:t>Low-carb diet compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/918</x:t>
   </x:si>
   <x:si>
+    <x:t>Ketogenic diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/922</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediterranean diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/910</x:t>
   </x:si>
   <x:si>
-    <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 2 diabetes</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/922</x:t>
+    <x:t>Energy reduced diet, with or without the addition of physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/917</x:t>
   </x:si>
   <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/911</x:t>
   </x:si>
   <x:si>
+    <x:t>High-protein diet (20 E%) compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/915</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vegetarian diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/912</x:t>
   </x:si>
   <x:si>
-    <x:t>Energy reduced diet, with or without the addition of physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/917</x:t>
+    <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (30 E%) compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-carb diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/888</x:t>
   </x:si>
   <x:si>
     <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/890</x:t>
   </x:si>
   <x:si>
     <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/891</x:t>
   </x:si>
   <x:si>
-    <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 1 diabetes</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2022/888</x:t>
+    <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/887</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (20 E%) compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/885</x:t>
   </x:si>
   <x:si>
-    <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 1 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ketogenic diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/892</x:t>
   </x:si>
   <x:si>
+    <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/865</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/862</x:t>
   </x:si>
   <x:si>
-    <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 2 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy diet compared to regular dietary treatments in diabetes type 2</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/858</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting compared to plate method in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/864</x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/830</x:t>
   </x:si>
   <x:si>
     <x:t>Meal replacement based on Very Low Energy Diet (VLED) compared to low fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/831</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with a high-protein diet (20E%) combined with physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
@@ -1252,212 +1252,212 @@
   <x:si>
     <x:t>Carbohydrate counting compared to plate method in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/816</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced carbohydrate counting compared to calculating insulin dose in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/817</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment, combining low-fat diet with physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/792</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment with low-fat diet compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/791</x:t>
   </x:si>
   <x:si>
+    <x:t>CBCL (Child Behaviour Check List) to describe problems and social skills in children and adolescents with mental health problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/731</x:t>
+  </x:si>
+  <x:si>
     <x:t>AUDIT (Alcohol Use Disorders Identification Test) for identification of risky and harmful alcohol consumption in adolescents</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/729</x:t>
   </x:si>
   <x:si>
-    <x:t>CBCL (Child Behaviour Check List) to describe problems and social skills in children and adolescents with mental health problems</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/731</x:t>
+    <x:t>TLFB (Timeline Follow-Back) for identification of increased alcohol consumption among different risk groups</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTQ (Childhood Trauma Questionnaire) measuring exposure to violence, sexual abuse and neglect, retrospectively (in adolescents and young adults)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/728</x:t>
   </x:si>
   <x:si>
     <x:t>ASSIST-Y (Alcohol, Smoking and Substance Involvement Sreening Test – Youth) for early identification of the use of unhealthy and harmful substances in children and adolescents</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/730</x:t>
   </x:si>
   <x:si>
-    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CRAFFT (Car, Relax, Alone, Forget, Friends, Trouble) for screening of substance (alcohol or other drugs) based on context and negative consequences (in adolescents)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/734</x:t>
   </x:si>
   <x:si>
-    <x:t>CTQ (Childhood Trauma Questionnaire) measuring exposure to violence, sexual abuse and neglect, retrospectively (in adolescents and young adults)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>ORS (Outcome Rating Scale) in assessments of a client's perceptions of problems and goal attainment during therapeutic treatment</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/714</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ADDIS-Y (Alcohol Drug Diagnosis Instrument) to diagnose harmful use, abuse and dependence on alcohol and other drugs in adolescents </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/708</x:t>
   </x:si>
   <x:si>
+    <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 5–15 form for assessing the development and behaviour of children and adolescents from 5 to 15 years of age</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/707</x:t>
+  </x:si>
+  <x:si>
     <x:t>NODS (National Opinion Research Center DSM-IV Screen for Gambling) to measure gambling problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/713</x:t>
   </x:si>
   <x:si>
-    <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2022/707</x:t>
+    <x:t>PPGM (Problem and Pathological Gambling Measure) for measuring problem and pathological gambling in young adults during last year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUDIT (Drug Use Disorders Identification Test) for identification of drug-related problems in adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/710</x:t>
   </x:si>
   <x:si>
     <x:t>SCL 90 (Symptoms Checklist) in measuring a person’s psychological and physical distress during the past week</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/717</x:t>
   </x:si>
   <x:si>
     <x:t>SRS (Session Rating Scale) in measuring the client's perception of a completed treatment interview</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/718</x:t>
   </x:si>
   <x:si>
+    <x:t>Standardized assessment methods for assessing the quality of life of children and adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGSI (Problem Gambling Severity Index) for measuring the prevalence of gambling problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGE (Cut-down, Annoyment, Guilt Eyeopener) for identification of risky alcohol habits</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/709</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) for identification of people with alcohol problems in the general population or in a clinical situation (short version of the screening form MAST)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/712</x:t>
   </x:si>
   <x:si>
-    <x:t>PPGM (Problem and Pathological Gambling Measure) for measuring problem and pathological gambling in young adults during last year</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Bekymringssamtal for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/689</x:t>
   </x:si>
   <x:si>
+    <x:t>Social and psychological treatment in compulsory treatment of girls</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/677</x:t>
+  </x:si>
+  <x:si>
     <x:t>Risk assessment in predicting abuse and neglect of children within the family</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/676</x:t>
   </x:si>
   <x:si>
-    <x:t>Social and psychological treatment in compulsory treatment of girls</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Divorce mediation for parents in child custody disputes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/658</x:t>
   </x:si>
   <x:si>
     <x:t>Psychological treatment in Psychogenic Non-Epileptic Seizures (PNES)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/655</x:t>
   </x:si>
   <x:si>
+    <x:t>Counselling for mild to moderate anxiety disorder during pregnancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/650</x:t>
+  </x:si>
+  <x:si>
     <x:t>Counselling for mild to moderate depression and anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/648</x:t>
   </x:si>
   <x:si>
-    <x:t>Counselling for mild to moderate anxiety disorder during pregnancy</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Counselling for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/649</x:t>
   </x:si>
   <x:si>
     <x:t>Psychodynamic therapy (PDT) for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/643</x:t>
   </x:si>
   <x:si>
     <x:t>Diets for gestational diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/625</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower relational continuity of care for persons with asthma or chronic obstructive pulmonary disease (COPD) regarding adherence to prescribed medication, experience of participation in care and self-management of the disease</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/622</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower relational continuity of care for persons with severe mental illness/severe mental disorder regarding hospitalisation, symptoms and functioning, and adherence to prescribed medication</x:t>
@@ -1480,74 +1480,74 @@
   <x:si>
     <x:t>Mindfulness for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/588</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness for mild to moderate depression and anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/552</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/548</x:t>
   </x:si>
   <x:si>
     <x:t>Cognitive behavioral therapy (CBT) for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/378</x:t>
   </x:si>
   <x:si>
+    <x:t>Cognitive behavioral therapy (CBT) for mild to moderate depression and anxiety disorder during pregnancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/377</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interpersonal therapy (IPT) for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/375</x:t>
   </x:si>
   <x:si>
-    <x:t>Cognitive behavioral therapy (CBT) for mild to moderate depression and anxiety disorder during pregnancy</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/377</x:t>
+    <x:t>Behavioral activation for mild to moderate anxiety disorder during pregnancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/372</x:t>
   </x:si>
   <x:si>
     <x:t>Interpersonal therapy (IPT) for mild to moderate depression and anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/373</x:t>
   </x:si>
   <x:si>
-    <x:t>Behavioral activation for mild to moderate anxiety disorder during pregnancy</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Interpersonal therapy (IPT) for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/374</x:t>
   </x:si>
   <x:si>
     <x:t>Behavioral activation for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/371</x:t>
   </x:si>
   <x:si>
     <x:t>Behavioral activation for mild to moderate depression and anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/370</x:t>
   </x:si>
   <x:si>
     <x:t>Psychosocial treatment in reducing severe fear of childbirth in pregnant women</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/369</x:t>
   </x:si>
   <x:si>
     <x:t>Assessment methods to identify severe fear of childbirth in pregnant women</x:t>
@@ -1576,104 +1576,104 @@
   <x:si>
     <x:t>Tramadol as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/120</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin compared to pregabalin in combination with duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/110</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin compared to duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/114</x:t>
   </x:si>
   <x:si>
     <x:t>Opioids as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/105</x:t>
   </x:si>
   <x:si>
+    <x:t>Pregabalin compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tapentadol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/115</x:t>
+  </x:si>
+  <x:si>
     <x:t>Oxycodone (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/106</x:t>
   </x:si>
   <x:si>
     <x:t>Paracetamol as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/108</x:t>
   </x:si>
   <x:si>
-    <x:t>Pregabalin compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2022/115</x:t>
+    <x:t>Topical ketoprofen as a treatment for painful osteoarthritis of the knee in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/95</x:t>
   </x:si>
   <x:si>
     <x:t>Lidocaine patch 5% compared to pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/98</x:t>
   </x:si>
   <x:si>
-    <x:t>Topical ketoprofen as a treatment for painful osteoarthritis of the knee in older persons</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Capsaicin cream compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/94</x:t>
   </x:si>
   <x:si>
+    <x:t>Non-steroidal anti-inflammatory drugs (NSAIDs) as a treatment for vertebrae compression pain in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/100</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lacosamide as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/97</x:t>
   </x:si>
   <x:si>
-    <x:t>Non-steroidal anti-inflammatory drugs (NSAIDs) as a treatment for vertebrae compression pain in older persons</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Duloxetine compared to duloxetine in combination with pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/89</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60 mg x2 compared to duloxetine 120 mg as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/88</x:t>
   </x:si>
   <x:si>
     <x:t>Buprenorphine compared to placebo as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/84</x:t>
   </x:si>
   <x:si>
     <x:t>Capsaicin cream 0,075% as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/85</x:t>
   </x:si>
   <x:si>
     <x:t>Diclofenac (flexible dose) compared to paracetamol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
@@ -1702,240 +1702,240 @@
   <x:si>
     <x:t>Association between the proportion of registered nurses (skill-mix) in the hospital health care team, and patient mortality or risk for falls or pressure ulcers</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/788</x:t>
   </x:si>
   <x:si>
     <x:t>Endovascular versus surgical arterio-venous fistula creation for hemodialysis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/786</x:t>
   </x:si>
   <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to no instructions prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/755</x:t>
   </x:si>
   <x:si>
     <x:t>Centralized automated drug dispensing systems compared to a manual system for patients admitted to hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/745</x:t>
   </x:si>
   <x:si>
+    <x:t>Preoperative whole body wash with chlorhexidine compared to local wash prior to clean surgical procedures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Preoperative whole body wash with chlorhexidine compared to no wash prior to clean surgical procedures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standardized cancer care pathways</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/748</x:t>
+  </x:si>
+  <x:si>
     <x:t>Use of bouffant or hood type headgear compared with surgical skull caps or no hair cover for operating room staff during surgery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/746</x:t>
   </x:si>
   <x:si>
-    <x:t>Standardized cancer care pathways</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Automated Digital Triage in Primary Care compared to triage through a telephone reception managed by nurses</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/737</x:t>
   </x:si>
   <x:si>
+    <x:t>Automated versus manual preparation systems for intravenous drugs in hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/722</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Baclofen treatment (intrathecal or peroral) of hereditary or idiopathic dystonia in children </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The effect of sclerotherapy on chronic Achilles tendinopathy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salt therapy for treatment of umbilical granuloma in infants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/729</x:t>
+  </x:si>
+  <x:si>
     <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna melanoma (LMM)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/719</x:t>
   </x:si>
   <x:si>
     <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna (LM)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/720</x:t>
   </x:si>
   <x:si>
-    <x:t>Automated versus manual preparation systems for intravenous drugs in hospitals</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Non-surgical treatments for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/679</x:t>
   </x:si>
   <x:si>
     <x:t>Liposuction of affected tissue in lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/677</x:t>
   </x:si>
   <x:si>
     <x:t>Methods to diagnose lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/676</x:t>
   </x:si>
   <x:si>
     <x:t>Bariatric surgery for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/662</x:t>
   </x:si>
   <x:si>
+    <x:t>Multisystemic Therapy for adolescents who had previously engaged in at least one crime regarding reoffence, internalizing behavior and school achievement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualified contact person for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-arousal approach for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mentorship for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/380</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cognitive behavioral therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/355</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Group cognitive–behavioural therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/354</x:t>
   </x:si>
   <x:si>
+    <x:t>Multidimensional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/357</x:t>
+  </x:si>
+  <x:si>
     <x:t>Komet for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/356</x:t>
   </x:si>
   <x:si>
-    <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2021/357</x:t>
+    <x:t>Motivational interview for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/381</x:t>
   </x:si>
   <x:si>
     <x:t>Mediation for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/379</x:t>
   </x:si>
   <x:si>
-    <x:t>Multidimensional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2021/381</x:t>
+    <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The repulse method for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/363</x:t>
   </x:si>
   <x:si>
     <x:t>Relapse therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/369</x:t>
   </x:si>
   <x:si>
-    <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2021/363</x:t>
+    <x:t>Counseling Interventions for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/366</x:t>
   </x:si>
   <x:si>
     <x:t>Community intervention team for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/364</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SBU 2021/366</x:t>
   </x:si>
   <x:si>
     <x:t>Functional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/353</x:t>
   </x:si>
   <x:si>
     <x:t>The Connect Program for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/351</x:t>
   </x:si>
   <x:si>
     <x:t>Dialectical Behavioral Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/352</x:t>
   </x:si>
   <x:si>
     <x:t>Aggression replacement training for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/348</x:t>
   </x:si>