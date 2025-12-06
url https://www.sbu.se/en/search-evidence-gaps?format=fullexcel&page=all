--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55bb2e5e86e4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83c53fd765bc4245a909de0caa26ab1c.psmdcp" Id="R2bb56923ef3a469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R869f56f7e3e04112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40ed6cc3c03446198f4a6d4614b02b2b.psmdcp" Id="R5a5e4d715af14742" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1384" uniqueCount="1384">
   <x:si>
     <x:t>Title</x:t>
   </x:si>
   <x:si>
     <x:t>Reg. no.</x:t>
   </x:si>
   <x:si>
@@ -67,100 +67,100 @@
   <x:si>
     <x:t>Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Source</x:t>
   </x:si>
   <x:si>
     <x:t>Overall section</x:t>
   </x:si>
   <x:si>
     <x:t>Reliable systematic reviews</x:t>
   </x:si>
   <x:si>
     <x:t>Reliable, but not updated, systematic reviews</x:t>
   </x:si>
   <x:si>
     <x:t>Other sources</x:t>
   </x:si>
   <x:si>
     <x:t>Age</x:t>
   </x:si>
   <x:si>
     <x:t>Web archive</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordination or workplace interventions for return to work for individuals with a breast cancer diagnosis</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/1118</x:t>
+    <x:t>Coordination or workplace interventions for return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1114</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">More primary research is needed. </x:t>
   </x:si>
   <x:si>
-    <x:t>Persons on sick leave because of a breast cancer diagnosis</x:t>
+    <x:t>Persons on sick leave because of post covid</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions, that is, interventions within the health care system, involving direct contact with the workplace or employer, or where the patient interacts with a coordinator or case manager fulfilling a coordinating function</x:t>
   </x:si>
   <x:si>
     <x:t>No treatment, treatment as usual, wait list or other active treatment</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes:
 •	Return to work in the short time perspective (up to 12 months)
 •	Return to work in the long time perspective (more than 12 months)
 Secondary outcome: Measures on health and functioning
 </x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU</x:t>
   </x:si>
   <x:si>
     <x:t>Health care</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 359.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Adults</x:t>
   </x:si>
   <x:si>
     <x:t>No</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordination or workplace interventions for return to work for individuals with post covid</x:t>
-[...5 lines deleted...]
-    <x:t>Persons on sick leave because of post covid</x:t>
+    <x:t>Coordination or workplace interventions for return to work for individuals with a breast cancer diagnosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Persons on sick leave because of a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for return to work for individuals with post covid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1116</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions (that is, single treatments or therapies aimed at promoting health and facilitating return to work)  initiated within the health care system</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with post covid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1115</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions (that is, multiple treatments often delivered by a team of practitioners from different professions, aimed at promoting health and facilitating return to work) Interventions are provided within the health care system</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 35 9. More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
@@ -282,63 +282,63 @@
   <x:si>
     <x:t>Persons on sick leave because of the following musculoskeletal disorders (from ICD-10): dorsalgia, cervical disc disorders, fibromyalgia, disorder in shoulder, pain, arthrosis of hip and knee</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with mental disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/994</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on sick leave because of the following mental disorders (from ICD-10): reaction to severe stress, and adjustment disorders; depression and recurrent depressive disorder; anxiety disorders.</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/992</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with mental disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/990</x:t>
   </x:si>
   <x:si>
+    <x:t>Unimodal interventions for return to work for individuals with musculoskeletal disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unimodal interventions (that is, single treatments or therapies aimed at promoting health and facilitating return to work) initiated within the health care system</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multimodal interventions for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/991</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Unimodal interventions (that is, single treatments or therapies aimed at promoting health and facilitating return to work) initiated within the health care system</x:t>
   </x:si>
   <x:si>
     <x:t>Associations between the use of e-cigarettes and changes in smoking behaviour</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/499</x:t>
   </x:si>
   <x:si>
     <x:t>Smokers, any age, men and women</x:t>
   </x:si>
   <x:si>
     <x:t>Self-reported current or ever use of e-cigarettes, with or without nicotine</x:t>
   </x:si>
   <x:si>
     <x:t>No self-reported use of e-cigarettes, with or without nicotine, all through the study period</x:t>
   </x:si>
   <x:si>
     <x:t>Self-reported non-use, non-use for at least 30 days, increased use or decreased use of combustible tobacco products at follow up</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Samband mellan snus, e-cigaretter och tobaksrökning: en systematisk översikt [Associations between the use of snus (moist tobacco) or electronic cigarettes and tobacco smoking: a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU Bereder 312.  More about the review   </x:t>
   </x:si>
   <x:si>
     <x:t>Children/adolescents, Adults, Elderly</x:t>
   </x:si>
@@ -688,69 +688,69 @@
   <x:si>
     <x:t>Cognitive behavioral therapy (CBT)</x:t>
   </x:si>
   <x:si>
     <x:t>Degree of depression symptoms measured with validated depression instruments</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Psykologisk behandling av postpartumdepression. En systematisk översikt inklusive hälsoekonomiska och etiska aspekter [Psychological Treatment for Postpartum Depression A systematic review including health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar, rapport nr 358.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Short-term psychodynamic therapy (short-term PDT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/378</x:t>
   </x:si>
   <x:si>
     <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated depression instrument.</x:t>
   </x:si>
   <x:si>
     <x:t>Short-term psychodynamic therapy (short-term PDT)</x:t>
   </x:si>
   <x:si>
     <x:t>Degree of depression symptoms measured with validated depression instruments.</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Psychodynamic therapy (PDT) compared to cognitive behavioral therapy (CBT) during postpartum depression </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated instrument</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy (PDT)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Counselling compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/372</x:t>
   </x:si>
   <x:si>
-    <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated instrument</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Supporting councelling including person-centered health visiting</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Psychodynamic therapy (PDT)</x:t>
   </x:si>
   <x:si>
     <x:t>Long-term effects of interpersonal therapy (IPT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/371</x:t>
   </x:si>
   <x:si>
     <x:t>Long-term effects of interpersonal therapy (IPT) on depression symptoms, health related quality of life and maternal responsiveness.</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions to promote parental responsiveness and child development during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/376</x:t>
   </x:si>
   <x:si>
     <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated depression instrument</x:t>
   </x:si>
   <x:si>
     <x:t>Supportive councelling and other psychological interventions to treat depression and to strengthen the mother-child relationship.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Degree of depression symptoms, health related quality of life, as well as maternal responsiveness and child development. </x:t>
   </x:si>
@@ -959,66 +959,66 @@
   <x:si>
     <x:t>SBU 2024/278</x:t>
   </x:si>
   <x:si>
     <x:t>Social action groups</x:t>
   </x:si>
   <x:si>
     <x:t>Psychosocial interventions during incarceration for individuals affiliated to gangs, in order to prevent relapse in gang-related crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/272</x:t>
   </x:si>
   <x:si>
     <x:t>Incarcarated individuals affiliated to gangs, or incarcerated individuals with high risk of committing violent crimes</x:t>
   </x:si>
   <x:si>
     <x:t>Psychosocial interventions during incarceration, e.g., information on the consequences of continued criminal activity, treatment for gang membership, interventions to help them stay away from drugs and gangs, risk and needs assessments, substance use treatment, CBT, education, assistance in seeking employment or education programs, health counseling, housing support, mentorship-programs, mediation with crime victims, contact with social workers, other tailored support (such as for a driver's license, social training), case management.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">No intervention, other intervention. </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Relapse in crime and criminal behavior (regardless of criminality-type), adverse events, long-term outcomes. </x:t>
   </x:si>
   <x:si>
+    <x:t>Police-Led Community Initiative to Reduce Gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Police-Led Community Initiative to Reduce Gun violence</x:t>
+  </x:si>
+  <x:si>
     <x:t>Operation Peacemaker Fellowship among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/275</x:t>
   </x:si>
   <x:si>
     <x:t>Operation Peacemaker Fellowship</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Police-Led Community Initiative to Reduce Gun violence</x:t>
   </x:si>
   <x:si>
     <x:t>Outreach programs to enhance mediation among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/274</x:t>
   </x:si>
   <x:si>
     <x:t>Outreach programs to enhance mediation</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rapport nr 369.  More about the review . </x:t>
   </x:si>
   <x:si>
     <x:t>Family-based therapy for delinquent youth with a known gang affiliation or high gang risk</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/271</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Adolescents with known gang affiliation or with high gang risk </x:t>
   </x:si>
   <x:si>
     <x:t>Family-based therapy</x:t>
   </x:si>
@@ -1289,116 +1289,116 @@
   <x:si>
     <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more    </x:t>
   </x:si>
   <x:si>
     <x:t>Outpatient compared to inpatient care in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/607</x:t>
   </x:si>
   <x:si>
     <x:t>Outpatient care</x:t>
   </x:si>
   <x:si>
     <x:t>Inpatient care</x:t>
   </x:si>
   <x:si>
     <x:t>Sick leave in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/613</x:t>
   </x:si>
   <x:si>
     <x:t>Sick leave</x:t>
   </x:si>
   <x:si>
+    <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dextrose saline rehydration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saline rehydration</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychosocial support in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/612</x:t>
   </x:si>
   <x:si>
     <x:t>Psychosocial support</x:t>
   </x:si>
   <x:si>
-    <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Promethazine in combination with ephedrine and caffeine compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/608</x:t>
   </x:si>
   <x:si>
     <x:t>Promethazine in combination with ephedrine and caffeine</x:t>
   </x:si>
   <x:si>
     <x:t>Placebo</x:t>
   </x:si>
   <x:si>
     <x:t>Nasogastric tube feeding in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/605</x:t>
   </x:si>
   <x:si>
     <x:t>Nasogastric tube feeding in addition to standard care</x:t>
   </x:si>
   <x:si>
     <x:t>Standard care</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more     </x:t>
   </x:si>
   <x:si>
+    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prednisolone</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vitamin B6 compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/606</x:t>
   </x:si>
   <x:si>
     <x:t>Vitamin B6</x:t>
   </x:si>
   <x:si>
-    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Total parenteral nutrition (TPN) in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/614</x:t>
   </x:si>
   <x:si>
     <x:t>Total parenteral nutrition (TPN) in addition to standard care</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/597</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron</x:t>
   </x:si>
   <x:si>
     <x:t>Metoclopramide</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/598</x:t>
@@ -1415,78 +1415,78 @@
   <x:si>
     <x:t>SBU 2023/593</x:t>
   </x:si>
   <x:si>
     <x:t>Ginger capsules</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more    </x:t>
   </x:si>
   <x:si>
     <x:t>Methylprednisolone compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU2023/596</x:t>
   </x:si>
   <x:si>
     <x:t>Methylprednisolone</x:t>
   </x:si>
   <x:si>
     <x:t>Metoclopramide compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/595</x:t>
   </x:si>
   <x:si>
+    <x:t>Ondansetron combined with metoclopramide compared to monotherapy or placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ondansetron combined with metoclopramide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monotherapy or placebo</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Initial fasting compared to expedited oral intake in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/587</x:t>
   </x:si>
   <x:si>
     <x:t>Initial fasting</x:t>
   </x:si>
   <x:si>
     <x:t>Expedited oral intake</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">  SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.   Read more  </x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Holistic individual care plan in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/589</x:t>
   </x:si>
   <x:si>
     <x:t>Holistic individual care plan in addition to standard care</x:t>
   </x:si>
   <x:si>
     <x:t>Hydrocortisone compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/592</x:t>
   </x:si>
   <x:si>
     <x:t>Hydrocortisone</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Acupressure compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/585</x:t>
   </x:si>
@@ -1702,76 +1702,76 @@
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Mobility, maneuverability
 Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders; pain; endurance</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities compared to access only to manual wheelchair for activities in life situations</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/461</x:t>
   </x:si>
   <x:si>
     <x:t>People of all ages, with permanently reduced mobility, who use a manual wheelchair they operate themselves (self-propelled)</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities</x:t>
   </x:si>
   <x:si>
     <x:t>Access only to manual wheelchair for activities in the full range of life situations</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Engage in social life; quality of life
 Secondary outcomes: Driving and sitting position; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance; identity</x:t>
   </x:si>
   <x:si>
-    <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike) compared to manual wheelchair without such devices</x:t>
-[...8 lines deleted...]
-    <x:t>Manual wheelchair without such hand-propelled devices</x:t>
+    <x:t>Propulsion units for manual wheelchairs compared to manual wheelchairs without propulsion units</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propulsion units for manual wheelchairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchairs without propulsion units</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Engage in social life; mobility
 Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance</x:t>
   </x:si>
   <x:si>
-    <x:t>Propulsion units for manual wheelchairs compared to manual wheelchairs without propulsion units</x:t>
-[...8 lines deleted...]
-    <x:t>Manual wheelchairs without propulsion units</x:t>
+    <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike) compared to manual wheelchair without such devices</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair without such hand-propelled devices</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair and wheelchair scooter compared to access to manual wheelchair only</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/460</x:t>
   </x:si>
   <x:si>
     <x:t>People of all ages, with permanently reduced mobility, who use a wheelchair they operate themselves (self-propelled)</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair and wheelchair scooter</x:t>
   </x:si>
   <x:si>
     <x:t>Access to manual wheelchair only</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Mobility; quality of life
 Secondary outcomes: Ability to carry, move or handle objects; engage in education, work and employment; engage in social life; independence; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance; identity</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">  SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects].  Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Individually adapted wheelchair seat cushions compared to seat cushions that are not individually adapted</x:t>
@@ -2133,66 +2133,66 @@
   <x:si>
     <x:t>Higher consumption of vegetable fat</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of vegetable fat</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/164</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of trans fat</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of trans fat</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/157</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of salt in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/152</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/159</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>SBU 2023/150</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/158</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of fat (regardless of type) in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/153</x:t>
   </x:si>
   <x:si>
     <x:t>Water compared to beverages that contain sweeteners in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/148</x:t>
   </x:si>
   <x:si>
     <x:t>Water</x:t>
   </x:si>
   <x:si>
     <x:t>Beverages that contain sweeteners</x:t>
   </x:si>
@@ -2420,69 +2420,69 @@
   <x:si>
     <x:t xml:space="preserve">Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/956</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of Dietary Approach to Stop Hypertension (DASH)</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of DASH</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of protein in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of protein</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of protein</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of protein in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/959</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Higher consumption of protein </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Higher consumption of protein</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/958</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia)
 </x:t>
   </x:si>
   <x:si>
     <x:t>Vegetarian diet compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/951</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Vegetarian diet </x:t>
   </x:si>
   <x:si>
@@ -2523,128 +2523,128 @@
   <x:si>
     <x:t>Physiotherapeutic interventions</x:t>
   </x:si>
   <x:si>
     <x:t>No treatment, sham treatment, treatment as usual or an active treatment option</x:t>
   </x:si>
   <x:si>
     <x:t>Diastasis (curative effect, diastasis width, recurrence), effect on symptoms, physical function, disability, health related quality of life, adverse effects and complications</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Behandling av rektusdiastas hos kvinnor [Treatment of women with diastasis recti: HTA Report]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 346.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Surgical interventions for women with symptomatic diastasis recti</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/930</x:t>
   </x:si>
   <x:si>
     <x:t>Women with symptomatic diastasis of the rectus abdominis muscle (DRAM) after pregnancy, weight loss or caused by unspecified/unknown causes (clinical diagnosis of DRAM of &gt;2 cm or two finger widths)</x:t>
   </x:si>
   <x:si>
     <x:t>Surgery</x:t>
   </x:si>
   <x:si>
+    <x:t>Low-carb diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-carb diet</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/920</x:t>
   </x:si>
   <x:si>
     <x:t>Ketogenic diet, with or without energy restrictions</x:t>
   </x:si>
   <x:si>
     <x:t>Low-fat diet, with or without energy restrictions</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Low-carb diet</x:t>
   </x:si>
   <x:si>
     <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/913</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/911</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (20 E%) compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/915</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">High-protein diet (20 E%) </x:t>
   </x:si>
   <x:si>
+    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/921</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ketogenic diet without energy restrictions </x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (30 E%) compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (30 E%)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediterranean diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/910</x:t>
   </x:si>
   <x:si>
     <x:t>Mediterranean</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t xml:space="preserve">Ketogenic diet without energy restrictions </x:t>
   </x:si>
   <x:si>
     <x:t>Ketogenic diet compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/922</x:t>
   </x:si>
   <x:si>
     <x:t>Ketogenic diet</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/917</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Adults, from 18 years, with diabetes type 2
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">High-protein diet 30 E% </x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 20 E%</x:t>
@@ -2713,87 +2713,87 @@
   <x:si>
     <x:t>High-protein diet (30 E%) compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/886</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/887</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 30 E%</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (20 E%) compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/885</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (20 E%)</x:t>
   </x:si>
   <x:si>
+    <x:t>Low-carb diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/888</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/890</x:t>
   </x:si>
   <x:si>
-    <x:t>Low-carb diet compared to low-fat diet in type 1 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/888</x:t>
+    <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reduced energy diet</x:t>
   </x:si>
   <x:si>
     <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/862</x:t>
   </x:si>
   <x:si>
     <x:t>Intermittent energy intake restriction</x:t>
   </x:si>
   <x:si>
     <x:t>Continuous energy intake restriction</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Mat vid diabetes [Diets for diabetes: A systematic review and assessment of effects, health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 345.  More about the review   </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Reduced energy diet</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy diet compared to regular dietary treatments in diabetes type 2</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/858</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy diet</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting compared to plate method in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/864</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting</x:t>
   </x:si>
   <x:si>
     <x:t>Plate method</x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 1 diabetes</x:t>
   </x:si>
@@ -2947,68 +2947,68 @@
   <x:si>
     <x:t>CBCL (Child Behaviour Check List) to describe problems and social skills in children and adolescents with mental health problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/731</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">CBCL (Child Behavior Check List) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Paalman CH, Terwee CB, Jansma EP, Jansen LMC. Instruments Measuring Externalizing Mental Health Problems in Immigrant Ethnic Minority Youths: A Systematic Review of Measurement Properties. PLOS ONE. 2013;8(5):e63109.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>CTQ (Childhood Trauma Questionnaire) measuring exposure to violence, sexual abuse and neglect, retrospectively (in adolescents and young adults)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/735</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">CTQ (Childhood Trauma Questionnaire) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> McTavish JR, Gonzalez A, Santesso N, MacGregor JCD, McKee C, MacMillan HL. Identifying children exposed to maltreatment: a systematic review update. BMC Pediatr. 2020;20(1):113.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/728</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">UngDOK (Documentation system in substance abuse care) </x:t>
+  </x:si>
+  <x:si>
     <x:t>TLFB (Timeline Follow-Back) for identification of increased alcohol consumption among different risk groups</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/727</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">TLFB (Timeline Follow-Back) </x:t>
   </x:si>
   <x:si>
-    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>ORS (Outcome Rating Scale) in assessments of a client's perceptions of problems and goal attainment during therapeutic treatment</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/714</x:t>
   </x:si>
   <x:si>
     <x:t>ORS (Outcome Rating Scale) assesses a client's perceptions of problems and goal attainment during therapeutic treatment</x:t>
   </x:si>
   <x:si>
     <x:t>The 5–15 form for assessing the development and behaviour of children and adolescents from 5 to 15 years of age</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/707</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The 5–15 form </x:t>
   </x:si>
   <x:si>
     <x:t>NODS (National Opinion Research Center DSM-IV Screen for Gambling) to measure gambling problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/713</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">NODS (National Opinion Research Center DSM-IV Screen for Gambling) </x:t>
@@ -3028,66 +3028,66 @@
   <x:si>
     <x:t>SBU 2022/718</x:t>
   </x:si>
   <x:si>
     <x:t>SRS (Session Rating Scale) is developed to measure the client's perception of a completed treatment interview</x:t>
   </x:si>
   <x:si>
     <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/706</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ADAD (Adolescent Drug Abuse Diagnosis) </x:t>
   </x:si>
   <x:si>
     <x:t>PGSI (Problem Gambling Severity Index) for measuring the prevalence of gambling problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/715</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PGSI (Problem Gambling Severity Index) </x:t>
   </x:si>
   <x:si>
+    <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) for identification of people with alcohol problems in the general population or in a clinical situation (short version of the screening form MAST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/712</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) </x:t>
+  </x:si>
+  <x:si>
     <x:t>CAGE (Cut-down, Annoyment, Guilt Eyeopener) for identification of risky alcohol habits</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/709</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">CAGE (Cut-down, Annoyment, Guilt Eyeopener) </x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t xml:space="preserve">Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ADDIS-Y (Alcohol Drug Diagnosis Instrument) to diagnose harmful use, abuse and dependence on alcohol and other drugs in adolescents </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/708</x:t>
   </x:si>
   <x:si>
     <x:t>ADDIS-Y (Alcohol Drug Diagnosis Instrument)</x:t>
   </x:si>
   <x:si>
     <x:t>PPGM (Problem and Pathological Gambling Measure) for measuring problem and pathological gambling in young adults during last year</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/716</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PPGM (Problem and Pathological Gambling Measure) </x:t>
   </x:si>
   <x:si>
     <x:t>DUDIT (Drug Use Disorders Identification Test) for identification of drug-related problems in adolescents</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/710</x:t>
   </x:si>
@@ -3581,68 +3581,68 @@
   <x:si>
     <x:t>Opioids as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/105</x:t>
   </x:si>
   <x:si>
     <x:t>Persons with vertebrae compression pain, 60 years or older</x:t>
   </x:si>
   <x:si>
     <x:t>Opioids</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/112</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin 300–600 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Amitryptiline 25–50 mg</x:t>
   </x:si>
   <x:si>
+    <x:t>Tapentadol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tapentadol (flexible dose)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Paracetamol as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/108</x:t>
   </x:si>
   <x:si>
     <x:t>Paracetamol</x:t>
   </x:si>
   <x:si>
-    <x:t>Tapentadol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Pregabalin compared to duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/114</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60–120 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin compared to pregabalin in combination with duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/110</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin 300 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin 300 mg in combination with duloxetine 60 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Topical ketoprofen as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/95</x:t>
@@ -3774,89 +3774,89 @@
     <x:t>SBU 2022/84</x:t>
   </x:si>
   <x:si>
     <x:t>Buprenorphine</x:t>
   </x:si>
   <x:si>
     <x:t>Endovascular versus surgical arterio-venous fistula creation for hemodialysis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/786</x:t>
   </x:si>
   <x:si>
     <x:t>Adult patients with end-stage kidney disease who are candidates for arteriovenous fistula (AVF) operation</x:t>
   </x:si>
   <x:si>
     <x:t>Percutaneous endovascular creation of arterio-venous fistula (AVF)</x:t>
   </x:si>
   <x:si>
     <x:t>Surgical creation of arterio-venous fistula</x:t>
   </x:si>
   <x:si>
     <x:t>Patient survival, reinterventions, primary patency at 1 year, time to cannulation, technical adequacy for dialysis, functional usability or cannulation success, technical success, vein length available for cannulation, complications, health-related quality of life</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Mihovilovic K, Axelsson TH, Bäckman L, Csernai A, Eliasdottir S, Sjögren P, Svanberg T, Søfteland JM, Jivegård. Efficacy and safety of endovascular versus surgical arterio-venous fistula creation for hemodialysis [Effektivitet och säkerhet för endovaskulärt jämfört med kirurgiskt anlagd arterio-venös fistel för hemodialys]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2021. Regional activity based HTA 2021:122.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rituximab for children with symptoms corresponding to the research condition of PANS/PANDAS with respect to health-related quality of life, level of functioning, and symptoms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Children (&lt;18 years) with symptoms corresponding to the research condition of PANS/PANDAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rituximab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health-related quality of life according to validated scales, level of functioning (for example attendance at school, activities of daily living), symptom change (reported by patients, caregivers and care staff), complications</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Johnson M, Ehlers S, Fernell E, Hajjari P, Svanberg T, Svensson, M, Vikberg Adania U, Wartenberg C, Wallerstedt SM. Anti-inflammatory, antibiotic and immunomodulatory treatment in children with symptoms corresponding to the research condition PANS (Pediatric Acute-onset Neuropsychiatric Syndrome) [Behandling mot en förmodad hjärninflammation utan påvisad neurologisk eller medicinsk sjukdom hos barn med plötsligt debuterande tvångssymtom/begränsningar i matintag i kombination med minst två neuropsykiatriska symtom (”PANS”)]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2020. Regional activity based HTA 2020:115.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Association between the proportion of registered nurses (skill-mix) in the hospital health care team, and patient mortality or risk for falls or pressure ulcers</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/788</x:t>
   </x:si>
   <x:si>
     <x:t>Patients in general or acute care hospitals open 24/7 (excluding hospital outpatient care, primary care, and municipal care)</x:t>
   </x:si>
   <x:si>
     <x:t>• Registered nurse, academic degree not specified
 • Registered nurse, bachelor or higher</x:t>
   </x:si>
   <x:si>
     <x:t>Mortality, falls, pressure ulcers</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Carlström E, Dahlborg E, Jonsdottir I, Sjöland H, Ulin K, Wolf A, Eriksson M, Svanberg T, Petzold M, Sandman L, Svensson M, Wallerstedt SM, Wartenberg C, Sjövall H. Is there an association between the proportion of registered nurses (skill-mix) in the hospital health care team, and patient mortality or risk for falls or pressure ulcers? [Finns det ett samband mellan andelen legitimerade sjuksköterskor (skill-mix) i sjukhusvårdteamet, och patientrisk för död, fall eller trycksår?]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTAcentrum: 2020. Regional activity based HTA 2020:118.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>Rituximab for children with symptoms corresponding to the research condition of PANS/PANDAS with respect to health-related quality of life, level of functioning, and symptoms</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to no instructions prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/755</x:t>
   </x:si>
   <x:si>
     <x:t>Patients undergoing so called “clean surgery” where the operation is performed through intact skin</x:t>
   </x:si>
   <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine</x:t>
   </x:si>
   <x:si>
     <x:t>No instructions</x:t>
   </x:si>
   <x:si>
     <x:t>Mortality, implant infection, septicaemia, surgical site infection, reintervention, number of days in hospital</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Jivegård L, Petzold M, Stadig I, Svanberg T, Sjögren P. Update: Chlorhexidine wash prior to clean surgical procedures [Uppdaterad: Preoperativ klorhexidintvätt]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2020. Regional activity-based HTA 2020:113.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to no wash prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/756</x:t>
@@ -3867,92 +3867,92 @@
   <x:si>
     <x:t xml:space="preserve"> Jivegård L, Petzold M, Stadig I, Svanberg T, Sjögren P. Update: Chlorhexidine wash prior to clean surgical procedures [Uppdaterad: Preoperativ klorhexidintvätt]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2020. Regional activity-based HTA 2020:113.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
     <x:t>Centralized automated drug dispensing systems compared to a manual system for patients admitted to hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/745</x:t>
   </x:si>
   <x:si>
     <x:t>Patients admitted to hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>Centralized automated drug dispensing systems</x:t>
   </x:si>
   <x:si>
     <x:t>Manual system</x:t>
   </x:si>
   <x:si>
     <x:t>Clinical effects (type, severity, rate of medication errors)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Centraliserad automatiserad dosdispensering av läkemedel för patienter inlagda på sjukhus [Centralized automated drug dispensing systems for patients admitted to hospitals]. Örebro: HTA-enheten CAMTÖ; 2020. HTA-rapport 2020:35.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Standardized cancer care pathways</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patients who seek the care at the general practitioner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Referral through a standardised cancer care pathway (SCCPs)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Referral without a standardised cancer care pathway (SCCPs)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waiting times from GP referrals to specialist clinics, time to start of treatment, survival, patient satisfaction, anxiety, depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Standardiserade vårdförlopp vid misstanke om cancer. Örebro: HTA-enheten CAMTÖ; 2020. Rapport 2020:33.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Use of bouffant or hood type headgear compared with surgical skull caps or no hair cover for operating room staff during surgery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/746</x:t>
   </x:si>
   <x:si>
     <x:t>Patients undergoing surgery, in an operating room at a hospital, with incision through intact skin</x:t>
   </x:si>
   <x:si>
     <x:t>Personnel in the operating room using headgear covering hair, ears and neck (“bouffant” or “hood” type headgear)</x:t>
   </x:si>
   <x:si>
     <x:t>Personnel in the operating room using non-covering headgear (i.e. “surgical skull cap”) or personnel in the operating room not using headgear</x:t>
   </x:si>
   <x:si>
     <x:t>Mortality, serious surgical site infection (sSSI, i.e. deep/subfascial/organ infection, implant infection), sepsis, surgical site infection (SSI), satisfaction with hair cover</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Ricksten M, Andreasson P, Blondeau H, Houltz E, Petzold M, Sjögren P, Stadig I, Svanberg T, Svensson M, Thornell A, Jivegård L. Does headgear type used by the operating room staff affect postoperative surgical site infection rate? [Påverkar typen av operationsmössor som bärs av operationspersonalen frekvensen av postoperativ sårinfektion?]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTAcentrum: 2020. HTA report 2020:120.  More about the review     </x:t>
   </x:si>
   <x:si>
-    <x:t>Standardized cancer care pathways</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to local wash prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/757</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Local preoperative chlorhexidine wash </x:t>
   </x:si>
   <x:si>
     <x:t>Automated Digital Triage in Primary Care compared to triage through a telephone reception managed by nurses</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/737</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Patients who seek contact with primary care </x:t>
   </x:si>
   <x:si>
     <x:t>Digital triage through interactive software programs based on artificial intelligence (AI) (involves both an assessment of reported symptoms and assignment to various healthcare supplies/levels of care)</x:t>
   </x:si>
   <x:si>
     <x:t>Triage through a telephone reception managed by nurses</x:t>
   </x:si>
   <x:si>
     <x:t>Conformity in referral to care, availability, compliance to the referred level of care, patient safety</x:t>
@@ -4125,168 +4125,168 @@
   <x:si>
     <x:t>Bariatric surgery for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/662</x:t>
   </x:si>
   <x:si>
     <x:t>Bariatric surgery</x:t>
   </x:si>
   <x:si>
     <x:t>Qualified contact person for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/358</x:t>
   </x:si>
   <x:si>
     <x:t>Qualified contact person</x:t>
   </x:si>
   <x:si>
     <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, externalizing behavior, school achievement.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Insatser i öppenvård för att förebygga ungdomars återfall i brott. En systematisk översikt och utvärdering av ekonomiska, sociala och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 308. ISBN 978-91-88437-50-1.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, externalizing behavior, school achievement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Low-arousal approach for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/378</x:t>
   </x:si>
   <x:si>
     <x:t>Low-arousal approach</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
-[...8 lines deleted...]
-    <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, externalizing behavior, school achievement</x:t>
+    <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact family or contact person</x:t>
   </x:si>
   <x:si>
     <x:t>Multidimensional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/382</x:t>
   </x:si>
   <x:si>
     <x:t>Multidimensional Family Therapy (MDFT)</x:t>
   </x:si>
   <x:si>
-    <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Cognitive behavioral therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/355</x:t>
   </x:si>
   <x:si>
     <x:t>Komet for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/356</x:t>
   </x:si>
   <x:si>
     <x:t>Komet is a structured intervention to help parents and caregivers reduce conduct problems in children</x:t>
   </x:si>
   <x:si>
     <x:t>Mentorship for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/380</x:t>
   </x:si>
   <x:si>
     <x:t>Mentorship</x:t>
   </x:si>
   <x:si>
     <x:t>Group cognitive–behavioural therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/354</x:t>
   </x:si>
   <x:si>
     <x:t>Group cognitive–behavioural therapy (CBT)</x:t>
   </x:si>
   <x:si>
     <x:t>Multisystemic Therapy for adolescents who had previously engaged in at least one crime regarding reoffence, internalizing behavior and school achievement</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/383</x:t>
   </x:si>
   <x:si>
     <x:t>Multisystemic Therapy (MST)</x:t>
   </x:si>
   <x:si>
     <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, school achievement</x:t>
   </x:si>
   <x:si>
+    <x:t>Motivational interview for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motivational interview</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediation for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/379</x:t>
   </x:si>
   <x:si>
     <x:t>Mediation</x:t>
   </x:si>
   <x:si>
-    <x:t>Motivational interview for adolescents who had previously engaged in at least one crime</x:t>
-[...5 lines deleted...]
-    <x:t>Motivational interview</x:t>
+    <x:t>The repulse method for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The repulse method</x:t>
   </x:si>
   <x:si>
     <x:t>Relapse therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/369</x:t>
   </x:si>
   <x:si>
     <x:t>Relapse therapy</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>The repulse method</x:t>
   </x:si>
   <x:si>
     <x:t>Counseling Interventions for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/366</x:t>
   </x:si>
   <x:si>
     <x:t>Counseling Interventions</x:t>
   </x:si>
   <x:si>
     <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/367</x:t>
   </x:si>
   <x:si>
     <x:t>International Child Development Programme, ICDP</x:t>
   </x:si>
   <x:si>
     <x:t>Community intervention team for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/364</x:t>
   </x:si>
@@ -4903,183 +4903,183 @@
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:19">
       <x:c r="A4" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C4" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K4" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O4" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="R4" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:19">
       <x:c r="A5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C5" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:19">
       <x:c r="A6" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C6" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O6" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R6" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:19">
       <x:c r="A7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -5384,95 +5384,95 @@
       </x:c>
       <x:c r="O14" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="R14" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S14" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:19">
       <x:c r="A15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C15" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:19">
       <x:c r="A16" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="R16" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -5651,101 +5651,101 @@
       </x:c>
       <x:c r="R20" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S20" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:19">
       <x:c r="A21" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:19">
       <x:c r="A22" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="R22" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S22" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:19">
       <x:c r="A23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
@@ -8260,92 +8260,92 @@
         <x:v>30</x:v>
       </x:c>
       <x:c r="S80" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:19">
       <x:c r="A81" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C81" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
+      <x:c r="J81" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:19">
       <x:c r="A82" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C82" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
-        <x:v>423</x:v>
-[...1 lines deleted...]
-      <x:c r="J82" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M82" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O82" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R82" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S82" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:19">
@@ -9065,51 +9065,51 @@
       <x:c r="E99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:19">
       <x:c r="A100" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C100" s="1">
         <x:v>45060</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
@@ -9590,95 +9590,95 @@
       <x:c r="E111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:19">
       <x:c r="A112" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C112" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O112" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R112" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S112" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:19">
       <x:c r="A113" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C113" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
@@ -10889,60 +10889,60 @@
       </x:c>
       <x:c r="O140" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R140" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S140" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:19">
       <x:c r="A141" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C141" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:19">
       <x:c r="A142" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
@@ -10977,60 +10977,60 @@
       </x:c>
       <x:c r="O142" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R142" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S142" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:19">
       <x:c r="A143" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C143" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:19">
       <x:c r="A144" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
@@ -11898,104 +11898,104 @@
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:19">
       <x:c r="A164" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C164" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R164" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S164" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:19">
       <x:c r="A165" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C165" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:19">
       <x:c r="A166" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
@@ -12212,104 +12212,104 @@
       </x:c>
       <x:c r="S170" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:19">
       <x:c r="A171" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C171" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="N171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:19">
       <x:c r="A172" s="0" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
         <x:v>801</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>802</x:v>
       </x:c>
       <x:c r="C172" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="J172" s="0" t="s">
         <x:v>803</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>780</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
         <x:v>27</x:v>
+      </x:c>
+      <x:c r="N172" s="0" t="s">
+        <x:v>28</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R172" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S172" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:19">
       <x:c r="A173" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C173" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
@@ -12423,60 +12423,60 @@
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S175" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:19">
       <x:c r="A176" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C176" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O176" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R176" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S176" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:19">
       <x:c r="A177" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
@@ -12511,60 +12511,60 @@
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S177" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:19">
       <x:c r="A178" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C178" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R178" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S178" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:19">
       <x:c r="A179" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
@@ -12866,51 +12866,51 @@
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:19">
       <x:c r="A186" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C186" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R186" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S186" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:19">
       <x:c r="A187" s="0" t="s">
@@ -13042,95 +13042,95 @@
       </x:c>
       <x:c r="S189" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:19">
       <x:c r="A190" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="C190" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R190" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S190" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:19">
       <x:c r="A191" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="C191" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="J191" s="0" t="s">
         <x:v>803</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>780</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S191" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:19">
       <x:c r="A192" s="0" t="s">
@@ -13145,95 +13145,95 @@
       <x:c r="E192" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O192" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="R192" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S192" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:19">
       <x:c r="A193" s="0" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
         <x:v>864</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>865</x:v>
       </x:c>
       <x:c r="C193" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="J193" s="0" t="s">
         <x:v>866</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>867</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:19">
       <x:c r="A194" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C194" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
@@ -13303,54 +13303,54 @@
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S195" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:19">
       <x:c r="A196" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C196" s="1">
         <x:v>44880</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R196" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S196" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:19">
       <x:c r="A197" s="0" t="s">
@@ -13611,54 +13611,54 @@
       </x:c>
       <x:c r="R202" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S202" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:19">
       <x:c r="A203" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C203" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:19">
       <x:c r="A204" s="0" t="s">
@@ -15031,51 +15031,51 @@
       </x:c>
       <x:c r="R234" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S234" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:19">
       <x:c r="A235" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="C235" s="1">
         <x:v>44832</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S235" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -15096,51 +15096,51 @@
       <x:c r="F236" s="0" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R236" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S236" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:19">
       <x:c r="A237" s="0" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="C237" s="1">
         <x:v>44824</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
@@ -15207,95 +15207,95 @@
       </x:c>
       <x:c r="R238" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S238" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:19">
       <x:c r="A239" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="C239" s="1">
         <x:v>44819</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S239" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:19">
       <x:c r="A240" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="C240" s="1">
         <x:v>44819</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R240" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S240" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -16166,92 +16166,92 @@
       </x:c>
       <x:c r="O260" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R260" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S260" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:19">
       <x:c r="A261" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="C261" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S261" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:19">
       <x:c r="A262" s="0" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="C262" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L262" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R262" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S262" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -16904,111 +16904,111 @@
         <x:v>1189</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S277" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:19">
       <x:c r="A278" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>1191</x:v>
       </x:c>
       <x:c r="C278" s="1">
         <x:v>44549</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="G278" s="0" t="s">
+      <x:c r="I278" s="0" t="s">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="L278" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N278" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="O278" s="0" t="s">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="R278" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S278" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:19">
       <x:c r="A279" s="0" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="C279" s="1">
         <x:v>44549</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>1198</x:v>
       </x:c>
-      <x:c r="I279" s="0" t="s">
+      <x:c r="G279" s="0" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N279" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S279" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:19">
       <x:c r="A280" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="C280" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
@@ -17773,215 +17773,215 @@
       </x:c>
       <x:c r="S297" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:19">
       <x:c r="A298" s="0" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="C298" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L298" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O298" s="0" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="R298" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S298" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:19">
       <x:c r="A299" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="C299" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S299" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:19">
       <x:c r="A300" s="0" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="C300" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="L300" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O300" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="R300" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S300" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:19">
       <x:c r="A301" s="0" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="C301" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S301" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:19">
       <x:c r="A302" s="0" t="s">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="C302" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L302" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O302" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R302" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S302" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:19">
       <x:c r="A303" s="0" t="s">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
@@ -18019,92 +18019,92 @@
       </x:c>
       <x:c r="S303" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:19">
       <x:c r="A304" s="0" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="C304" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L304" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O304" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R304" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S304" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:19">
       <x:c r="A305" s="0" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="C305" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S305" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:19">
       <x:c r="A306" s="0" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
@@ -18142,297 +18142,297 @@
       </x:c>
       <x:c r="S306" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:19">
       <x:c r="A307" s="0" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="C307" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S307" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:19">
       <x:c r="A308" s="0" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="C308" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="L308" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O308" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R308" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S308" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:19">
       <x:c r="A309" s="0" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="C309" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S309" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:19">
       <x:c r="A310" s="0" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="C310" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L310" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O310" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R310" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S310" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:19">
       <x:c r="A311" s="0" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="C311" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S311" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:19">
       <x:c r="A312" s="0" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>1350</x:v>
       </x:c>
       <x:c r="C312" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L312" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O312" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R312" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S312" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:19">
       <x:c r="A313" s="0" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="C313" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S313" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:19">
       <x:c r="A314" s="0" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
@@ -18511,51 +18511,51 @@
       </x:c>
       <x:c r="S315" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:19">
       <x:c r="A316" s="0" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="C316" s="1">
         <x:v>44361</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L316" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O316" s="0" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="R316" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S316" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:19">
       <x:c r="A317" s="0" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
@@ -18593,51 +18593,51 @@
       </x:c>
       <x:c r="S317" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:19">
       <x:c r="A318" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="C318" s="1">
         <x:v>44358</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O318" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R318" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S318" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:19">
       <x:c r="A319" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">