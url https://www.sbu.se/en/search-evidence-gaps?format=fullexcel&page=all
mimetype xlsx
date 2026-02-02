--- v1 (2025-12-06)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R869f56f7e3e04112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40ed6cc3c03446198f4a6d4614b02b2b.psmdcp" Id="R5a5e4d715af14742" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c5a06b2af0f47e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cb7d9d14b704e11ba90ea8064544f01.psmdcp" Id="R5e621af157614e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1384" uniqueCount="1384">
   <x:si>
     <x:t>Title</x:t>
   </x:si>
   <x:si>
     <x:t>Reg. no.</x:t>
   </x:si>
   <x:si>
@@ -67,139 +67,139 @@
   <x:si>
     <x:t>Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Source</x:t>
   </x:si>
   <x:si>
     <x:t>Overall section</x:t>
   </x:si>
   <x:si>
     <x:t>Reliable systematic reviews</x:t>
   </x:si>
   <x:si>
     <x:t>Reliable, but not updated, systematic reviews</x:t>
   </x:si>
   <x:si>
     <x:t>Other sources</x:t>
   </x:si>
   <x:si>
     <x:t>Age</x:t>
   </x:si>
   <x:si>
     <x:t>Web archive</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordination or workplace interventions for return to work for individuals with post covid</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/1114</x:t>
+    <x:t>Interventions targeting health care professionals promoting return to work for individuals with a breast cancer diagnosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1117</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">More primary research is needed. </x:t>
   </x:si>
   <x:si>
-    <x:t>Persons on sick leave because of post covid</x:t>
-[...2 lines deleted...]
-    <x:t>Coordination or workplace interventions, that is, interventions within the health care system, involving direct contact with the workplace or employer, or where the patient interacts with a coordinator or case manager fulfilling a coordinating function</x:t>
+    <x:t>Persons on sick leave because of a breast cancer diagnosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interventions targeting health care professionals or health care organizations, with outcomes measured at the patient level. Interventions are provided within the health care system</x:t>
   </x:si>
   <x:si>
     <x:t>No treatment, treatment as usual, wait list or other active treatment</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes:
 •	Return to work in the short time perspective (up to 12 months)
 •	Return to work in the long time perspective (more than 12 months)
 Secondary outcome: Measures on health and functioning
 </x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU</x:t>
   </x:si>
   <x:si>
     <x:t>Health care</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 359 . More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adults</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multimodal interventions for return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Persons on sick leave because of post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multimodal interventions (that is, multiple treatments often delivered by a team of practitioners from different professions, aimed at promoting health and facilitating return to work) Interventions are provided within the health care system</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 35 9. More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interventions targeting health care professionals promoting return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1113</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 359.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>Adults</x:t>
-[...2 lines deleted...]
-    <x:t>No</x:t>
+    <x:t>Coordination or workplace interventions for return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coordination or workplace interventions, that is, interventions within the health care system, involving direct contact with the workplace or employer, or where the patient interacts with a coordinator or case manager fulfilling a coordinating function</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unimodal interventions for return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unimodal interventions (that is, single treatments or therapies aimed at promoting health and facilitating return to work)  initiated within the health care system</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1118</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>SBU 2025/1113</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1101</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on sick leave because of bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>Focused ultrasound treatment for tremor in Lewy body dementia</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1054</x:t>
   </x:si>
   <x:si>
     <x:t>Tremor in Lewy body dementia</x:t>
   </x:si>
   <x:si>
     <x:t>Focused ultrasound treatment (MRgFUS)</x:t>
   </x:si>
   <x:si>
     <x:t>Mortality, reduction of tremor, quality of life, fall injuries, activities of daily living (ADL), change in medication use, side effects</x:t>
   </x:si>
@@ -228,119 +228,119 @@
     <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 359. M ore about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1016</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for mental disorders regarding return to work in the long time perspective, health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/987</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on sick leave because of the following mental disorders (from ICD-10): reaction to severe stress, and adjustment disorders; depression and recurrent depressive disorder; anxiety disorders</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Unimodal interventions (that is, single treatments or therapies aimed at promoting health and facilitating return to work) initiated within the health care system </x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcome: Return to work in the long time perspective (more than 12 months)
 Secondary outcome: Measures on health and functioning</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordination or workplace interventions for return to work for individuals with mental disorders</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2025/993</x:t>
+    <x:t>Interventions targeting health care professionals promoting return to work for individuals with musculoskeletal disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Persons on sick leave because of the following musculoskeletal disorders (from ICD-10): dorsalgia, cervical disc disorders, fibromyalgia, disorder in shoulder, pain, arthrosis of hip and knee</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes:
 •	Return to work in the short time perspective (up to 12 months)
 •	Return to work in the long time perspective (more than 12 months)
 Secondary outcome: Measures on health and functioning</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/998</x:t>
   </x:si>
   <x:si>
+    <x:t>Coordination or workplace interventions for return to work for individuals with mental disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interventions targeting health care professionals promoting return to work for individuals with mental disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Persons on sick leave because of the following mental disorders (from ICD-10): reaction to severe stress, and adjustment disorders; depression and recurrent depressive disorder; anxiety disorders.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multimodal interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/999</x:t>
   </x:si>
   <x:si>
-    <x:t>Interventions targeting health care professionals promoting return to work for individuals with musculoskeletal disorders</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/992</x:t>
   </x:si>
   <x:si>
+    <x:t>Multimodal interventions for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/991</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multimodal interventions for return to work for individuals with mental disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/990</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for return to work for individuals with musculoskeletal disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/989</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions (that is, single treatments or therapies aimed at promoting health and facilitating return to work) initiated within the health care system</x:t>
   </x:si>
   <x:si>
-    <x:t>Multimodal interventions for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Associations between the use of e-cigarettes and changes in smoking behaviour</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/499</x:t>
   </x:si>
   <x:si>
     <x:t>Smokers, any age, men and women</x:t>
   </x:si>
   <x:si>
     <x:t>Self-reported current or ever use of e-cigarettes, with or without nicotine</x:t>
   </x:si>
   <x:si>
     <x:t>No self-reported use of e-cigarettes, with or without nicotine, all through the study period</x:t>
   </x:si>
   <x:si>
     <x:t>Self-reported non-use, non-use for at least 30 days, increased use or decreased use of combustible tobacco products at follow up</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Samband mellan snus, e-cigaretter och tobaksrökning: en systematisk översikt [Associations between the use of snus (moist tobacco) or electronic cigarettes and tobacco smoking: a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU Bereder 312.  More about the review   </x:t>
   </x:si>
   <x:si>
     <x:t>Children/adolescents, Adults, Elderly</x:t>
   </x:si>
   <x:si>
     <x:t>Associations between the use of Swedish snus (moist tobacco) and changes in smoking behaviour</x:t>
@@ -372,255 +372,255 @@
   <x:si>
     <x:t xml:space="preserve"> SBU. Samband mellan snus, e-cigaretter och tobaksrökning: en systematisk översikt. [Associations between the use of snus (moist tobacco) or electronic cigarettes and tobacco smoking: a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU Bereder 312.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Mobile health applications for monitoring and feedback in cronic heart failure</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1005</x:t>
   </x:si>
   <x:si>
     <x:t>Patients (≥12 years) with chronic heart failure</x:t>
   </x:si>
   <x:si>
     <x:t>Mobile health applications for monitoring and feedback</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment as usual</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes included mortality, hospitalizations and quality of life</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Snellman A, Pellas U, Lagrange D, Olsson L, Ahlzén R. En systematisk översikt kring hälsoappar för monitorering och distansbehandling vid kronisk hjärtsvikt [A systematic review of mobile health applications for monitoring and feedback in cronic heart failure]. Örebro: HTA-enheten Camtö; 2022. HTA-rapport 2022:53.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Physiotherapy via digital contact in comparison with in-house mediated physiotherapy for patients diagnosed with osteoarthritis (OA) of the knee or hip</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/1003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patients (≥18 years) diagnosed with osteoarthritis (OA) of the knee or hip</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physiotherapy via digital contact (app, website, phone coaching)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In-house mediated physiotherapy (group or individually)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Function, pain, quality of life</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Lohse G, Li M. En jämförelse mellan digital och klinikbaserad fysioterapi vid artros i knä eller höft [A comparison between digital vs. in-clinic physiotherapy for osteoarthritis of the knee or hip]. Örebro: HTA-enheten Camtö; 2022. HTA-rapport 2022:52.  More about the review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Mobile applications for monitoring and feedback in asthma and chronic obstructive pulmonary disease (COPD)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/1004</x:t>
   </x:si>
   <x:si>
     <x:t>Patients (≥12 years) with asthma or chronic obstructive pulmonary disease (COPD)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mortality, exacerbations, asthma control, adherence to treatment, side effects, resource use, costs, health-related quality of life (HRQoL) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Nousios P, Snellman A, Ahlzén R. En systematisk översikt kring hälsoappar för monitorering och feedback vid astma och kroniskt obstruktiv lungsjukdom (KOL) [A systematic review of mobile applications for monitoring and feedback in asthma and chronic obstructive pulmonary disease (COPD)]. Örebro: HTA-enheten Camtö; 2022. HTA-rapport 2022:54.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>Physiotherapy via digital contact in comparison with in-house mediated physiotherapy for patients diagnosed with osteoarthritis (OA) of the knee or hip</x:t>
-[...23 lines deleted...]
-    <x:t>SBU 2024/594</x:t>
+    <x:t>Comparison of different types of postoperative dressings without negative pressure in surgical wound healing by primary intention in adults</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/595</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Update of existing systematic review is needed. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgical wound healing by primary intention in adults</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Postoperative dressing (without negative pressure)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard dressing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgical site infection</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Dumville JC, Gray TA, Walter CJ, Sharp CA, Page T, Macefield R, Blencowe N, Milne TKG, Reeves BC, Blazeby J. Dressings for the prevention of surgical site infection. Cochrane Database of Systematic Reviews 2016, Issue 12. Art. No.: CD003091. DOI: 10.1002/14651858.CD003091.pub4.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Val av postoperativa förband [The choice of postoperative dressing and the risk of surgical site infections]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU:s upplysningstjänst ut202333.  More about the report  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psyllium compared to other treatments in chronic constipation in adults and the elderly</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/596</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">A systematic review is needed. </x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>SBU 2024/596</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Adults and elderly
 </x:t>
   </x:si>
   <x:si>
     <x:t>Psyllium (as a fiber supplement or bulking agent)</x:t>
   </x:si>
   <x:si>
     <x:t>Other treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Symptoms of chronic constipation</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Effekt av psyllium på kronisk förstoppning hos vuxna med särskilt fokus på äldre [The effect of psyllium on chronic constipation in adults, with a special focus on the elderly]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU:s upplysningstjänst (ut202317).  More about the report  </x:t>
   </x:si>
   <x:si>
-    <x:t>Comparison of different types of postoperative dressings without negative pressure in surgical wound healing by primary intention in adults</x:t>
-[...23 lines deleted...]
-    <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Val av postoperativa förband [The choice of postoperative dressing and the risk of surgical site infections]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU:s upplysningstjänst ut202333.  More about the report  </x:t>
+    <x:t>Hypnotherapy compared to other or no treatment in individuals with pain, anxiety disorders, or depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adults with pain, anxiety disorders, or depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hypnotherapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other or no treatment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symptoms of pain, anxiety, or depression, adverse effects</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Hypnosbehandling vid smärta, ångestsyndrom eller depression [Hypnotherapy for treating pain, anxiety disorders or depression]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2024. SBU:s upplysningstjänst ut202401.  More about the report   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tomographic ultrasound imaging at maximum pelvic floor muscle contraction compared to at rest for diagnosing levator injuries after vaginal delivery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Women giving birth vaginally in care facilities and who are examined immediately after delivery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tomographic ultrasound imaging at maximum pelvic floor muscle contraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Tomographic ultrasound imaging at rest </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consistency in results between methods</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Women only</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Förlossningsbristningar – diagnostik samt erfarenheter av bemötande och information: en systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter [Practices to improve detection of perineal tears and women’s views and experiences of healthcare providers following sustained perineal tear]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU Utvärderar, rpport nr 323.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Ultrasound examination compared to clinical examination for diagnosing levator injuries after vaginal delivery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/559</x:t>
   </x:si>
   <x:si>
-    <x:t>Women giving birth vaginally in care facilities and who are examined immediately after delivery</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Ultrasound examination </x:t>
   </x:si>
   <x:si>
     <x:t>Clinical examination</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Consistency in result between methods </x:t>
   </x:si>
   <x:si>
-    <x:t>Women only</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve"> SBU. Förlossningsbristningar – diagnostik samt erfarenheter av bemötande och information: en systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter [Practices to improve detection of perineal tears and women’s views and experiences of healthcare providers following sustained perineal tear]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU Utvärderar 323.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Transperineal ultrasound in addition to clinical assessment in the diagnosis of birth injuries after vaginal delivery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transperineal ultrasound in addition to clinical assessment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clinical assessment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fecal incontinence four months after delivery</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Förlossningsbristningar – diagnostik samt erfarenheter av bemötande och information: en systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter [Practices to improve detection of perineal tears and women’s views and experiences of healthcare providers following sustained perineal tear]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU Utvärderar, rapport nr 323.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Measuring anovaginal distance using ultrasound, directly after delivery, to detect damage to the external sphincter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/555</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Measuring anovaginal distance using ultrasound for detecting damage to the external sphincter </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Effect of measuring anovaginal distance using ultrasound</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transperineal ultrasound compared to endovaginal ultrasound for diagnosing levator injuries after vaginal delivery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/558</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Transperineal ultrasound examination </x:t>
   </x:si>
   <x:si>
     <x:t>Endovaginal ultrasound</x:t>
   </x:si>
   <x:si>
-    <x:t>Consistency in results between methods</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve"> SBU. Förlossningsbristningar – diagnostik samt erfarenheter av bemötande och information: en systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter [Practices to improve detection of perineal tears and women’s views and experiences of healthcare providers following sustained perineal tear]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU Utvärderar, rapport nr 323.  More bout the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>Tomographic ultrasound imaging at maximum pelvic floor muscle contraction compared to at rest for diagnosing levator injuries after vaginal delivery</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>MRI compared to clinical examination for diagnosing levator injuries after vaginal delivery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/556</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">MRI </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> SBU. Förlossningsbristningar – diagnostik samt erfarenheter av bemötande och information: en systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter [Practices to improve detection of perineal tears and women’s views and experiences of healthcare providers following sustained perineal tear]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU Utvärderar, rapport nr 323.  More about the review  </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>A new direction</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/504</x:t>
   </x:si>
   <x:si>
     <x:t>Members of criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>Gun violence, adverse effects, long term consequences</x:t>
   </x:si>
   <x:si>
     <x:t>Social services</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rapport nr 369.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Children/adolescents, Adults</x:t>
   </x:si>
   <x:si>
     <x:t>The effect of written exposure therapy (WET) on post-traumatic stress disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/513</x:t>
@@ -652,114 +652,114 @@
   <x:si>
     <x:t>Pharmacological treatment for epilepsy prevention</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">No treatment or another active treatment than the intervention </x:t>
   </x:si>
   <x:si>
     <x:t>Clinically diagnosed epilepsy, epileptic seizures</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Chang RS, Leung WC, Vassallo M, Sykes L, Battersby Wood E, Kwan J. Antiepileptic drugs for the primary and secondary prevention of seizures after stroke. Cochrane Database Syst Rev. 2022;2(2):CD005398.  More about the review   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Läkemedelsbehandling för att förebygga epilepsi efter stroke eller traumatisk hjärnskada [Medication use for epilepsy prevention after stroke or traumatic brain injury]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2024. SBU:s upplysningstjänst.  More about the report  </x:t>
   </x:si>
   <x:si>
     <x:t>Medication use for epilepsy prevention after traumatic brain injury</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/448</x:t>
   </x:si>
   <x:si>
     <x:t>Adults with a recent traumatic brain injury</x:t>
   </x:si>
   <x:si>
+    <x:t>Counselling compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated instrument</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supporting councelling including person-centered health visiting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognitive behavioral therapy (CBT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Degree of depression symptoms measured with validated depression instruments.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Psykologisk behandling av postpartumdepression. En systematisk översikt inklusive hälsoekonomiska och etiska aspekter [Psychological Treatment for Postpartum Depression A systematic review including health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar, rapport nr 358.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Psychodynamic therapy (PDT) compared to cognitive behavioral therapy (CBT) during postpartum depression </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy (PDT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long-term effects of interpersonal therapy (IPT) during postpartum depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated instrument.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interpersonal therapy (IPT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long-term effects of interpersonal therapy (IPT) on depression symptoms, health related quality of life and maternal responsiveness.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interpersonal therapy (IPT) compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/377</x:t>
   </x:si>
   <x:si>
-    <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated instrument.</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Degree of depression symptoms measured with validated depression instruments</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> SBU. Psykologisk behandling av postpartumdepression. En systematisk översikt inklusive hälsoekonomiska och etiska aspekter [Psychological Treatment for Postpartum Depression A systematic review including health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar, rapport nr 358.  More about the review  </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Short-term psychodynamic therapy (short-term PDT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/378</x:t>
   </x:si>
   <x:si>
     <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated depression instrument.</x:t>
   </x:si>
   <x:si>
     <x:t>Short-term psychodynamic therapy (short-term PDT)</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>Long-term effects of interpersonal therapy (IPT) on depression symptoms, health related quality of life and maternal responsiveness.</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions to promote parental responsiveness and child development during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/376</x:t>
   </x:si>
   <x:si>
     <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated depression instrument</x:t>
   </x:si>
   <x:si>
     <x:t>Supportive councelling and other psychological interventions to treat depression and to strengthen the mother-child relationship.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Degree of depression symptoms, health related quality of life, as well as maternal responsiveness and child development. </x:t>
   </x:si>
   <x:si>
     <x:t>Long term effects of robot-assisted vs freehand surgery of the spine</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/365</x:t>
   </x:si>
   <x:si>
     <x:t>Patients from the age of 12 with an indication for surgery on the vertebral column</x:t>
   </x:si>
@@ -920,1390 +920,1390 @@
   <x:si>
     <x:t>Support programs, focusing on post-loss care, for parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/309</x:t>
   </x:si>
   <x:si>
     <x:t>Parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>Support programs, focusing on post-loss care</x:t>
   </x:si>
   <x:si>
     <x:t>Support programs, which focuses on facilitating the grieving process, for parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/310</x:t>
   </x:si>
   <x:si>
     <x:t>Support programs, which focuses on facilitating the grieving process</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Bemötande och stöd när barn föds döda: en systematisk översikt. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Bereder rapport nr 354.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Outreach programs to enhance mediation among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outreach programs to enhance mediation</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rapport nr 369.  More about the review . </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drug market intervention (DMI) to prevent gun violence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drug market intervention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Family-based therapy for delinquent youth with a known gang affiliation or high gang risk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/271</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Adolescents with known gang affiliation or with high gang risk </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Family-based therapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No family-based therapy, other intervention</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Gang involvement, carrying a gun, gun violence, adverse effects, long term consequences </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychosocial interventions during incarceration for individuals affiliated to gangs, in order to prevent relapse in gang-related crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incarcarated individuals affiliated to gangs, or incarcerated individuals with high risk of committing violent crimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychosocial interventions during incarceration, e.g., information on the consequences of continued criminal activity, treatment for gang membership, interventions to help them stay away from drugs and gangs, risk and needs assessments, substance use treatment, CBT, education, assistance in seeking employment or education programs, health counseling, housing support, mentorship-programs, mediation with crime victims, contact with social workers, other tailored support (such as for a driver's license, social training), case management.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">No intervention, other intervention. </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Relapse in crime and criminal behavior (regardless of criminality-type), adverse events, long-term outcomes. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kurve Kriegen to reduce gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kurve Kriegen</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rapport nr 369.  More about the review.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Operation Peacemaker Fellowship among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Operation Peacemaker Fellowship</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Police-Led Community Initiative to Reduce Gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Police-Led Community Initiative to Reduce Gun violence</x:t>
+  </x:si>
+  <x:si>
     <x:t>The intervention Repulse to reduce gun violence among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/277</x:t>
   </x:si>
   <x:si>
     <x:t>The intervention Repulse</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar rapport nr 369.  More about the review . </x:t>
   </x:si>
   <x:si>
     <x:t>Social action groups to reduce gun violence among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/278</x:t>
   </x:si>
   <x:si>
     <x:t>Social action groups</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychosocial interventions during incarceration for individuals affiliated to gangs, in order to prevent relapse in gang-related crime</x:t>
-[...83 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rapport nr 369.  More about the review.  </x:t>
+    <x:t>Community Initiative to Reduce Violence (CIRV) among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/269</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Community Initiative to Reduce Violence (CIRV) </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rappport nr 369.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Concern calls to reduce gun violence among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/268</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Concern calls </x:t>
   </x:si>
   <x:si>
     <x:t>No intervention (concern calls)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rapport nr 369.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>Community Initiative to Reduce Violence (CIRV) among criminal street gangs</x:t>
-[...8 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rappport nr 369.  More about the review  </x:t>
+    <x:t>Individual Placement and Support (IPS) intervention for persons on long-term sick leave for depression, anxiety or reaction to severe stress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/1068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adult persons, 18 to 64 years old, on long term sick leave (≥ 90 days) who had been given a psychiatric diagnose, or who were receiving sickness or activity benefits for one or more of the following diagnoses: depression, anxiety disorder, adjustment disorder, and reactions to severe stress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Individual Placement and Support (IPS) intervention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No intervention, treatment as usual or other measures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Return to work, income</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Effekter av arbetsmarknadsinsatser för personer långvarigt sjukskrivna på grund av depression, ångest eller stressreaktion [Effects of return-to-work interventions for persons on long-term sick-leave due to depression, anxiety or adjustment disorders – A systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 352.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Preparatory program in the form of individual support and work-training for long-term social assistance recipients</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1070</x:t>
   </x:si>
   <x:si>
     <x:t>Adult persons, aged 18-64 years being outside of the labour market, receiving social assistance during at least six months, alone or combined with other financial replacements. They should be assessed as having the ability to work.</x:t>
   </x:si>
   <x:si>
     <x:t>Preparatory program in the form of individual support and work-training</x:t>
   </x:si>
   <x:si>
     <x:t>No intervention, intervention as usual, or other measures</x:t>
   </x:si>
   <x:si>
     <x:t>Employment, income</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Effekter av arbetsmarknadsinsatser för personer med varaktigt försörjningsstöd [Effects of active labour market programs for long-term social assistance recipients: a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 351.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Preparatory programs in the form of support and capital to start your own business for long-term social assistance recipients</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/1069</x:t>
   </x:si>
   <x:si>
     <x:t>Adult persons, aged 18–64 years being outside of the labour market, receiving social assistance during at least six months, alone or combined with other financial replacements. They should be assessed as having the ability to work.</x:t>
   </x:si>
   <x:si>
     <x:t>Preparatory program in the form of support and and capital to start your own business</x:t>
   </x:si>
   <x:si>
-    <x:t>Individual Placement and Support (IPS) intervention for persons on long-term sick leave for depression, anxiety or reaction to severe stress</x:t>
-[...17 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Effekter av arbetsmarknadsinsatser för personer långvarigt sjukskrivna på grund av depression, ångest eller stressreaktion [Effects of return-to-work interventions for persons on long-term sick-leave due to depression, anxiety or adjustment disorders – A systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 352.  More about the review  </x:t>
+    <x:t>Rezum compared to minimal invasive surgical treatment (MIST) as a treatment for symptomatic prostate enlargement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symptomatic prostate enlargement, no verified cancer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rezum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minimal invasive surgical treatment (MIST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symptoms, sexual function, quality of life, complications, blood transfusion, cost-effectiveness</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Vetenskaplig evidens för användning av Rezum (varm vattenånga) för behandling av godartad prostataförstoring. Metodrådet Sydöstra sjukvårdsregionen; 2021.  More about the review in Swedish  </x:t>
   </x:si>
   <x:si>
     <x:t>Osseointegrated upper limb prostheses with and without neuromuscular control</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/926</x:t>
   </x:si>
   <x:si>
     <x:t>Adult individuals with congenital upper limb deficiency or upper limb amputation, unilateral or bilateral</x:t>
   </x:si>
   <x:si>
     <x:t>Neuromuscular osseointegrated protheses (implanted muscle electrodes)</x:t>
   </x:si>
   <x:si>
     <x:t>Non-neuromuscular osseointegrated protheses (skin surface electrodes), Myoelectric socket protheses (skin surface electrodes)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Function (hand-, grip- and arm function), including gripping ability, force (incl. grip force and grip load force), sensibility, motor control, range of motion
 •	Activities of daily living (ADL)
 •	Health-related quality of life (HRQoL)
 •	Reoperation
 •	Complications, including infections, complications in conjunction with first stage operation, complications during use (including skin problems under the socket and at the screw, electromagnetic disturbance)
 •	Extent of use
 •	Patient experience
 </x:t>
   </x:si>
   <x:si>
     <x:t>Health care, Functional disability</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Sassu P, Granberg H, Bernhardsson S, Lindström AC, Magnusson K, Nachemson A, Stadig I, Wartenberg. Osseointegrated upper limb prostheses with and without neuromuscular control: benefits and risks [Osseointegrerade armproteser med och utan neuromuskulär kontroll: nytta och risker]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2022. Regional activity-based HTA 2022:132.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Rezum compared to transurethral resection of the prostate (TURP) as a treatment for symptomatic prostate enlargement</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/928</x:t>
   </x:si>
   <x:si>
-    <x:t>Symptomatic prostate enlargement, no verified cancer</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Transurethral resection of the prostate (TURP)</x:t>
   </x:si>
   <x:si>
-    <x:t>Symptoms, sexual function, quality of life, complications, blood transfusion, cost-effectiveness</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Blood group matching with genotyping</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/702</x:t>
   </x:si>
   <x:si>
     <x:t>Routine use of red cell genotyping in blood group matching between donors and patients</x:t>
   </x:si>
   <x:si>
     <x:t>Serological methods</x:t>
   </x:si>
   <x:si>
     <x:t>Blood transfusion side effects and reactions, transfusion- and alloimmunization frequency, waiting time for transfusion, quality of life, cost effectiveness and matching</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> HTA Syd. Blodgruppering och matchning med genomiska metoder [Blood group matching with genotyping]. Lund: Region Skåne; 2022. Rapport 2022:2.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Infants, Children/adolescents, Adults, Elderly</x:t>
   </x:si>
   <x:si>
     <x:t>Innowalk for children and young people with mobility impairments</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/705</x:t>
   </x:si>
   <x:si>
     <x:t>Children and young people with mobility impairments</x:t>
   </x:si>
   <x:si>
     <x:t>Innowalk</x:t>
   </x:si>
   <x:si>
     <x:t>Physical activity, quality of life, ability to move, side effects and complications, long-term effect</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information in Swedish: HTA syd. Innowalk för barn och ungdomar med rörelsenedsättningar. Litteratursammanställning. Lund: Region Skåne; 2022.  Read more  (in Swedish) </x:t>
   </x:si>
   <x:si>
     <x:t>Children/adolescents</x:t>
   </x:si>
   <x:si>
+    <x:t>Specific devices for expiratory muscle strength training (EMST) in patients with Parkinson’s disease (PD)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parkinson’s disease (PD)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Specific devices for expiratory muscle strength training (EMST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No treatment, placebo, other training</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cough, dysphagia or strengthening of voice</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Georg Lohse, Alexandra Snellman, Petros Nousios. Effekt av exspiratorisk muskelstyrketräning med hjälpmedel vid Parkinsons sjukdom och multipel skleros. Örebro: HTA-enheten Camtö; 2022. HTA-rapport 2022:50.  More about the review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Specific devices for expiratory muscle strength training (EMST) in patients with multiple sclerosis (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/656</x:t>
   </x:si>
   <x:si>
     <x:t>Patients with multiple sclerosis (MS)</x:t>
   </x:si>
   <x:si>
-    <x:t>Specific devices for expiratory muscle strength training (EMST)</x:t>
-[...23 lines deleted...]
-    <x:t>SBU 2023/610</x:t>
+    <x:t>Promethazine in combination with ephedrine and caffeine compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/608</x:t>
   </x:si>
   <x:si>
     <x:t>Women with extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychological treatment</x:t>
+    <x:t>Promethazine in combination with ephedrine and caffeine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placebo</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes:
 •	Degree of nausea
 •	Vomiting
 •	Inability to tolerate oral fluids or food
 Secondary outcomes:
 •	Hospital treatment
 •	Health-related quality of life
 •	Small-for-gestational-age infant
 •	Preterm birth</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more    </x:t>
   </x:si>
   <x:si>
+    <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dextrose saline rehydration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saline rehydration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychosocial support in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychosocial support</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychological treatment in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychological treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Outpatient compared to inpatient care in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/607</x:t>
   </x:si>
   <x:si>
     <x:t>Outpatient care</x:t>
   </x:si>
   <x:si>
     <x:t>Inpatient care</x:t>
   </x:si>
   <x:si>
+    <x:t>Total parenteral nutrition (TPN) in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total parenteral nutrition (TPN) in addition to standard care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nasogastric tube feeding in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nasogastric tube feeding in addition to standard care</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vitamin B6 compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vitamin B6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prednisolone</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sick leave in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/613</x:t>
   </x:si>
   <x:si>
     <x:t>Sick leave</x:t>
   </x:si>
   <x:si>
-    <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...71 lines deleted...]
-    <x:t>Total parenteral nutrition (TPN) in addition to standard care</x:t>
+    <x:t>Hydrocortisone compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hydrocortisone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metoclopramide</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holistic individual care plan in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holistic individual care plan in addition to standard care</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/597</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron</x:t>
   </x:si>
   <x:si>
-    <x:t>Metoclopramide</x:t>
+    <x:t>Metoclopramide compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Promethazine</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Acupressure compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acupressure</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Acupuncture compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acupuncture</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initial fasting compared to expedited oral intake in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initial fasting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expedited oral intake</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">  SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.   Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Granisetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Granisetron</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginger capsules compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginger capsules</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ondansetron combined with metoclopramide compared to monotherapy or placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ondansetron combined with metoclopramide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monotherapy or placebo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methylprednisolone compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU2023/596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methylprednisolone</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/598</x:t>
   </x:si>
   <x:si>
-    <x:t>Promethazine</x:t>
-[...106 lines deleted...]
-  <x:si>
     <x:t>Allograft compared to conventional treatment in peripheral nerve surgery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/535</x:t>
   </x:si>
   <x:si>
     <x:t>Traumatic peripheral nerve injuries of the upper extremities</x:t>
   </x:si>
   <x:si>
     <x:t>Processed nerve allograft (PNA)</x:t>
   </x:si>
   <x:si>
     <x:t>Conventional treatment (autograft, tubes, direct suture)</x:t>
   </x:si>
   <x:si>
     <x:t>Postoperative function, adverse effects/complications/postoperative infections, health related quality of life, health economy</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> HTA Syd. Allograft vid perifer nervkirurgi [Allograft in peripheral nerve surgery]. Lund: Region Skåne; 2022. Rapport 2022:4.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with Osler disease</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morbus Osler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endoscope-assisted coblation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conventional curettage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bleeding, postoperative pain, operation time, relapse</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Effekt av behandling med coblation av adenoider. Region Värmland; 2021. HTA rapport 2021:06.  More about the review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with inverted papilloma</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/537</x:t>
   </x:si>
   <x:si>
     <x:t>Inverted papilloma</x:t>
   </x:si>
   <x:si>
-    <x:t>Endoscope-assisted coblation</x:t>
-[...17 lines deleted...]
-    <x:t>Morbus Osler</x:t>
+    <x:t>Access to both manual wheelchair and wheelchair scooter compared to access to manual wheelchair only</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>People of all ages, with permanently reduced mobility, who use a wheelchair they operate themselves (self-propelled)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to both manual wheelchair and wheelchair scooter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to manual wheelchair only</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary outcomes: Mobility; quality of life
+Secondary outcomes: Ability to carry, move or handle objects; engage in education, work and employment; engage in social life; independence; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance; identity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Functional disability</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">  SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects].  Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Practical education and training in the use of a wheelchair, compared to no practical training and education or only theoretical information or instruction</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/456</x:t>
   </x:si>
   <x:si>
     <x:t>People of all ages, with permanently reduced mobility, who use a wheelchair (manual or electric) they operate themselves (self-propelled)</x:t>
   </x:si>
   <x:si>
     <x:t>Practical education and training in the use of a wheelchair with Wheelchair Skills Training Program (WSTP), WheelSeeU or EPIC Wheels</x:t>
   </x:si>
   <x:si>
     <x:t>No practical education and training in the use of a wheelchair or only theoretical information or instruction</x:t>
   </x:si>
   <x:si>
     <x:t>Adults:
 Primary outcomes: Mobility, usefulness 
 Secondary outcomes: Driving position, sitting position
 Children/young people:
 Primary outcomes: Maneuverability, mobility, usefulness
 Secondary outcomes: Driving position, sitting position</x:t>
   </x:si>
   <x:si>
-    <x:t>Functional disability</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347 .  Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities compared to access only to manual wheelchair for activities in life situations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>People of all ages, with permanently reduced mobility, who use a manual wheelchair they operate themselves (self-propelled)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access only to manual wheelchair for activities in the full range of life situations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary outcomes: Engage in social life; quality of life
+Secondary outcomes: Driving and sitting position; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance; identity</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Manual wheelchair with wheels in heavier or less stiff material compared to wheels in lighter or more stiff material</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/470</x:t>
   </x:si>
   <x:si>
     <x:t>People of all ages, with permanently reduced mobility, who use a maual wheelchair they operate themselves (self-propelled)</x:t>
   </x:si>
   <x:si>
     <x:t>Manual wheelchair with wheels in heavier or less stiff material</x:t>
   </x:si>
   <x:si>
     <x:t>Manual wheelchair with wheels in lighter or more stiff material</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Mobility, maneuverability
 Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders, pain, endurance</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
+    <x:t>Manual wheelchair with suspension or vibration attenuation compared to manual wheelchair without suspension or vibration attenuation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair with suspension or vibration attenuation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair without suspension or vibration attenuation</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Individually adapted wheelchair seat cushions compared to seat cushions that are not individually adapted</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Individually adapted wheelchair seat cushions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheelchair seat cushions that are not individually adapted</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary outcomes: Maneuverability 
+Secondary outcomes: Mobility, driving position, sitting position</x:t>
   </x:si>
   <x:si>
     <x:t>Lightweight manual wheelchair compared to manual wheelchair in a heavier material</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/471</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Lightweight manual wheelchair </x:t>
   </x:si>
   <x:si>
     <x:t>Manual wheelchair in a heavier material</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes: Mobility, maneuverability
 Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders, pain, endurance
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Freedom to be able to choose a wheelchair and additional equipment (freedom of choice) compared to lack of choice</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/457</x:t>
   </x:si>
   <x:si>
     <x:t>Freedom to be able to choose a wheelchair and additional equipment (freedom of choice)</x:t>
   </x:si>
   <x:si>
     <x:t>Lack of choice</x:t>
   </x:si>
   <x:si>
     <x:t>Independence, autonomy, self-efficacy, quality of life, identity, activity, participation, ergonomics, health</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">  SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects].  Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
   </x:si>
   <x:si>
-    <x:t>Wheelchair with person-specific molded seat unit compared to wheelchair without person-specific molded seat unit</x:t>
-[...32 lines deleted...]
-  <x:si>
     <x:t>Comparison between different variants of electric wheelchairs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/458</x:t>
   </x:si>
   <x:si>
     <x:t>People of all ages, with permanently reduced mobility, who use an electric wheelchair they operate themselves (self-propelled)</x:t>
   </x:si>
   <x:si>
     <x:t>Electric wheelchair</x:t>
   </x:si>
   <x:si>
     <x:t>Another variant of electric wheelchair</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Mobility, maneuverability
 Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders; pain; endurance</x:t>
   </x:si>
   <x:si>
-    <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities compared to access only to manual wheelchair for activities in life situations</x:t>
-[...15 lines deleted...]
-Secondary outcomes: Driving and sitting position; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance; identity</x:t>
+    <x:t>Wheelchair with person-specific molded seat unit compared to wheelchair without person-specific molded seat unit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheelchair with person-specific molded seat unit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheelchair without person-specific molded seat unit</x:t>
   </x:si>
   <x:si>
     <x:t>Propulsion units for manual wheelchairs compared to manual wheelchairs without propulsion units</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/467</x:t>
   </x:si>
   <x:si>
     <x:t>Propulsion units for manual wheelchairs</x:t>
   </x:si>
   <x:si>
     <x:t>Manual wheelchairs without propulsion units</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Engage in social life; mobility
 Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347 .  Read more  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike) compared to manual wheelchair without such devices</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/468</x:t>
   </x:si>
   <x:si>
     <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike)</x:t>
   </x:si>
   <x:si>
     <x:t>Manual wheelchair without such hand-propelled devices</x:t>
   </x:si>
   <x:si>
-    <x:t>Access to both manual wheelchair and wheelchair scooter compared to access to manual wheelchair only</x:t>
-[...45 lines deleted...]
-    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
+    <x:t xml:space="preserve">Exemption from fees compared to fees for wheelchairs and additional equipment </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exemption from fees for wheelchairs and additional equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fees for wheelchairs and additional equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autonomy, satisfaction</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair and electric wheelchair compared to access to manual wheelchair only</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/446</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both electric wheelchair and manual wheelchair</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Mobility; quality of life
 Secondary outcomes: Ability to carry, move or handle objects; engage in education, work and employment; engage in social life; independence; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; identity; endurance</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering  (SBU); 2022.  SBU Utvärderar  347.  Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to an electric wheelchair for indoor use and another electric wheelchair for outdoor use, compared to access to one electric wheelchair only (for both indoor and outdoor use)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to one electric wheelchair for indoor use and another electric wheelchair for outdoor use</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to one electric wheelchair (for both indoor and outdoor use)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary outcomes: Mobility; quality of life
+Secondary outcomes: Engage in education, work and employment; engage in social life; independence; injuries/falls; identity</x:t>
   </x:si>
   <x:si>
     <x:t>Wheelchair with individual adaptations compared to wheelchair without individual adaptations</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/447</x:t>
   </x:si>
   <x:si>
     <x:t>Wheelchair with individual adaptations</x:t>
   </x:si>
   <x:si>
     <x:t>Wheelchair without individual adaptations</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes: Maneuverability 
 Secondary outcomes: Mobility, driving position, sitting position
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.  Read more  </x:t>
   </x:si>
   <x:si>
-    <x:t>Access to an electric wheelchair for indoor use and another electric wheelchair for outdoor use, compared to access to one electric wheelchair only (for both indoor and outdoor use)</x:t>
-[...12 lines deleted...]
-Secondary outcomes: Engage in education, work and employment; engage in social life; independence; injuries/falls; identity</x:t>
+    <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adult persons diagnosed with depression (including major depressive disorder, dysthymia, or bipolar disorder)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Focused Acceptance and Commitment Therapy (FACT), also known as brief ACT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traditional Cognitive Behavioural Therapy (CBT), Acceptance and Commitment Therapy (ACT), or another active treatment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symtoms, quality of life, function</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">  Informationen är hämtad från SBU:s upplysningstjänst : SBU. Fokuserad Acceptance and Commitment Therapy (FACT)  vid depression och ångestsyndrom  [Focused Acceptance and Commitment Therapy (FACT) for depression and anxiety disorder]. Stockholm:  Statens beredning för medicinsk och social utvärdering  (SBU); 2022.  SBU:s upplysningstjänst  ut202221.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in anxiety disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/210</x:t>
   </x:si>
   <x:si>
     <x:t>Adult persons diagnosed with generalized anxiety syndrome, eg. generalized anxiety disorder (GAD), social anxiety disorder, panic disorder, posttraumatic stress disorder (PTSD), obsessive compulsive disorder (OCD) and specific phobia</x:t>
   </x:si>
   <x:si>
-    <x:t>Focused Acceptance and Commitment Therapy (FACT), also known as brief ACT</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">  Informationen är hämtad från SBU:s upplysningstjänst : SBU.  Fokuserad  Acceptance and Commitment Therapy (FACT)  vid depression och ångestsyndrom  [Focused Acceptance and Commitment Therapy (FACT) for depression and anxiety disorder]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst  ut202221.  Read more  </x:t>
   </x:si>
   <x:si>
-    <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in depression</x:t>
-[...14 lines deleted...]
-    <x:t>SBU 2023/199</x:t>
+    <x:t>Higher compared to lower consumption of peanuts in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/203</x:t>
   </x:si>
   <x:si>
     <x:t>Adults, from 18 years, with diabetes type 2</x:t>
-  </x:si>
-[...50 lines deleted...]
-    <x:t>SBU 2023/203</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of peanuts</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of peanuts</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve"> SBU. Mat vid diabetes [Diets for diabetes: a systematic review and assessment of effects, health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 345.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fat (regardless of type) in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of fat (total amount, all types of fat)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of fat (total amount, all types of fat)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>•	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
+•	Diabetes remission
+•	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
+•	Side effects (e.g. hypo- or hyperglycemia).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of animal fat in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of animal fat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of animal fat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>•	Mortality (total and cause-specific mortality)
+•	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
+•	Diabetes remission
+•	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
+•	Side effects (e.g. hypo- or hyperglycemia).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of tea in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of tea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of tea</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of green tea in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/202</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of green tea</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of green tea</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 1 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2023/163</x:t>
+    <x:t>Higher compared to lower consumption of eggs in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of eggs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of eggs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fruit in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of fruit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of fruit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/166</x:t>
   </x:si>
   <x:si>
     <x:t>Adults, from 18 years, with diabetes type 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher consumption of polyunsaturated fat</x:t>
-[...2 lines deleted...]
-    <x:t>Lower consumption of polyunsaturated fat</x:t>
+    <x:t>Higher consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of the omega-3 fatty acids EPA and DHA</x:t>
   </x:si>
   <x:si>
     <x:t>•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of omega-3 fatty acids from fish and seafood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of omega-3 fatty acids from fish and seafood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of vegetable fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of vegetable fat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of vegetable fat</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of saturated fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/162</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of saturated fat</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of saturated fat</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of polyunsaturated fat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of polyunsaturated fat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of trans fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of trans fat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of trans fat</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of cholesterol in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/167</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of cholesterol</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of cholesterol</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of tea in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/169</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of green tea in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/170</x:t>
-  </x:si>
-[...58 lines deleted...]
-    <x:t>Lower consumption of fruit</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of peanuts in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/171</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">  SBU. Mat vid diabetes [Diets for diabetes: a systematic review and assessment of effects, health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 345.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of fish in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/172</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of fish</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of fish</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of tea in type 1 diabetes</x:t>
-[...26 lines deleted...]
-    <x:t>Lower consumption of trans fat</x:t>
+    <x:t>Higher compared to lower consumption of salt in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of salt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of salt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Water compared to beverages that contain sweeteners in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beverages that contain sweeteners</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/157</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of cholesterol in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/160</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SBU 2023/156</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of fish in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/149</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Six core strategies to reduce coercive measures in inpatient mental healthcare, including compulsory psychiatric care and forensic psychiatric care</x:t>
-[...8 lines deleted...]
-    <x:t>Six core strategies</x:t>
+    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fruit in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/151</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Higher consumption of fruit </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of salt in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fat (regardless of type) in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of animal fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of vegetable fat in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safewards to reduce coercive measures in forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adults in forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safewards</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes: Coercive measures such as seclusion and restraint
 Secondary outcomes: Patient experiences, everyday functioning and quality of life 
 </x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Safewards</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 
  Finch K, Lawrence D, Williams MO, Thompson AR, Hartwright C. A Systematic Review of the Effectiveness of Safewards: Has Enthusiasm Exceeded Evidence? Issues Ment Health Nurs. 2022;43(2):119-36.  More about the review  
  Mullen A, Browne G, Hamilton B, Skinner S, Happell B. Safewards: An integrative review of the literature within inpatient and forensic mental health units. Int J Ment Health Nurs. 2022.  More about the review  
  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Metoder för att minska tvångsåtgärder inom psykiatrisk slutenvård: Safewards och Six core strategies [Methods to reduce coercive measures within inpatient mental healthcare: Safewards and Six core strategies]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst ut202220.  Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Six core strategies to reduce coercive measures in inpatient mental healthcare, including compulsory psychiatric care and forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adults in inpatient mental healthcare, including compulsory psychiatric care and forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Six core strategies</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Metoder för att minska tvångsåtgärder inom psykiatrisk slutenvård: Safewards och Six core strategies [Methods to reduce coercive measures within inpatient mental healthcare: Safewards and Six core strategies]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst ut202220.   Read more   </x:t>
   </x:si>
   <x:si>
     <x:t>Virtual Reality in the treatment of eating disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/118</x:t>
   </x:si>
   <x:si>
     <x:t>Persons diagnosed with an eating disorder</x:t>
   </x:si>
   <x:si>
     <x:t>Virtual reality-based treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Another treatment than the intervention, no treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Symptoms, remission, function, weight change</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Behandling av ätstörningar med virtual reality-teknik [Virtual Reality in the treatment of eating disorders]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU:s upplysningstjänst ut202102.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Post-suicide intervention in schools and preschools</x:t>
   </x:si>
@@ -2353,162 +2353,162 @@
   </x:si>
   <x:si>
     <x:t>High-fat diet, including greater consumption of dairy products</x:t>
   </x:si>
   <x:si>
     <x:t>The same treatment as the intervention group but with a maintained baseline dairy intake</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)</x:t>
   </x:si>
   <x:si>
     <x:t>High-fat diet, including greater consumption of dairy products, compared to the same treatment as the intervention group but with a maintained baseline dairy intake in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/78</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of paleolithic diet in type 1 diabetes</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/954</x:t>
+    <x:t>Higher compared to lower consumption of paleolithic diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/957</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of paleolithic diet</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of paleolithic diet</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>SBU 2022/957</x:t>
   </x:si>
   <x:si>
     <x:t>•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia)</x:t>
   </x:si>
   <x:si>
-    <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
-[...8 lines deleted...]
-    <x:t>Low-fat diet with energy restrictions</x:t>
+    <x:t>Higher compared to lower consumption of protein in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/959</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Higher consumption of protein </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of protein</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of protein in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of protein</x:t>
+  </x:si>
+  <x:si>
+    <x:t>•	Mortality (total and cause-specific mortality)
+•	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
+•	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
+•	Side effects (e.g. hypo- or hyperglycemia)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vegetarian diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/951</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Vegetarian diet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-fat diet</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ornish diet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-fat diet with energy restrictions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of paleolithic diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/954</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/956</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of Dietary Approach to Stop Hypertension (DASH)</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of DASH</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t xml:space="preserve">Higher consumption of protein </x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/958</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia)
 </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Low-fat diet</x:t>
   </x:si>
   <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/948</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Diet with low glycemic index (GI) </x:t>
   </x:si>
   <x:si>
     <x:t>Diet with high glycemic index (GI)</x:t>
   </x:si>
   <x:si>
     <x:t>Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)</x:t>
   </x:si>
   <x:si>
@@ -2523,687 +2523,687 @@
   <x:si>
     <x:t>Physiotherapeutic interventions</x:t>
   </x:si>
   <x:si>
     <x:t>No treatment, sham treatment, treatment as usual or an active treatment option</x:t>
   </x:si>
   <x:si>
     <x:t>Diastasis (curative effect, diastasis width, recurrence), effect on symptoms, physical function, disability, health related quality of life, adverse effects and complications</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Behandling av rektusdiastas hos kvinnor [Treatment of women with diastasis recti: HTA Report]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 346.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Surgical interventions for women with symptomatic diastasis recti</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/930</x:t>
   </x:si>
   <x:si>
     <x:t>Women with symptomatic diastasis of the rectus abdominis muscle (DRAM) after pregnancy, weight loss or caused by unspecified/unknown causes (clinical diagnosis of DRAM of &gt;2 cm or two finger widths)</x:t>
   </x:si>
   <x:si>
     <x:t>Surgery</x:t>
   </x:si>
   <x:si>
-    <x:t>Low-carb diet compared to low-fat diet in type 2 diabetes</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/913</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-carb diet without energy restrictions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (30 E%) compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (30 E%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-carb diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-carb diet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediterranean diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediterranean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet, with or without energy restrictions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-fat diet, with or without energy restrictions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/921</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ketogenic diet without energy restrictions </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/911</x:t>
   </x:si>
   <x:si>
+    <x:t>Vegetarian diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vegetarian diet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy reduced diet, with or without the addition of physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy reduced diet with or without the addition of physical activity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regular dietary treatments</x:t>
+  </x:si>
+  <x:si>
     <x:t>High-protein diet (20 E%) compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/915</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">High-protein diet (20 E%) </x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>Ketogenic diet</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/917</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Adults, from 18 years, with diabetes type 2
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">High-protein diet 30 E% </x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 20 E%</x:t>
   </x:si>
   <x:si>
-    <x:t>Vegetarian diet compared to low-fat diet in type 1 diabetes</x:t>
-[...32 lines deleted...]
-    <x:t>SBU 2022/889</x:t>
+    <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/891</x:t>
   </x:si>
   <x:si>
     <x:t>Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)</x:t>
   </x:si>
   <x:si>
+    <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (30 E%) compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-carb diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (20 E%) compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (20 E%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet 30 E%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ketogenic diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/892</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ketogenic diet </x:t>
   </x:si>
   <x:si>
-    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
-[...38 lines deleted...]
-    <x:t>SBU 2022/890</x:t>
+    <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intermittent energy intake restriction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continuous energy intake restriction</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Mat vid diabetes [Diets for diabetes: A systematic review and assessment of effects, health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 345.  More about the review   </x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/865</x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED)</x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet</x:t>
   </x:si>
   <x:si>
-    <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 2 diabetes</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy diet compared to regular dietary treatments in diabetes type 2</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/858</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy diet</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting compared to plate method in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/864</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting</x:t>
   </x:si>
   <x:si>
     <x:t>Plate method</x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/830</x:t>
   </x:si>
   <x:si>
     <x:t>Meal replacement based on Very Low Energy Diet (VLED) compared to low fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/831</x:t>
   </x:si>
   <x:si>
     <x:t>Meal replacement based on Very Low Energy Diet (VLED)</x:t>
   </x:si>
   <x:si>
     <x:t>Low fat diet</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with a high-protein diet (20E%) combined with physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/807</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with a high-protein diet (20E%) combined with physical activity</x:t>
   </x:si>
   <x:si>
+    <x:t>Intensive lifestyle treatments with a ketogenic diet compared to regular dietary treatments in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intensive lifestyle treatments with a ketogenic diet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/813</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy intake compared to regular dietary treatments in diabetes type 1</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/811</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy intake</x:t>
   </x:si>
   <x:si>
     <x:t>The weight watchers’ program compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/814</x:t>
   </x:si>
   <x:si>
     <x:t>The weight watchers’ program</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting compared to plate method in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/816</x:t>
   </x:si>
   <x:si>
-    <x:t>Intensive lifestyle treatments with a ketogenic diet compared to regular dietary treatments in type 1 diabetes</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Advanced carbohydrate counting compared to calculating insulin dose in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/817</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced carbohydrate counting</x:t>
   </x:si>
   <x:si>
     <x:t>Calculating insulin dose</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment, combining low-fat diet with physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/792</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment, combining low-fat diet with physical activity</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment with low-fat diet compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/791</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment with low-fat diet</x:t>
   </x:si>
   <x:si>
+    <x:t>AUDIT (Alcohol Use Disorders Identification Test) for identification of risky and harmful alcohol consumption in adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Children, adolescents and young adults until 21 years of age</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">AUDIT (Alcohol Use Disorders Identification Test) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Only applicable for the evaluation of criterion validity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychometric properties, validity, and reliability</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health care, Social services</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> O’Connor EA, Perdue LA, Senger CA, Rushkin M, Patnode CD, Bean SI, Jonas DE. Screening and Behavioral Counseling Interventions to Reduce Unhealthy Alcohol Use in Adolescents and Adults: An Updated Systematic Review for the U.S. Preventive Services Task Force. Evidence Synthesis No. 171. AHRQ Publication No. 18-05242-EF-1. Rockville, MD: Agency for Healthcare Research and Quality; 2018.  More about the review  
+ Newton AS, Soleimani A, Kirkland SW, Gokiert RJ. A Systematic Review of Instruments to Identify Mental Health and Substance Use Problems Among Children in the Emergency Department. Academic Emergency Medicine. 2017;24(5):552-68.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Information from: SBU. Standardiserade bedömningsmetoder i utredningar av barn och unga inom socialtjänsten [Standardised assessment tools in investigations of children and adolescents within the child protection service]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Bereder 344.  More about the report  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBCL (Child Behaviour Check List) to describe problems and social skills in children and adolescents with mental health problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/731</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">CBCL (Child Behavior Check List) </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Paalman CH, Terwee CB, Jansma EP, Jansen LMC. Instruments Measuring Externalizing Mental Health Problems in Immigrant Ethnic Minority Youths: A Systematic Review of Measurement Properties. PLOS ONE. 2013;8(5):e63109.  More about the review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>ASSIST-Y (Alcohol, Smoking and Substance Involvement Sreening Test – Youth) for early identification of the use of unhealthy and harmful substances in children and adolescents</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/730</x:t>
   </x:si>
   <x:si>
-    <x:t>Children, adolescents and young adults until 21 years of age</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">ASSIST-Y (Alcohol, Smoking and Substance Involvement Sreening Test – Youth) </x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Health care, Social services</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Patnode CD, Perdue LA, Rushkin M, O’Connor EA. Screening for Unhealthy Drug Use in Primary Care in Adolescents and Adults, Including Pregnant Persons: Updated Systematic Review for the U.S. Preventive Services Task Force Rockville (MD): Agency for Healthcare Research and Quality (US); 2020 Jun. Report No.: 19-05255-EF-1.  More about the review  
   O’Connor EA, Perdue LA, Senger CA, Rushkin M, Patnode CD, Bean SI, Jonas DE. Screening and Behavioral Counseling Interventions to Reduce Unhealthy Alcohol Use in Adolescents and Adults: An Updated Systematic Review for the U.S. Preventive Services Task Force. Evidence Synthesis No. 171. AHRQ Publication No. 18-05242-EF-1. Rockville, MD: Agency for Healthcare Research and Quality; 2018.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Information from: SBU. Standardiserade bedömningsmetoder i utredningar av barn och unga inom socialtjänsten [Standardised assessment tools in investigations of children and adolescents within the child protection service]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Bereder 344.  More about the report  </x:t>
+    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/728</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">UngDOK (Documentation system in substance abuse care) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLFB (Timeline Follow-Back) for identification of increased alcohol consumption among different risk groups</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/727</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">TLFB (Timeline Follow-Back) </x:t>
   </x:si>
   <x:si>
     <x:t>CRAFFT (Car, Relax, Alone, Forget, Friends, Trouble) for screening of substance (alcohol or other drugs) based on context and negative consequences (in adolescents)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/734</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">CRAFFT (Car, Relax, Alone, Forget, Friends, Trouble) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Patnode CD, Perdue LA, Rushkin M, O’Connor EA. Screening for Unhealthy Drug Use in Primary Care in Adolescents and Adults, Including Pregnant Persons: Updated Systematic Review for the U.S. Preventive Services Task Force Rockville (MD): Agency for Healthcare Research and Quality (US); 2020 Jun. Report No.: 19-05255-EF-1.  More about the review  
   Newton AS, Soleimani A, Kirkland SW, Gokiert RJ. A Systematic Review of Instruments to Identify Mental Health and Substance Use Problems Among Children in the Emergency Department. Academic Emergency Medicine. 2017;24(5):552-68.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>AUDIT (Alcohol Use Disorders Identification Test) for identification of risky and harmful alcohol consumption in adolescents</x:t>
-[...23 lines deleted...]
-  <x:si>
     <x:t>CTQ (Childhood Trauma Questionnaire) measuring exposure to violence, sexual abuse and neglect, retrospectively (in adolescents and young adults)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/735</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">CTQ (Childhood Trauma Questionnaire) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> McTavish JR, Gonzalez A, Santesso N, MacGregor JCD, McKee C, MacMillan HL. Identifying children exposed to maltreatment: a systematic review update. BMC Pediatr. 2020;20(1):113.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>ORS (Outcome Rating Scale) in assessments of a client's perceptions of problems and goal attainment during therapeutic treatment</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/714</x:t>
   </x:si>
   <x:si>
     <x:t>ORS (Outcome Rating Scale) assesses a client's perceptions of problems and goal attainment during therapeutic treatment</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">ADDIS-Y (Alcohol Drug Diagnosis Instrument) to diagnose harmful use, abuse and dependence on alcohol and other drugs in adolescents </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADDIS-Y (Alcohol Drug Diagnosis Instrument)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NODS (National Opinion Research Center DSM-IV Screen for Gambling) to measure gambling problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/713</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">NODS (National Opinion Research Center DSM-IV Screen for Gambling) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/706</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ADAD (Adolescent Drug Abuse Diagnosis) </x:t>
+  </x:si>
+  <x:si>
     <x:t>The 5–15 form for assessing the development and behaviour of children and adolescents from 5 to 15 years of age</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/707</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The 5–15 form </x:t>
   </x:si>
   <x:si>
-    <x:t>NODS (National Opinion Research Center DSM-IV Screen for Gambling) to measure gambling problems</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SCL 90 (Symptoms Checklist) in measuring a person’s psychological and physical distress during the past week</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/717</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">SCL 90 (Symptoms Checklist) </x:t>
   </x:si>
   <x:si>
     <x:t>SRS (Session Rating Scale) in measuring the client's perception of a completed treatment interview</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/718</x:t>
   </x:si>
   <x:si>
     <x:t>SRS (Session Rating Scale) is developed to measure the client's perception of a completed treatment interview</x:t>
   </x:si>
   <x:si>
-    <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
-[...5 lines deleted...]
-    <x:t xml:space="preserve">ADAD (Adolescent Drug Abuse Diagnosis) </x:t>
+    <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) for identification of people with alcohol problems in the general population or in a clinical situation (short version of the screening form MAST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/712</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPGM (Problem and Pathological Gambling Measure) for measuring problem and pathological gambling in young adults during last year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/716</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">PPGM (Problem and Pathological Gambling Measure) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUDIT (Drug Use Disorders Identification Test) for identification of drug-related problems in adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/710</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">DUDIT (Drug Use Disorders Identification Test) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standardized assessment methods for assessing the quality of life of children and adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/711</x:t>
   </x:si>
   <x:si>
     <x:t>PGSI (Problem Gambling Severity Index) for measuring the prevalence of gambling problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/715</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PGSI (Problem Gambling Severity Index) </x:t>
   </x:si>
   <x:si>
-    <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) for identification of people with alcohol problems in the general population or in a clinical situation (short version of the screening form MAST)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CAGE (Cut-down, Annoyment, Guilt Eyeopener) for identification of risky alcohol habits</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/709</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">CAGE (Cut-down, Annoyment, Guilt Eyeopener) </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">ADDIS-Y (Alcohol Drug Diagnosis Instrument) to diagnose harmful use, abuse and dependence on alcohol and other drugs in adolescents </x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Bekymringssamtal for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/689</x:t>
   </x:si>
   <x:si>
     <x:t>Adolescents between the ages of 12 and 17 years who had previously engaged in at least one crime (excluding sexual offenses)</x:t>
   </x:si>
   <x:si>
     <x:t>Bekymringssamtal (a conversation of concern)</x:t>
   </x:si>
   <x:si>
     <x:t>Crime (e.g., arrests, convictions, or self-reported offending), externalizing or internalizing behavior, school achievement</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Insatser i öppenvård för att förebygga ungdomars återfall i brott. En systematisk översikt och utvärdering av ekonomiska, sociala och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 308. ISBN 978-91-88437-50-1.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Bekymringssamtal [A conversation of concern]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU:s upplysningstjänst ut202108.  Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk assessment in predicting abuse and neglect of children within the family</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Families where children (0–12 years) are exposed to abuse and neglect</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk assessment instruments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Registers, self assessments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abuse, neglect, referral to child welfare authorities</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Information from: SBU. Förstudie: Risk- och behovsbedömningsmetoders förmåga att bedöma barns risk för utsatthet för våld och försummelse inom familjen. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. Published 2021-08-31.  Information in Swedish  </x:t>
   </x:si>
   <x:si>
     <x:t>Social and psychological treatment in compulsory treatment of girls</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/677</x:t>
   </x:si>
   <x:si>
     <x:t>Girls, aged 11–25 years, in compulsory treatment (social care, psychiatric care, forensic psychiatric care, or prison)</x:t>
   </x:si>
   <x:si>
     <x:t>Social and psychological treatment (including interventions to reduce substance abuse and addiction, criminality, externalized behaviour problems, self harm and other mental health problems, both during and after the intervention)</x:t>
   </x:si>
   <x:si>
     <x:t>Another treatment than the active intervention</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Positive and negative effects of the interventions regarding:
 •	drug abuse and addiction
 •	criminality
 •	antisocial behaviour/serious behaviour problems/norm breaking behaviour
 •	aggression
 •	self harm, suicide attempt, suicide 
 •	mental health (depression, anxiety, low mood, eating disorder, PTSD) 
 •	coping with neuropsychiatric disorders, symptoms
 •	security
 •	quality of life
 •	well-being
 •	dental health
 •	physical health, including sexually transmitted diseases 
 •	occupation
 •	education
 •	housing
 •	cooperation between the institution and, e.g., social services, child and adolescent psychiatry and school 
 •	experiences of interventions in compulsory treatment (the girls and their relatives) 
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from: SBU. Förstudie: Behandlingsinsatser för flickor i tvångsvård. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. Published 2021-10-29.  Information in Swedish  </x:t>
   </x:si>
   <x:si>
-    <x:t>Risk assessment in predicting abuse and neglect of children within the family</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Divorce mediation for parents in child custody disputes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/658</x:t>
   </x:si>
   <x:si>
     <x:t>Parents in child custody disputes</x:t>
   </x:si>
   <x:si>
     <x:t>Divorce mediation</x:t>
   </x:si>
   <x:si>
     <x:t>No intervention, active intervention, waiting list</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Litigations
 •	Agreements
 •	Cooperation (between parents)
 •	Level of conflict
 •	Parents’ understanding of their child’s needs 
 •	Mental health, including stress, anxiety, depression (parents)
 •	Mental health, including stress, anxiety, depression (child/children)
 •	Well-being
 •	Interpersonal violence, exposure to violence (parents)
 •	Interpersonal violence, exposure to violence (child/children)
@@ -3338,60 +3338,60 @@
     <x:t>Lower relational continuity of care</x:t>
   </x:si>
   <x:si>
     <x:t>Adherence to prescribed medication, experience of participation in care and self-management of disease</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Kontinuitet i vården [Continuity of care]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU-rapport nr 329.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower relational continuity of care for persons with severe mental illness/severe mental disorder regarding hospitalisation, symptoms and functioning, and adherence to prescribed medication</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/623</x:t>
   </x:si>
   <x:si>
     <x:t>Persons with severe mental illness/severe mental disorder (schizophrenia, bipolar disorder, or severe depression/
 severe episode of major depressive disorder)</x:t>
   </x:si>
   <x:si>
     <x:t>Hospitalisation, symptoms and functioning, adherence to prescribed medication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Kontinuitet i vården [Continuity of Care]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU-rapport nr 329.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Psychodynamic therapy (PDT) for mild to moderate depression and anxiety disorder during pregnancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/614</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychodynamic therapy (PDT) for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/615</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SBU 2022/614</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/588</x:t>
   </x:si>
   <x:si>
     <x:t>Pregnant women with mild to moderate levels of anxiety disorder (diagnosed or symptoms measured with validated instruments)</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Förlossningsrädsla, depression och ångest under graviditet [Fear of childbirth, depression and anxiety during pregnancy. A systematic review and assessment of medical, economic, social and ethical aspects. An HTA Report].  Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU-rapport nr 322. ISBN 978-91-88437-66-2.  More about the review   </x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness for mild to moderate depression and anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/552</x:t>
   </x:si>
   <x:si>
     <x:t>Pregnant women with mild to moderate levels of depression and anxiety disorder (diagnosed or symptoms measured with validated instruments)</x:t>
   </x:si>
@@ -3545,823 +3545,823 @@
   <x:si>
     <x:t>Pain intensity, function and/or quality of life, adverse events, treatment compliance, care consumption</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Läkemedelsbehandling av vanliga smärttillstånd hos äldre personer. Effekter, biverkningar samt upplevelser av vård [Pharmacological treatment of common pain conditions in older persons. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 315. ISBN 978-91-88437-57-0.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Venlafaxine as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/121</x:t>
   </x:si>
   <x:si>
     <x:t>Venlafaxine 75-225 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Tramadol as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/120</x:t>
   </x:si>
   <x:si>
     <x:t>Tramadol</x:t>
   </x:si>
   <x:si>
+    <x:t>Pregabalin compared to pregabalin in combination with duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pregabalin 300 mg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pregabalin 300 mg in combination with duloxetine 60 mg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pregabalin compared to duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pregabalin 300–600 mg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duloxetine 60–120 mg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opioids as a treatment for vertebrae compression pain in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Persons with vertebrae compression pain, 60 years or older</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opioids</x:t>
+  </x:si>
+  <x:si>
     <x:t>Oxycodone (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/106</x:t>
   </x:si>
   <x:si>
     <x:t>Persons with painful osteoarthritis of the knee, 60 years or older</x:t>
   </x:si>
   <x:si>
     <x:t>Oxycodone, flexible dose</x:t>
   </x:si>
   <x:si>
-    <x:t>Opioids as a treatment for vertebrae compression pain in older persons</x:t>
-[...8 lines deleted...]
-    <x:t>Opioids</x:t>
+    <x:t>Paracetamol as a treatment for vertebrae compression pain in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paracetamol</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/112</x:t>
   </x:si>
   <x:si>
-    <x:t>Pregabalin 300–600 mg</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Amitryptiline 25–50 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Tapentadol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/115</x:t>
   </x:si>
   <x:si>
     <x:t>Tapentadol (flexible dose)</x:t>
   </x:si>
   <x:si>
-    <x:t>Paracetamol as a treatment for vertebrae compression pain in older persons</x:t>
-[...26 lines deleted...]
-    <x:t>Pregabalin 300 mg in combination with duloxetine 60 mg</x:t>
+    <x:t>Lidocaine patch 5% compared to pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lidocaine patch 5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pregabalin titration to a maximum of 600 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Topical ketoprofen as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/95</x:t>
   </x:si>
   <x:si>
     <x:t>Topical ketoprofen</x:t>
   </x:si>
   <x:si>
-    <x:t>Lidocaine patch 5% compared to pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
-[...8 lines deleted...]
-    <x:t>Pregabalin titration to a maximum of 600 mg</x:t>
+    <x:t>Capsaicin cream compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capsaicin cream 0,075%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amitryptiline 25–125 mg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lacosamide as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Person with painful diabetic neuropathy, 60 years or older</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lacosamide 200–600 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Non-steroidal anti-inflammatory drugs (NSAIDs) as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/100</x:t>
   </x:si>
   <x:si>
     <x:t>Non-steroidal anti-inflammatory drugs, NSAID</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Läkemedelsbehandling av vanliga smärttillstånd hos äldre personer. Effekter, biverkningar samt upplevelser av vård. [Pharmacological treatment of common pain conditions in older persons. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 315. ISBN 978-91-88437-57-0.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>Lacosamide as a treatment for painful diabetic neuropathy in older persons</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Duloxetine compared to duloxetine in combination with pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/89</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60 mg in combination with pregabalin 300 mg</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Läkemedelsbehandling av vanliga smärttillstånd hos äldre personer. Effekter, biverkningar samt upplevelser av vård  [  Pharmacological treatment of common pain conditions in older persons. A systematic review and assessment of medical, economic, social and ethical aspects] . Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 315. ISBN 978-91-88437-57-0.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60 mg x2 compared to duloxetine 120 mg as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/88</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetin 60 mg x2</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 120 mg x1</x:t>
   </x:si>
   <x:si>
+    <x:t>Buprenorphine compared to placebo as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buprenorphine</x:t>
+  </x:si>
+  <x:si>
     <x:t>Capsaicin cream 0,075% as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/85</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Läkemedelsbehandling av vanliga smärttillstånd hos äldre personer. Effekter, biverkningar samt upplevelser av vård [ Pharmacological treatment of common pain conditions in older persons. A systematic review and assessment of medical, economic, social and ethical aspects] . Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 315. ISBN 978-91-88437-57-0.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Diclofenac (flexible dose) compared to paracetamol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diclofenac, flexible dose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paracetamol flexible dose</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gabapentin compared to gabapentin in combination with nortriptyline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/90</x:t>
   </x:si>
   <x:si>
     <x:t>Gabapentin</x:t>
   </x:si>
   <x:si>
     <x:t>Gabapentin in combination with nortriptyline</x:t>
   </x:si>
   <x:si>
     <x:t>Gabapentin compared to nortriptyline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/92</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Läkemedelsbehandling av vanliga smärttillstånd hos äldre personer. Effekter, biverkningar samt upplevelser av vård [Pharmacological treatment of common pain conditions in older persons. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 315. ISBN 978-91-88437-57-0.  More about the review  </x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t xml:space="preserve"> Mihovilovic K, Axelsson TH, Bäckman L, Csernai A, Eliasdottir S, Sjögren P, Svanberg T, Søfteland JM, Jivegård. Efficacy and safety of endovascular versus surgical arterio-venous fistula creation for hemodialysis [Effektivitet och säkerhet för endovaskulärt jämfört med kirurgiskt anlagd arterio-venös fistel för hemodialys]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2021. Regional activity based HTA 2021:122.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Rituximab for children with symptoms corresponding to the research condition of PANS/PANDAS with respect to health-related quality of life, level of functioning, and symptoms</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/787</x:t>
   </x:si>
   <x:si>
     <x:t>Children (&lt;18 years) with symptoms corresponding to the research condition of PANS/PANDAS</x:t>
   </x:si>
   <x:si>
     <x:t>Rituximab</x:t>
   </x:si>
   <x:si>
     <x:t>Health-related quality of life according to validated scales, level of functioning (for example attendance at school, activities of daily living), symptom change (reported by patients, caregivers and care staff), complications</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Johnson M, Ehlers S, Fernell E, Hajjari P, Svanberg T, Svensson, M, Vikberg Adania U, Wartenberg C, Wallerstedt SM. Anti-inflammatory, antibiotic and immunomodulatory treatment in children with symptoms corresponding to the research condition PANS (Pediatric Acute-onset Neuropsychiatric Syndrome) [Behandling mot en förmodad hjärninflammation utan påvisad neurologisk eller medicinsk sjukdom hos barn med plötsligt debuterande tvångssymtom/begränsningar i matintag i kombination med minst två neuropsykiatriska symtom (”PANS”)]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2020. Regional activity based HTA 2020:115.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Association between the proportion of registered nurses (skill-mix) in the hospital health care team, and patient mortality or risk for falls or pressure ulcers</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/788</x:t>
   </x:si>
   <x:si>
     <x:t>Patients in general or acute care hospitals open 24/7 (excluding hospital outpatient care, primary care, and municipal care)</x:t>
   </x:si>
   <x:si>
     <x:t>• Registered nurse, academic degree not specified
 • Registered nurse, bachelor or higher</x:t>
   </x:si>
   <x:si>
     <x:t>Mortality, falls, pressure ulcers</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Carlström E, Dahlborg E, Jonsdottir I, Sjöland H, Ulin K, Wolf A, Eriksson M, Svanberg T, Petzold M, Sandman L, Svensson M, Wallerstedt SM, Wartenberg C, Sjövall H. Is there an association between the proportion of registered nurses (skill-mix) in the hospital health care team, and patient mortality or risk for falls or pressure ulcers? [Finns det ett samband mellan andelen legitimerade sjuksköterskor (skill-mix) i sjukhusvårdteamet, och patientrisk för död, fall eller trycksår?]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTAcentrum: 2020. Regional activity based HTA 2020:118.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Endovascular versus surgical arterio-venous fistula creation for hemodialysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adult patients with end-stage kidney disease who are candidates for arteriovenous fistula (AVF) operation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Percutaneous endovascular creation of arterio-venous fistula (AVF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgical creation of arterio-venous fistula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patient survival, reinterventions, primary patency at 1 year, time to cannulation, technical adequacy for dialysis, functional usability or cannulation success, technical success, vein length available for cannulation, complications, health-related quality of life</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Mihovilovic K, Axelsson TH, Bäckman L, Csernai A, Eliasdottir S, Sjögren P, Svanberg T, Søfteland JM, Jivegård. Efficacy and safety of endovascular versus surgical arterio-venous fistula creation for hemodialysis [Effektivitet och säkerhet för endovaskulärt jämfört med kirurgiskt anlagd arterio-venös fistel för hemodialys]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2021. Regional activity based HTA 2021:122.  More about the review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to no instructions prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/755</x:t>
   </x:si>
   <x:si>
     <x:t>Patients undergoing so called “clean surgery” where the operation is performed through intact skin</x:t>
   </x:si>
   <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine</x:t>
   </x:si>
   <x:si>
     <x:t>No instructions</x:t>
   </x:si>
   <x:si>
     <x:t>Mortality, implant infection, septicaemia, surgical site infection, reintervention, number of days in hospital</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Jivegård L, Petzold M, Stadig I, Svanberg T, Sjögren P. Update: Chlorhexidine wash prior to clean surgical procedures [Uppdaterad: Preoperativ klorhexidintvätt]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2020. Regional activity-based HTA 2020:113.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Centralized automated drug dispensing systems compared to a manual system for patients admitted to hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patients admitted to hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centralized automated drug dispensing systems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual system</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clinical effects (type, severity, rate of medication errors)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Centraliserad automatiserad dosdispensering av läkemedel för patienter inlagda på sjukhus [Centralized automated drug dispensing systems for patients admitted to hospitals]. Örebro: HTA-enheten CAMTÖ; 2020. HTA-rapport 2020:35.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use of bouffant or hood type headgear compared with surgical skull caps or no hair cover for operating room staff during surgery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patients undergoing surgery, in an operating room at a hospital, with incision through intact skin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personnel in the operating room using headgear covering hair, ears and neck (“bouffant” or “hood” type headgear)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personnel in the operating room using non-covering headgear (i.e. “surgical skull cap”) or personnel in the operating room not using headgear</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mortality, serious surgical site infection (sSSI, i.e. deep/subfascial/organ infection, implant infection), sepsis, surgical site infection (SSI), satisfaction with hair cover</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Ricksten M, Andreasson P, Blondeau H, Houltz E, Petzold M, Sjögren P, Stadig I, Svanberg T, Svensson M, Thornell A, Jivegård L. Does headgear type used by the operating room staff affect postoperative surgical site infection rate? [Påverkar typen av operationsmössor som bärs av operationspersonalen frekvensen av postoperativ sårinfektion?]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTAcentrum: 2020. HTA report 2020:120.  More about the review     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standardized cancer care pathways</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patients who seek the care at the general practitioner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Referral through a standardised cancer care pathway (SCCPs)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Referral without a standardised cancer care pathway (SCCPs)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waiting times from GP referrals to specialist clinics, time to start of treatment, survival, patient satisfaction, anxiety, depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Standardiserade vårdförlopp vid misstanke om cancer. Örebro: HTA-enheten CAMTÖ; 2020. Rapport 2020:33.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to no wash prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/756</x:t>
   </x:si>
   <x:si>
     <x:t>No preoperative wash</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Jivegård L, Petzold M, Stadig I, Svanberg T, Sjögren P. Update: Chlorhexidine wash prior to clean surgical procedures [Uppdaterad: Preoperativ klorhexidintvätt]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2020. Regional activity-based HTA 2020:113.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
-    <x:t>Centralized automated drug dispensing systems compared to a manual system for patients admitted to hospitals</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>Preoperative whole body wash with chlorhexidine compared to local wash prior to clean surgical procedures</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/757</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Local preoperative chlorhexidine wash </x:t>
   </x:si>
   <x:si>
     <x:t>Automated Digital Triage in Primary Care compared to triage through a telephone reception managed by nurses</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/737</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Patients who seek contact with primary care </x:t>
   </x:si>
   <x:si>
     <x:t>Digital triage through interactive software programs based on artificial intelligence (AI) (involves both an assessment of reported symptoms and assignment to various healthcare supplies/levels of care)</x:t>
   </x:si>
   <x:si>
     <x:t>Triage through a telephone reception managed by nurses</x:t>
   </x:si>
   <x:si>
     <x:t>Conformity in referral to care, availability, compliance to the referred level of care, patient safety</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> En kartläggning kring automatiserad digital triagering i primärvården och studier baserade på faktiska patienter [Automated Digital Triage in Primary Care – a Systematic Review]. Örebro: HTA-enheten CAMTÖ; 2020.  HTA-rapport 2021:42.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna melanoma (LMM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patients with lentigo maligna melanoma (LMM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grenz rays therapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Healing, relapse of lentigo maligna melanoma (LMM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Buckybehandling/Grenz rays therapy för lentigo maligna/ lentigo maligna melanom. Metodrådet Stockholm–Gotland; 2020. HTA-rapport 2020:57.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna (LM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patients with lentigo maligna (LM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Healing, relapse of lentigo maligna (LM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Buckybehandling/Grenz rays therapy för lentigo maligna/ lentigo maligna melanom, Metodrådet Stockholm–Gotland; 2020. HTA-rapport 2020:57.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automated versus manual preparation systems for intravenous drugs in hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/722</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Patients, in hospital, who need intravenous drugs </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automated preparation systems for intravenous drugs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual preparation for intravenous drugs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proportion of errors, reliability and accuracy, microbial contamination, work environmental aspects</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> En systematisk översikt kring automatiserad beredning av intravenösa läkemedel på sjukhus. A systematic review on in-hospital automated preparation of intravenous drugs. Örebro: HTA-enheten CAMTÖ; 2020. HTA-rapport 2021:41.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Baclofen treatment (intrathecal or peroral) of hereditary or idiopathic dystonia in children </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/725</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Children and youth with idiopathic or hereditary dystonia </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baclofen treatment (intrathecal or peroral administration)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dystonia, quality of life, pain, positioning, activities of daily living (ADL), sleep</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Baklofenbehandling vid ärftlig och idiopatisk dystoni. Metodrådet Stockholm–Gotland; 2020. HTA-rapport 2020:55.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Salt therapy for treatment of umbilical granuloma in infants</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/729</x:t>
   </x:si>
   <x:si>
     <x:t>Infants with umbilical granuloma</x:t>
   </x:si>
   <x:si>
     <x:t>Table salt (with or without iodine)</x:t>
   </x:si>
   <x:si>
     <x:t>Healing</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">  Bordssaltsbehandling av navelgranulom hos spädbarn. Metodrådet Region Stockholm–Gotland; 2021. HTA-rapport 2021:59 .  More about the systematic review  </x:t>
   </x:si>
   <x:si>
     <x:t>Infants</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Baclofen treatment (intrathecal or peroral) of hereditary or idiopathic dystonia in children </x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>The effect of sclerotherapy on chronic Achilles tendinopathy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/730</x:t>
   </x:si>
   <x:si>
     <x:t>Achilles tendinopathy</x:t>
   </x:si>
   <x:si>
     <x:t>Sclerotherapy</x:t>
   </x:si>
   <x:si>
     <x:t>Placebo, other active treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Pain, function, neovascularization and swelling</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Skleroserande injektionsterapi vid kronisk akillestendinopati [The effect of sclerotherapy on chronic Achilles tendinopathy]. Örebro: HTA-enheten CAMTÖ; 2020. HTA-rapport 2020:36.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
-    <x:t>Automated versus manual preparation systems for intravenous drugs in hospitals</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Non-surgical treatments for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/679</x:t>
   </x:si>
   <x:si>
     <x:t>Person with lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>Non-surgical treatments, e.g. low-frequency vibrotherapy, manual lymphatic drainage, intermittent pneumatic compression (IPC), compression bandages, walking, exercise, skin care, diet</x:t>
   </x:si>
   <x:si>
     <x:t>Placebo, no treatment, waiting list, another treatment than the intervention</x:t>
   </x:si>
   <x:si>
     <x:t>Pain, sensitivity to pressure, function including self reported capacity, quality of life, bruising, experiences, negative effects of intervention or control treatment</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Lipödem – dignostik, behandling, upplevelser och erfarenheter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU-rapport nr 327. ISBN 978-91-88437-71-6.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Liposuction of affected tissue in lipedema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liposuction of affected tissue</x:t>
+  </x:si>
+  <x:si>
     <x:t>Methods to diagnose lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/676</x:t>
   </x:si>
   <x:si>
     <x:t>Person with suspected lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>Method to diagnose lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>International agreement of criteria for the diagnosis of lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostic accuracy</x:t>
   </x:si>
   <x:si>
-    <x:t>Liposuction of affected tissue in lipedema</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Bariatric surgery for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/662</x:t>
   </x:si>
   <x:si>
     <x:t>Bariatric surgery</x:t>
   </x:si>
   <x:si>
+    <x:t>Cognitive behavioral therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, externalizing behavior, school achievement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Insatser i öppenvård för att förebygga ungdomars återfall i brott. En systematisk översikt och utvärdering av ekonomiska, sociala och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 308. ISBN 978-91-88437-50-1.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Qualified contact person for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/358</x:t>
   </x:si>
   <x:si>
     <x:t>Qualified contact person</x:t>
   </x:si>
   <x:si>
     <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, externalizing behavior, school achievement.</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> SBU. Insatser i öppenvård för att förebygga ungdomars återfall i brott. En systematisk översikt och utvärdering av ekonomiska, sociala och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 308. ISBN 978-91-88437-50-1.  More about the systematic review  </x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Low-arousal approach for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/378</x:t>
   </x:si>
   <x:si>
     <x:t>Low-arousal approach</x:t>
   </x:si>
   <x:si>
+    <x:t>Mentorship for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mentorship</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multisystemic Therapy for adolescents who had previously engaged in at least one crime regarding reoffence, internalizing behavior and school achievement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multisystemic Therapy (MST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, school achievement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Group cognitive–behavioural therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Group cognitive–behavioural therapy (CBT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Komet for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Komet is a structured intervention to help parents and caregivers reduce conduct problems in children</x:t>
+  </x:si>
+  <x:si>
     <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/357</x:t>
   </x:si>
   <x:si>
     <x:t>Contact family or contact person</x:t>
   </x:si>
   <x:si>
+    <x:t>Mediation for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Multidimensional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/382</x:t>
   </x:si>
   <x:si>
     <x:t>Multidimensional Family Therapy (MDFT)</x:t>
   </x:si>
   <x:si>
-    <x:t>Cognitive behavioral therapy for adolescents who had previously engaged in at least one crime</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Motivational interview for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/381</x:t>
   </x:si>
   <x:si>
     <x:t>Motivational interview</x:t>
   </x:si>
   <x:si>
-    <x:t>Mediation for adolescents who had previously engaged in at least one crime</x:t>
-[...5 lines deleted...]
-    <x:t>Mediation</x:t>
+    <x:t>Relapse therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relapse therapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Child Development Programme, ICDP</x:t>
   </x:si>
   <x:si>
     <x:t>The repulse method for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/363</x:t>
   </x:si>
   <x:si>
     <x:t>The repulse method</x:t>
   </x:si>
   <x:si>
-    <x:t>Relapse therapy for adolescents who had previously engaged in at least one crime</x:t>
-[...5 lines deleted...]
-    <x:t>Relapse therapy</x:t>
+    <x:t>Community intervention team for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Community intervention team</x:t>
   </x:si>
   <x:si>
     <x:t>Counseling Interventions for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/366</x:t>
   </x:si>
   <x:si>
     <x:t>Counseling Interventions</x:t>
   </x:si>
   <x:si>
-    <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
-[...14 lines deleted...]
-    <x:t>Community intervention team</x:t>
+    <x:t>Functional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Functional Family Therapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Insatser i öppenvård för att förebygga ungdomars återfall i brott. En systematisk översikt och utvärdering av ekonomiska, sociala och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 308. ISBN 978-91-88437-50-1.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Connect Program for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Connect Program, an attachment based parenting program</x:t>
   </x:si>
   <x:si>
     <x:t>Dialectical Behavioral Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/352</x:t>
   </x:si>
   <x:si>
     <x:t>Dialectical Behavioral Therapy (DBT)</x:t>
   </x:si>
   <x:si>
-    <x:t>The Connect Program for adolescents who had previously engaged in at least one crime</x:t>
-[...17 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Insatser i öppenvård för att förebygga ungdomars återfall i brott. En systematisk översikt och utvärdering av ekonomiska, sociala och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 308. ISBN 978-91-88437-50-1.  More about the systematic review  </x:t>
+    <x:t>Aggression replacement training for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aggression replacement training (ART)</x:t>
   </x:si>
   <x:si>
     <x:t>Acceptance Committment Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/347</x:t>
   </x:si>
   <x:si>
     <x:t>Acceptance Committment Therapy (ACT)</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Aggression replacement training (ART)</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions to improve adopted children’s mental and physical health</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/77</x:t>
   </x:si>
   <x:si>
     <x:t>Children, age 0–18 years, who are adopted and their parents/guardians</x:t>
   </x:si>
   <x:si>
     <x:t>No intervention or active intervention</x:t>
   </x:si>
   <x:si>
     <x:t>Mental health, attachment, physical health, substance use, delinquency, placement, education, language, cognition, relations, quality of life, experience, identitity, cultural belonging, interpersonal violence, exposure of violence, parental ability, parental mental health</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Drozd F, Bergsund HB, Hammerstrøm KT, Hansen MB, Jacobsen H. A systematic review of courses, training, and interventions for adoptive parents. J Child Fam Stud 2018;27:339-54.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from the SBU Enquiry Service: Interventions to improve adopted children’s mental and physical health. Stockholm: Swedish Agency for Health Technology Assessment and Assessment of Social Services (SBU); 2020.  SBU Enquiry Service  ut202034.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Low arousal approach for young people (7–18 years) with externalized behaviour problems</x:t>
   </x:si>
@@ -4862,289 +4862,289 @@
       </x:c>
       <x:c r="R2" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:19">
       <x:c r="A3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C3" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:19">
       <x:c r="A4" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C4" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K4" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O4" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R4" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:19">
       <x:c r="A5" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C5" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:19">
       <x:c r="A6" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C6" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O6" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R6" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:19">
       <x:c r="A7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:19">
       <x:c r="A8" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="1">
         <x:v>45923</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O8" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R8" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S8" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:19">
       <x:c r="A9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="1">
         <x:v>45915</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
@@ -5167,597 +5167,597 @@
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:19">
       <x:c r="A10" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C10" s="1">
         <x:v>45915</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K10" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O10" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R10" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S10" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:19">
       <x:c r="A11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C11" s="1">
         <x:v>45915</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:19">
       <x:c r="A12" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C12" s="1">
         <x:v>45909</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O12" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R12" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S12" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:19">
       <x:c r="A13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1">
         <x:v>45904</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:19">
       <x:c r="A14" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R14" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S14" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:19">
       <x:c r="A15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C15" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:19">
       <x:c r="A16" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R16" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S16" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:19">
       <x:c r="A17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C17" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:19">
       <x:c r="A18" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C18" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O18" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R18" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S18" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:19">
       <x:c r="A19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C19" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:19">
       <x:c r="A20" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L20" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O20" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R20" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S20" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:19">
       <x:c r="A21" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:19">
       <x:c r="A22" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R22" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S22" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:19">
       <x:c r="A23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="1">
         <x:v>45761</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
@@ -5915,251 +5915,251 @@
       </x:c>
       <x:c r="R26" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S26" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:19">
       <x:c r="A27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C27" s="1">
         <x:v>45645</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:19">
       <x:c r="A28" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1">
         <x:v>45645</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L28" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N28" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O28" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R28" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S28" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:19">
       <x:c r="A29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="1">
         <x:v>45481</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
+      <x:c r="P29" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
       <x:c r="Q29" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:19">
       <x:c r="A30" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C30" s="1">
         <x:v>45481</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q30" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R30" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S30" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:19">
       <x:c r="A31" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C31" s="1">
         <x:v>45481</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="Q31" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:19">
       <x:c r="A32" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C32" s="1">
         <x:v>45475</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
@@ -6232,192 +6232,192 @@
       </x:c>
     </x:row>
     <x:row r="34" spans="1:19">
       <x:c r="A34" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C34" s="1">
         <x:v>45475</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M34" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O34" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R34" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S34" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:19">
       <x:c r="A35" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C35" s="1">
         <x:v>45475</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:19">
       <x:c r="A36" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C36" s="1">
         <x:v>45475</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L36" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M36" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O36" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R36" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S36" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:19">
       <x:c r="A37" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C37" s="1">
         <x:v>45475</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:19">
       <x:c r="A38" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C38" s="1">
         <x:v>45473</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
@@ -6434,51 +6434,51 @@
       </x:c>
       <x:c r="N38" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O38" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R38" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S38" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:19">
       <x:c r="A39" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C39" s="1">
         <x:v>45468</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q39" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -6525,51 +6525,51 @@
       </x:c>
       <x:c r="O40" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q40" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R40" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S40" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:19">
       <x:c r="A41" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C41" s="1">
         <x:v>45434</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q41" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -6616,192 +6616,192 @@
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R42" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S42" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:19">
       <x:c r="A43" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C43" s="1">
         <x:v>45405</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="I43" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="I43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:19">
       <x:c r="A44" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C44" s="1">
         <x:v>45405</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="I44" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J44" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="K44" s="0" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R44" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S44" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:19">
       <x:c r="A45" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
       <x:c r="C45" s="1">
         <x:v>45405</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:19">
       <x:c r="A46" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
       <x:c r="C46" s="1">
         <x:v>45405</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R46" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S46" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:19">
       <x:c r="A47" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -7361,183 +7361,183 @@
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:19">
       <x:c r="A60" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C60" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="J60" s="0" t="s">
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O60" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R60" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S60" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:19">
       <x:c r="A61" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C61" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:19">
       <x:c r="A62" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C62" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O62" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R62" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S62" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:19">
       <x:c r="A63" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C63" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
-        <x:v>326</x:v>
-[...2 lines deleted...]
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:19">
       <x:c r="A64" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
@@ -7546,161 +7546,161 @@
       <x:c r="C64" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O64" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R64" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S64" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:19">
       <x:c r="A65" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C65" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:19">
       <x:c r="A66" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C66" s="1">
         <x:v>45384</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="J66" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L66" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O66" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="R66" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S66" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:19">
       <x:c r="A67" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
       <x:c r="C67" s="1">
         <x:v>45384</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="J67" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:19">
@@ -7713,274 +7713,274 @@
       <x:c r="C68" s="1">
         <x:v>45189</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="L68" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="O68" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R68" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S68" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:19">
       <x:c r="A69" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C69" s="1">
         <x:v>45189</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:19">
       <x:c r="A70" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C70" s="1">
         <x:v>45189</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="I70" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="J70" s="0" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="K70" s="0" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="L70" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M70" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N70" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="O70" s="0" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
       <x:c r="R70" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S70" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:19">
       <x:c r="A71" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C71" s="1">
         <x:v>45139</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N71" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="O71" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="O71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:19">
       <x:c r="A72" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
       <x:c r="C72" s="1">
         <x:v>45139</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="I72" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="I72" s="0" t="s">
+      <x:c r="J72" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="J72" s="0" t="s">
+      <x:c r="K72" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="K72" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L72" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N72" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="O72" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R72" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S72" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:19">
       <x:c r="A73" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C73" s="1">
         <x:v>45139</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:19">
       <x:c r="A74" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C74" s="1">
         <x:v>45097</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
@@ -8015,51 +8015,51 @@
       <x:c r="B75" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C75" s="1">
         <x:v>45097</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N75" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q75" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:19">
       <x:c r="A76" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C76" s="1">
         <x:v>45078</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
@@ -8134,982 +8134,982 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="S77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:19">
       <x:c r="A78" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C78" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
+      <x:c r="J78" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
       <x:c r="K78" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L78" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M78" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O78" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R78" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S78" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:19">
       <x:c r="A79" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C79" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:19">
       <x:c r="A80" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C80" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L80" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M80" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O80" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R80" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S80" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:19">
       <x:c r="A81" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C81" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
-        <x:v>420</x:v>
-[...1 lines deleted...]
-      <x:c r="J81" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:19">
       <x:c r="A82" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C82" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
+      <x:c r="J82" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
       <x:c r="K82" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M82" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O82" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R82" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S82" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:19">
       <x:c r="A83" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C83" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:19">
       <x:c r="A84" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C84" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L84" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M84" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O84" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R84" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S84" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:19">
       <x:c r="A85" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C85" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:19">
       <x:c r="A86" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C86" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M86" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O86" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R86" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S86" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:19">
       <x:c r="A87" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C87" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="J87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:19">
       <x:c r="A88" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C88" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M88" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O88" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="R88" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S88" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:19">
       <x:c r="A89" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C89" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:19">
       <x:c r="A90" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C90" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M90" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O90" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R90" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S90" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:19">
       <x:c r="A91" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
       <x:c r="C91" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:19">
       <x:c r="A92" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
       <x:c r="C92" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M92" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O92" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R92" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S92" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:19">
       <x:c r="A93" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C93" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:19">
       <x:c r="A94" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C94" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M94" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O94" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R94" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S94" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:19">
       <x:c r="A95" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C95" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:19">
       <x:c r="A96" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C96" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M96" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O96" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="R96" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S96" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:19">
       <x:c r="A97" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C97" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:19">
       <x:c r="A98" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C98" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M98" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O98" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R98" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S98" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:19">
       <x:c r="A99" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C99" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:19">
       <x:c r="A100" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C100" s="1">
         <x:v>45060</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
@@ -9308,2339 +9308,2339 @@
       </x:c>
       <x:c r="O104" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R104" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S104" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:19">
       <x:c r="A105" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C105" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:19">
       <x:c r="A106" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C106" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O106" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="R106" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S106" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:19">
       <x:c r="A107" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C107" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
+      <x:c r="O107" s="0" t="s">
+        <x:v>534</x:v>
+      </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:19">
       <x:c r="A108" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C108" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O108" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="R108" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S108" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:19">
       <x:c r="A109" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C109" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="I109" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="I109" s="0" t="s">
+      <x:c r="J109" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="J109" s="0" t="s">
+      <x:c r="K109" s="0" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S109" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:19">
       <x:c r="A110" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C110" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="I110" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="I110" s="0" t="s">
+      <x:c r="J110" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="J110" s="0" t="s">
+      <x:c r="K110" s="0" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
       <x:c r="L110" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O110" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R110" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S110" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:19">
       <x:c r="A111" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C111" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:19">
       <x:c r="A112" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C112" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="O112" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R112" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S112" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:19">
       <x:c r="A113" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C113" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:19">
       <x:c r="A114" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C114" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O114" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R114" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S114" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:19">
       <x:c r="A115" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C115" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:19">
       <x:c r="A116" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C116" s="1">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O116" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="R116" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S116" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:19">
       <x:c r="A117" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C117" s="1">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:19">
       <x:c r="A118" s="0" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>589</x:v>
       </x:c>
       <x:c r="C118" s="1">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="J118" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="J118" s="0" t="s">
+      <x:c r="K118" s="0" t="s">
         <x:v>591</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>592</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O118" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="R118" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S118" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:19">
       <x:c r="A119" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C119" s="1">
         <x:v>44985</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q119" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:19">
       <x:c r="A120" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C120" s="1">
         <x:v>44985</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="L120" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q120" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R120" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S120" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:19">
       <x:c r="A121" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C121" s="1">
         <x:v>44979</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="G121" s="0" t="s">
+      <x:c r="I121" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:19">
       <x:c r="A122" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C122" s="1">
         <x:v>44979</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O122" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R122" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S122" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:19">
       <x:c r="A123" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C123" s="1">
         <x:v>44979</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:19">
       <x:c r="A124" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C124" s="1">
         <x:v>44979</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="I124" s="0" t="s">
-        <x:v>622</x:v>
+      <x:c r="G124" s="0" t="s">
+        <x:v>623</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O124" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S124" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:19">
       <x:c r="A125" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C125" s="1">
         <x:v>44979</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:19">
       <x:c r="A126" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C126" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="G126" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="G126" s="0" t="s">
+      <x:c r="J126" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="J126" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K126" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L126" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O126" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R126" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S126" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:19">
       <x:c r="A127" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C127" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:19">
       <x:c r="A128" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C128" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="J128" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="J128" s="0" t="s">
+      <x:c r="K128" s="0" t="s">
         <x:v>642</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>634</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O128" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R128" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S128" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:19">
       <x:c r="A129" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C129" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:19">
       <x:c r="A130" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C130" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O130" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S130" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:19">
       <x:c r="A131" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C131" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:19">
       <x:c r="A132" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C132" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O132" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R132" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S132" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:19">
       <x:c r="A133" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C133" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:19">
       <x:c r="A134" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C134" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O134" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R134" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S134" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:19">
       <x:c r="A135" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C135" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>631</x:v>
-[...2 lines deleted...]
-        <x:v>622</x:v>
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="G135" s="0" t="s">
+        <x:v>623</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:19">
       <x:c r="A136" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C136" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O136" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R136" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S136" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:19">
       <x:c r="A137" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C137" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>631</x:v>
-[...2 lines deleted...]
-        <x:v>613</x:v>
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="I137" s="0" t="s">
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:19">
       <x:c r="A138" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C138" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O138" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R138" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S138" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:19">
       <x:c r="A139" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="C139" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:19">
       <x:c r="A140" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C140" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="G140" s="0" t="s">
-        <x:v>681</x:v>
+      <x:c r="I140" s="0" t="s">
+        <x:v>685</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O140" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R140" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S140" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:19">
       <x:c r="A141" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C141" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:19">
       <x:c r="A142" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C142" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L142" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O142" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R142" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S142" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:19">
       <x:c r="A143" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C143" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:19">
       <x:c r="A144" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C144" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L144" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O144" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S144" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:19">
       <x:c r="A145" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C145" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:19">
       <x:c r="A146" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C146" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>697</x:v>
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="G146" s="0" t="s">
+        <x:v>681</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L146" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O146" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R146" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S146" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:19">
       <x:c r="A147" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C147" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:19">
       <x:c r="A148" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C148" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L148" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O148" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R148" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S148" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:19">
       <x:c r="A149" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C149" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S149" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:19">
       <x:c r="A150" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C150" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L150" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O150" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R150" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S150" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:19">
       <x:c r="A151" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C151" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:19">
       <x:c r="A152" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C152" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L152" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O152" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R152" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S152" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:19">
       <x:c r="A153" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C153" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
+      <x:c r="O153" s="0" t="s">
+        <x:v>718</x:v>
+      </x:c>
       <x:c r="Q153" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:19">
       <x:c r="A154" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C154" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="L154" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
       <x:c r="Q154" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="R154" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S154" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:19">
       <x:c r="A155" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C155" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q155" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:19">
       <x:c r="A156" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C156" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="L156" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q156" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="R156" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S156" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:19">
       <x:c r="A157" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C157" s="1">
         <x:v>44951</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:19">
       <x:c r="A158" s="0" t="s">
@@ -11678,412 +11678,412 @@
       </x:c>
       <x:c r="O158" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R158" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S158" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:19">
       <x:c r="A159" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C159" s="1">
         <x:v>44950</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:19">
       <x:c r="A160" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C160" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O160" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R160" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S160" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:19">
       <x:c r="A161" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="C161" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:19">
       <x:c r="A162" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C162" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>760</x:v>
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="G162" s="0" t="s">
+        <x:v>761</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="L162" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O162" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R162" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S162" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:19">
       <x:c r="A163" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C163" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>631</x:v>
-[...1 lines deleted...]
-      <x:c r="G163" s="0" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="I163" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:19">
       <x:c r="A164" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C164" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>631</x:v>
-[...2 lines deleted...]
-        <x:v>769</x:v>
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="I164" s="0" t="s">
+        <x:v>770</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R164" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S164" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:19">
       <x:c r="A165" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C165" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:19">
       <x:c r="A166" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C166" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O166" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R166" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S166" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:19">
       <x:c r="A167" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C167" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="I167" s="0" t="s">
-        <x:v>779</x:v>
+      <x:c r="G167" s="0" t="s">
+        <x:v>776</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="K167" s="0" t="s">
         <x:v>780</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>762</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:19">
       <x:c r="A168" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
@@ -12206,2480 +12206,2480 @@
       </x:c>
       <x:c r="O170" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="R170" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S170" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:19">
       <x:c r="A171" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C171" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="J171" s="0" t="s">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="K171" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="J171" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
+      </x:c>
+      <x:c r="N171" s="0" t="s">
+        <x:v>28</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:19">
       <x:c r="A172" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C172" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R172" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S172" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:19">
       <x:c r="A173" s="0" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
         <x:v>804</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>805</x:v>
       </x:c>
       <x:c r="C173" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:19">
       <x:c r="A174" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>808</x:v>
       </x:c>
       <x:c r="C174" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="O174" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R174" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S174" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:19">
       <x:c r="A175" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C175" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S175" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:19">
       <x:c r="A176" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C176" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O176" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R176" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S176" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:19">
       <x:c r="A177" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C177" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S177" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:19">
       <x:c r="A178" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C178" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R178" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S178" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:19">
       <x:c r="A179" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C179" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S179" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:19">
       <x:c r="A180" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C180" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="I180" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="I180" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J180" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O180" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R180" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S180" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:19">
       <x:c r="A181" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C181" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:19">
       <x:c r="A182" s="0" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
         <x:v>832</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>833</x:v>
       </x:c>
       <x:c r="C182" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O182" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R182" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S182" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:19">
       <x:c r="A183" s="0" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
         <x:v>835</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>836</x:v>
       </x:c>
       <x:c r="C183" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:19">
       <x:c r="A184" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C184" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R184" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S184" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:19">
       <x:c r="A185" s="0" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
         <x:v>842</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>843</x:v>
       </x:c>
       <x:c r="C185" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:19">
       <x:c r="A186" s="0" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
         <x:v>845</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>846</x:v>
       </x:c>
       <x:c r="C186" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>27</x:v>
+      </x:c>
+      <x:c r="N186" s="0" t="s">
+        <x:v>28</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R186" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S186" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:19">
       <x:c r="A187" s="0" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
         <x:v>847</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>848</x:v>
       </x:c>
       <x:c r="C187" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S187" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:19">
       <x:c r="A188" s="0" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
         <x:v>849</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>850</x:v>
       </x:c>
       <x:c r="C188" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O188" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R188" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S188" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:19">
       <x:c r="A189" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C189" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S189" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:19">
       <x:c r="A190" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C190" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="J190" s="0" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="K190" s="0" t="s">
         <x:v>799</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>806</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R190" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S190" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:19">
       <x:c r="A191" s="0" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
         <x:v>857</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>858</x:v>
       </x:c>
       <x:c r="C191" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S191" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:19">
       <x:c r="A192" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C192" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O192" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="R192" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S192" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:19">
       <x:c r="A193" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C193" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:19">
       <x:c r="A194" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C194" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L194" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O194" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R194" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S194" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:19">
       <x:c r="A195" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C195" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S195" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:19">
       <x:c r="A196" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C196" s="1">
         <x:v>44880</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R196" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S196" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:19">
       <x:c r="A197" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="C197" s="1">
         <x:v>44880</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S197" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:19">
       <x:c r="A198" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="C198" s="1">
         <x:v>44874</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R198" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S198" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:19">
       <x:c r="A199" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="C199" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S199" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:19">
       <x:c r="A200" s="0" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="C200" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R200" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S200" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:19">
       <x:c r="A201" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
         <x:v>890</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>891</x:v>
       </x:c>
       <x:c r="C201" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S201" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:19">
       <x:c r="A202" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="C202" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R202" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S202" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:19">
       <x:c r="A203" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C203" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:19">
       <x:c r="A204" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="C204" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R204" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S204" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:19">
       <x:c r="A205" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C205" s="1">
         <x:v>44866</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S205" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:19">
       <x:c r="A206" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="C206" s="1">
         <x:v>44866</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R206" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S206" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:19">
       <x:c r="A207" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="C207" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="Q207" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S207" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:19">
       <x:c r="A208" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="C208" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="Q208" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R208" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S208" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:19">
       <x:c r="A209" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C209" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="Q209" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S209" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:19">
       <x:c r="A210" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="C210" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
-        <x:v>28</x:v>
-[...2 lines deleted...]
-        <x:v>927</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="Q210" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R210" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S210" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:19">
       <x:c r="A211" s="0" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
         <x:v>928</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>929</x:v>
       </x:c>
       <x:c r="C211" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="P211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q211" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S211" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:19">
       <x:c r="A212" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="C212" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
+      <x:c r="P212" s="0" t="s">
+        <x:v>933</x:v>
+      </x:c>
       <x:c r="Q212" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R212" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S212" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:19">
       <x:c r="A213" s="0" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
         <x:v>935</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>936</x:v>
       </x:c>
       <x:c r="C213" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
+      <x:c r="P213" s="0" t="s">
+        <x:v>937</x:v>
+      </x:c>
       <x:c r="Q213" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S213" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:19">
       <x:c r="A214" s="0" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="C214" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q214" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R214" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S214" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:19">
       <x:c r="A215" s="0" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="C215" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q215" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S215" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:19">
       <x:c r="A216" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="C216" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q216" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R216" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S216" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:19">
       <x:c r="A217" s="0" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="C217" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q217" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S217" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:19">
       <x:c r="A218" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="C218" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q218" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R218" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S218" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:19">
       <x:c r="A219" s="0" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="C219" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q219" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S219" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:19">
       <x:c r="A220" s="0" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="C220" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q220" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R220" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S220" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:19">
       <x:c r="A221" s="0" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="C221" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q221" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S221" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:19">
       <x:c r="A222" s="0" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="C222" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q222" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R222" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S222" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:19">
       <x:c r="A223" s="0" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="C223" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q223" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S223" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:19">
       <x:c r="A224" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="C224" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q224" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R224" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S224" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:19">
       <x:c r="A225" s="0" t="s">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
         <x:v>971</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>972</x:v>
       </x:c>
       <x:c r="C225" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q225" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S225" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:19">
       <x:c r="A226" s="0" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
         <x:v>974</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>975</x:v>
       </x:c>
       <x:c r="C226" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q226" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="R226" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S226" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -14717,192 +14717,192 @@
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="Q227" s="0" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S227" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:19">
       <x:c r="A228" s="0" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="C228" s="1">
         <x:v>44843</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="I228" s="0" t="s">
+      <x:c r="H228" s="0" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q228" s="0" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="R228" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S228" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:19">
       <x:c r="A229" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="C229" s="1">
         <x:v>44843</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="H229" s="0" t="s">
+      <x:c r="I229" s="0" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="Q229" s="0" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S229" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:19">
       <x:c r="A230" s="0" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="C230" s="1">
         <x:v>44837</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P230" s="0" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="Q230" s="0" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="R230" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S230" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:19">
       <x:c r="A231" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="C231" s="1">
         <x:v>44836</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q231" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S231" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:19">
       <x:c r="A232" s="0" t="s">
@@ -15031,51 +15031,51 @@
       </x:c>
       <x:c r="R234" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S234" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:19">
       <x:c r="A235" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="C235" s="1">
         <x:v>44832</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S235" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -15204,98 +15204,98 @@
       </x:c>
       <x:c r="O238" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="R238" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S238" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:19">
       <x:c r="A239" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="C239" s="1">
         <x:v>44819</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S239" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:19">
       <x:c r="A240" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="C240" s="1">
         <x:v>44819</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R240" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S240" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -15471,51 +15471,51 @@
       </x:c>
       <x:c r="R244" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S244" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:19">
       <x:c r="A245" s="0" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="C245" s="1">
         <x:v>44745</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S245" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -15559,51 +15559,51 @@
       </x:c>
       <x:c r="R246" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S246" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:19">
       <x:c r="A247" s="0" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="C247" s="1">
         <x:v>44742</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S247" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -15647,51 +15647,51 @@
       </x:c>
       <x:c r="R248" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S248" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:19">
       <x:c r="A249" s="0" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C249" s="1">
         <x:v>44742</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S249" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -15958,620 +15958,620 @@
       </x:c>
       <x:c r="S255" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:19">
       <x:c r="A256" s="0" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="C256" s="1">
         <x:v>44607</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L256" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R256" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S256" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:19">
       <x:c r="A257" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="C257" s="1">
         <x:v>44607</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S257" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:19">
       <x:c r="A258" s="0" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C258" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="I258" s="0" t="s">
         <x:v>1115</x:v>
       </x:c>
-      <x:c r="I258" s="0" t="s">
+      <x:c r="J258" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O258" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R258" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S258" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:19">
       <x:c r="A259" s="0" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="C259" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="I259" s="0" t="s">
         <x:v>1119</x:v>
       </x:c>
-      <x:c r="I259" s="0" t="s">
+      <x:c r="J259" s="0" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S259" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:19">
       <x:c r="A260" s="0" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="C260" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
-        <x:v>1123</x:v>
-[...1 lines deleted...]
-      <x:c r="J260" s="0" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O260" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R260" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S260" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:19">
       <x:c r="A261" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="C261" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S261" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:19">
       <x:c r="A262" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="C262" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L262" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R262" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S262" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:19">
       <x:c r="A263" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="C263" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S263" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:19">
       <x:c r="A264" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="C264" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
-        <x:v>1136</x:v>
-[...1 lines deleted...]
-      <x:c r="J264" s="0" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L264" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R264" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S264" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:19">
       <x:c r="A265" s="0" t="s">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="C265" s="1">
         <x:v>44601</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>1140</x:v>
       </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>1141</x:v>
+      </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S265" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:19">
       <x:c r="A266" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="C266" s="1">
         <x:v>44601</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
-        <x:v>1143</x:v>
-[...1 lines deleted...]
-      <x:c r="J266" s="0" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L266" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R266" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S266" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:19">
       <x:c r="A267" s="0" t="s">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="C267" s="1">
         <x:v>44601</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>1147</x:v>
       </x:c>
+      <x:c r="J267" s="0" t="s">
+        <x:v>1148</x:v>
+      </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S267" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:19">
       <x:c r="A268" s="0" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="C268" s="1">
         <x:v>44601</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L268" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R268" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S268" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:19">
       <x:c r="A269" s="0" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="C269" s="1">
         <x:v>44601</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>1155</x:v>
       </x:c>
-      <x:c r="J269" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S269" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:19">
       <x:c r="A270" s="0" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="C270" s="1">
         <x:v>44600</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
@@ -16638,377 +16638,377 @@
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S271" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:19">
       <x:c r="A272" s="0" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="C272" s="1">
         <x:v>44600</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L272" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O272" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="R272" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S272" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:19">
       <x:c r="A273" s="0" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="C273" s="1">
         <x:v>44600</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S273" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:19">
       <x:c r="A274" s="0" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
         <x:v>1173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1174</x:v>
       </x:c>
       <x:c r="C274" s="1">
         <x:v>44600</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L274" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O274" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="R274" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S274" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:19">
       <x:c r="A275" s="0" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="C275" s="1">
         <x:v>44600</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S275" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:19">
       <x:c r="A276" s="0" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="C276" s="1">
         <x:v>44600</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L276" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O276" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="R276" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S276" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:19">
       <x:c r="A277" s="0" t="s">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="C277" s="1">
         <x:v>44549</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>1186</x:v>
       </x:c>
-      <x:c r="J277" s="0" t="s">
+      <x:c r="K277" s="0" t="s">
         <x:v>1187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1188</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S277" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:19">
       <x:c r="A278" s="0" t="s">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
         <x:v>1190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1191</x:v>
       </x:c>
       <x:c r="C278" s="1">
         <x:v>44549</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="G278" s="0" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="I278" s="0" t="s">
+      <x:c r="K278" s="0" t="s">
         <x:v>1193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1194</x:v>
       </x:c>
       <x:c r="L278" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N278" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="O278" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="R278" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S278" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:19">
       <x:c r="A279" s="0" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
         <x:v>1196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1197</x:v>
       </x:c>
       <x:c r="C279" s="1">
         <x:v>44549</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="I279" s="0" t="s">
         <x:v>1198</x:v>
       </x:c>
-      <x:c r="G279" s="0" t="s">
+      <x:c r="J279" s="0" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N279" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S279" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:19">
       <x:c r="A280" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="C280" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
@@ -17028,192 +17028,192 @@
       </x:c>
       <x:c r="O280" s="0" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="R280" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S280" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:19">
       <x:c r="A281" s="0" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="C281" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S281" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:19">
       <x:c r="A282" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="C282" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="L282" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N282" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O282" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="R282" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S282" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:19">
       <x:c r="A283" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="C283" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S283" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:19">
       <x:c r="A284" s="0" t="s">
-        <x:v>1227</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="C284" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="L284" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N284" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O284" s="0" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="R284" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S284" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:19">
       <x:c r="A285" s="0" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
@@ -17225,51 +17225,51 @@
       <x:c r="E285" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S285" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:19">
       <x:c r="A286" s="0" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="C286" s="1">
         <x:v>44544</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
@@ -17297,266 +17297,266 @@
         <x:v>387</x:v>
       </x:c>
       <x:c r="S286" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:19">
       <x:c r="A287" s="0" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="C287" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>1247</x:v>
       </x:c>
+      <x:c r="J287" s="0" t="s">
+        <x:v>796</x:v>
+      </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S287" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:19">
       <x:c r="A288" s="0" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="B288" s="0" t="s">
         <x:v>1251</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1252</x:v>
       </x:c>
       <x:c r="C288" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="I288" s="0" t="s">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="J288" s="0" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="K288" s="0" t="s">
         <x:v>1253</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1255</x:v>
       </x:c>
       <x:c r="L288" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N288" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="O288" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="R288" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S288" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:19">
       <x:c r="A289" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="C289" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="I289" s="0" t="s">
+        <x:v>1258</x:v>
+      </x:c>
+      <x:c r="J289" s="0" t="s">
         <x:v>1259</x:v>
       </x:c>
-      <x:c r="I289" s="0" t="s">
+      <x:c r="K289" s="0" t="s">
         <x:v>1260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1261</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S289" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:19">
       <x:c r="A290" s="0" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="B290" s="0" t="s">
         <x:v>1263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1264</x:v>
       </x:c>
       <x:c r="C290" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="I290" s="0" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="I290" s="0" t="s">
+      <x:c r="K290" s="0" t="s">
         <x:v>1266</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1268</x:v>
       </x:c>
       <x:c r="L290" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N290" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="O290" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="R290" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S290" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:19">
       <x:c r="A291" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="C291" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="I291" s="0" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="K291" s="0" t="s">
         <x:v>1272</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1275</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="S291" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:19">
       <x:c r="A292" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="C292" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="I292" s="0" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="J292" s="0" t="s">
         <x:v>1279</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>796</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="L292" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N292" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O292" s="0" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="R292" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S292" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:19">
       <x:c r="A293" s="0" t="s">
@@ -17594,104 +17594,104 @@
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S293" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:19">
       <x:c r="A294" s="0" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="C294" s="1">
         <x:v>44529</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="I294" s="0" t="s">
         <x:v>1291</x:v>
       </x:c>
-      <x:c r="I294" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J294" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="L294" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O294" s="0" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="R294" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S294" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:19">
       <x:c r="A295" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="C295" s="1">
         <x:v>44529</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="J295" s="0" t="s">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="K295" s="0" t="s">
         <x:v>1297</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1287</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S295" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:19">
       <x:c r="A296" s="0" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
@@ -17729,947 +17729,947 @@
       </x:c>
       <x:c r="R296" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S296" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:19">
       <x:c r="A297" s="0" t="s">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="C297" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K297" s="0" t="s">
         <x:v>1303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1304</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S297" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:19">
       <x:c r="A298" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="C298" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L298" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O298" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R298" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S298" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:19">
       <x:c r="A299" s="0" t="s">
-        <x:v>1310</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="C299" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S299" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:19">
       <x:c r="A300" s="0" t="s">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="B300" s="0" t="s">
         <x:v>1313</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1314</x:v>
       </x:c>
       <x:c r="C300" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="L300" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O300" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R300" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S300" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:19">
       <x:c r="A301" s="0" t="s">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="B301" s="0" t="s">
         <x:v>1316</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1317</x:v>
       </x:c>
       <x:c r="C301" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S301" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:19">
       <x:c r="A302" s="0" t="s">
+        <x:v>1318</x:v>
+      </x:c>
+      <x:c r="B302" s="0" t="s">
         <x:v>1319</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1320</x:v>
       </x:c>
       <x:c r="C302" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="L302" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O302" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R302" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S302" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:19">
       <x:c r="A303" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C303" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S303" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:19">
       <x:c r="A304" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C304" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="L304" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O304" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R304" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S304" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:19">
       <x:c r="A305" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="C305" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S305" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:19">
       <x:c r="A306" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="C306" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="L306" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O306" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R306" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S306" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:19">
       <x:c r="A307" s="0" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="C307" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S307" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:19">
       <x:c r="A308" s="0" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="C308" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L308" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O308" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R308" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S308" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:19">
       <x:c r="A309" s="0" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="C309" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S309" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:19">
       <x:c r="A310" s="0" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="C310" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L310" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O310" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R310" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S310" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:19">
       <x:c r="A311" s="0" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="C311" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S311" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:19">
       <x:c r="A312" s="0" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>1350</x:v>
       </x:c>
       <x:c r="C312" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L312" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O312" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R312" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S312" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:19">
       <x:c r="A313" s="0" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="C313" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S313" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:19">
       <x:c r="A314" s="0" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="C314" s="1">
         <x:v>44361</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L314" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O314" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="R314" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S314" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:19">
       <x:c r="A315" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="C315" s="1">
         <x:v>44361</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S315" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:19">
       <x:c r="A316" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="C316" s="1">
         <x:v>44361</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="L316" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O316" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R316" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S316" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:19">
       <x:c r="A317" s="0" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="C317" s="1">
         <x:v>44358</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S317" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:19">
       <x:c r="A318" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="C318" s="1">
         <x:v>44358</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O318" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="R318" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S318" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:19">
       <x:c r="A319" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="C319" s="1">
         <x:v>44235</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>1375</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>1376</x:v>
       </x:c>