--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c5a06b2af0f47e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cb7d9d14b704e11ba90ea8064544f01.psmdcp" Id="R5e621af157614e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radfc1cd4e64c418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d02d927fa7f644c5b55004e887b624b4.psmdcp" Id="R4b5b268f9c814067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1384" uniqueCount="1384">
   <x:si>
     <x:t>Title</x:t>
   </x:si>
   <x:si>
     <x:t>Reg. no.</x:t>
   </x:si>
   <x:si>
@@ -125,66 +125,66 @@
   <x:si>
     <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 359 . More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Adults</x:t>
   </x:si>
   <x:si>
     <x:t>No</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with post covid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1115</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on sick leave because of post covid</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions (that is, multiple treatments often delivered by a team of practitioners from different professions, aimed at promoting health and facilitating return to work) Interventions are provided within the health care system</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 35 9. More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Coordination or workplace interventions for return to work for individuals with post covid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/1114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coordination or workplace interventions, that is, interventions within the health care system, involving direct contact with the workplace or employer, or where the patient interacts with a coordinator or case manager fulfilling a coordinating function</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 359.  More about the review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with post covid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1113</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Coordination or workplace interventions, that is, interventions within the health care system, involving direct contact with the workplace or employer, or where the patient interacts with a coordinator or case manager fulfilling a coordinating function</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for return to work for individuals with post covid</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1116</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions (that is, single treatments or therapies aimed at promoting health and facilitating return to work)  initiated within the health care system</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1118</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1101</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on sick leave because of bipolar disorder</x:t>
   </x:si>
@@ -228,75 +228,75 @@
     <x:t xml:space="preserve"> SBU. Insatser i vården vid långtidssjukskrivning. En systematisk översikt och utvärdering av medicinska, hälsoekonomiska och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 359. M ore about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with bipolar disorder</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/1016</x:t>
   </x:si>
   <x:si>
     <x:t>Unimodal interventions for mental disorders regarding return to work in the long time perspective, health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/987</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on sick leave because of the following mental disorders (from ICD-10): reaction to severe stress, and adjustment disorders; depression and recurrent depressive disorder; anxiety disorders</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Unimodal interventions (that is, single treatments or therapies aimed at promoting health and facilitating return to work) initiated within the health care system </x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcome: Return to work in the long time perspective (more than 12 months)
 Secondary outcome: Measures on health and functioning</x:t>
   </x:si>
   <x:si>
-    <x:t>Interventions targeting health care professionals promoting return to work for individuals with musculoskeletal disorders</x:t>
-[...5 lines deleted...]
-    <x:t>Persons on sick leave because of the following musculoskeletal disorders (from ICD-10): dorsalgia, cervical disc disorders, fibromyalgia, disorder in shoulder, pain, arthrosis of hip and knee</x:t>
+    <x:t>Coordination or workplace interventions for return to work for individuals with mental disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/993</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes:
 •	Return to work in the short time perspective (up to 12 months)
 •	Return to work in the long time perspective (more than 12 months)
 Secondary outcome: Measures on health and functioning</x:t>
   </x:si>
   <x:si>
+    <x:t>Interventions targeting health care professionals promoting return to work for individuals with musculoskeletal disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2025/997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Persons on sick leave because of the following musculoskeletal disorders (from ICD-10): dorsalgia, cervical disc disorders, fibromyalgia, disorder in shoulder, pain, arthrosis of hip and knee</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unimodal interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/998</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SBU 2025/993</x:t>
   </x:si>
   <x:si>
     <x:t>Interventions targeting health care professionals promoting return to work for individuals with mental disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/994</x:t>
   </x:si>
   <x:si>
     <x:t>Persons on sick leave because of the following mental disorders (from ICD-10): reaction to severe stress, and adjustment disorders; depression and recurrent depressive disorder; anxiety disorders.</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for return to work for individuals with a breast cancer diagnosis</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/999</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination or workplace interventions for return to work for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2025/992</x:t>
   </x:si>
   <x:si>
     <x:t>Multimodal interventions for individuals with musculoskeletal disorders regarding return to work in the long time perspective (more than 12 months), health and function</x:t>
   </x:si>
@@ -652,129 +652,129 @@
   <x:si>
     <x:t>Pharmacological treatment for epilepsy prevention</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">No treatment or another active treatment than the intervention </x:t>
   </x:si>
   <x:si>
     <x:t>Clinically diagnosed epilepsy, epileptic seizures</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Chang RS, Leung WC, Vassallo M, Sykes L, Battersby Wood E, Kwan J. Antiepileptic drugs for the primary and secondary prevention of seizures after stroke. Cochrane Database Syst Rev. 2022;2(2):CD005398.  More about the review   </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Läkemedelsbehandling för att förebygga epilepsi efter stroke eller traumatisk hjärnskada [Medication use for epilepsy prevention after stroke or traumatic brain injury]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2024. SBU:s upplysningstjänst.  More about the report  </x:t>
   </x:si>
   <x:si>
     <x:t>Medication use for epilepsy prevention after traumatic brain injury</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/448</x:t>
   </x:si>
   <x:si>
     <x:t>Adults with a recent traumatic brain injury</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Psychodynamic therapy (PDT) compared to cognitive behavioral therapy (CBT) during postpartum depression </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated instrument</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy (PDT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognitive behavioral therapy (CBT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Degree of depression symptoms measured with validated depression instruments.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Psykologisk behandling av postpartumdepression. En systematisk översikt inklusive hälsoekonomiska och etiska aspekter [Psychological Treatment for Postpartum Depression A systematic review including health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar, rapport nr 358.  More about the review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Counselling compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/372</x:t>
   </x:si>
   <x:si>
-    <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated instrument</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Supporting councelling including person-centered health visiting</x:t>
   </x:si>
   <x:si>
-    <x:t>Cognitive behavioral therapy (CBT)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Long-term effects of interpersonal therapy (IPT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/371</x:t>
   </x:si>
   <x:si>
     <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated instrument.</x:t>
   </x:si>
   <x:si>
     <x:t>Interpersonal therapy (IPT)</x:t>
   </x:si>
   <x:si>
     <x:t>Long-term effects of interpersonal therapy (IPT) on depression symptoms, health related quality of life and maternal responsiveness.</x:t>
   </x:si>
   <x:si>
+    <x:t>Interventions to promote parental responsiveness and child development during postpartum depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated depression instrument</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supportive councelling and other psychological interventions to treat depression and to strengthen the mother-child relationship.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Degree of depression symptoms, health related quality of life, as well as maternal responsiveness and child development. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Interpersonal therapy (IPT) compared to cognitive behavioral therapy (CBT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/377</x:t>
   </x:si>
   <x:si>
     <x:t>Degree of depression symptoms measured with validated depression instruments</x:t>
   </x:si>
   <x:si>
     <x:t>Short-term psychodynamic therapy (short-term PDT) during postpartum depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/378</x:t>
   </x:si>
   <x:si>
     <x:t>Women (≥18 years) with depression during postpartum period (up to 12 months after birth). Depression must be diagnosed with a clinical interview or exceed the clinical threshold on a validated depression instrument.</x:t>
   </x:si>
   <x:si>
     <x:t>Short-term psychodynamic therapy (short-term PDT)</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t xml:space="preserve">Degree of depression symptoms, health related quality of life, as well as maternal responsiveness and child development. </x:t>
   </x:si>
   <x:si>
     <x:t>Long term effects of robot-assisted vs freehand surgery of the spine</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/365</x:t>
   </x:si>
   <x:si>
     <x:t>Patients from the age of 12 with an indication for surgery on the vertebral column</x:t>
   </x:si>
   <x:si>
     <x:t>Robot-assisted surgery</x:t>
   </x:si>
   <x:si>
     <x:t>Standard freehand surgery</x:t>
   </x:si>
   <x:si>
     <x:t>Long term effects (&gt;6 mån) on pain, on functions or quality of life. Accuracy of screws, duration of surgery, exposure to radiation, complications, frequency of reoperations</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> En systematisk översikt om robotassisterad vs sedvanlig ryggkirurgi [A systematic review on robot-assisted vs freehand surgery of the spine]. Örebro: Centre for Assessment of Medical Technology in Örebro (Camtö); 2023. HTA-rapport 2023:57  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Dynamic braces for non surgical treatment of patients with isolated PCL injuries</x:t>
   </x:si>
@@ -896,180 +896,180 @@
   <x:si>
     <x:t>General supportive bereavement care for parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/308</x:t>
   </x:si>
   <x:si>
     <x:t>Population	Parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>General supportive bereavement care</x:t>
   </x:si>
   <x:si>
     <x:t>Other intervention or care as usual</x:t>
   </x:si>
   <x:si>
     <x:t>Parental and sibling mental illness (such as depression, anxiety and reaction to severe stress) and self-assessed quality of life</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Bemötande och stöd när barn föds döda: en systematisk översikt. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Bereder, rapport nr 354.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Infants, Children/adolescents, Adults</x:t>
   </x:si>
   <x:si>
+    <x:t>Support programs, which focuses on facilitating the grieving process, for parents and siblings of stillborn children</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parents and siblings of stillborn children</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Support programs, which focuses on facilitating the grieving process</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Bemötande och stöd när barn föds döda: en systematisk översikt. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Bereder rapport nr 354.  More about the review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Support programs, focusing on post-loss care, for parents and siblings of stillborn children</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/309</x:t>
   </x:si>
   <x:si>
-    <x:t>Parents and siblings of stillborn children</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Support programs, focusing on post-loss care</x:t>
   </x:si>
   <x:si>
-    <x:t>Support programs, which focuses on facilitating the grieving process, for parents and siblings of stillborn children</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Outreach programs to enhance mediation among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/274</x:t>
   </x:si>
   <x:si>
     <x:t>Outreach programs to enhance mediation</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rapport nr 369.  More about the review . </x:t>
   </x:si>
   <x:si>
+    <x:t>Psychosocial interventions during incarceration for individuals affiliated to gangs, in order to prevent relapse in gang-related crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incarcarated individuals affiliated to gangs, or incarcerated individuals with high risk of committing violent crimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychosocial interventions during incarceration, e.g., information on the consequences of continued criminal activity, treatment for gang membership, interventions to help them stay away from drugs and gangs, risk and needs assessments, substance use treatment, CBT, education, assistance in seeking employment or education programs, health counseling, housing support, mentorship-programs, mediation with crime victims, contact with social workers, other tailored support (such as for a driver's license, social training), case management.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">No intervention, other intervention. </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Relapse in crime and criminal behavior (regardless of criminality-type), adverse events, long-term outcomes. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Family-based therapy for delinquent youth with a known gang affiliation or high gang risk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/271</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Adolescents with known gang affiliation or with high gang risk </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Family-based therapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No family-based therapy, other intervention</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Gang involvement, carrying a gun, gun violence, adverse effects, long term consequences </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kurve Kriegen to reduce gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kurve Kriegen</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rapport nr 369.  More about the review.  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Drug market intervention (DMI) to prevent gun violence</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/270</x:t>
   </x:si>
   <x:si>
     <x:t>Drug market intervention</x:t>
   </x:si>
   <x:si>
-    <x:t>Family-based therapy for delinquent youth with a known gang affiliation or high gang risk</x:t>
-[...44 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rapport nr 369.  More about the review.  </x:t>
+    <x:t>Police-Led Community Initiative to Reduce Gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Police-Led Community Initiative to Reduce Gun violence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The intervention Repulse to reduce gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The intervention Repulse</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar rapport nr 369.  More about the review . </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Social action groups to reduce gun violence among criminal street gangs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2024/278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Social action groups</x:t>
   </x:si>
   <x:si>
     <x:t>Operation Peacemaker Fellowship among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/275</x:t>
   </x:si>
   <x:si>
     <x:t>Operation Peacemaker Fellowship</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>Social action groups</x:t>
   </x:si>
   <x:si>
     <x:t>Community Initiative to Reduce Violence (CIRV) among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/269</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Community Initiative to Reduce Violence (CIRV) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Psykosociala insatser för att förebygga och minska gängkriminalitet bland barn och unga vuxna [Psychosocial interventions preventing gang-related crime among children and young adults under the age of 30]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2023. SBU Utvärderar, rappport nr 369.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Concern calls to reduce gun violence among criminal street gangs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2024/268</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Concern calls </x:t>
   </x:si>
   <x:si>
     <x:t>No intervention (concern calls)</x:t>
   </x:si>
@@ -1283,242 +1283,242 @@
 •	Degree of nausea
 •	Vomiting
 •	Inability to tolerate oral fluids or food
 Secondary outcomes:
 •	Hospital treatment
 •	Health-related quality of life
 •	Small-for-gestational-age infant
 •	Preterm birth</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more    </x:t>
   </x:si>
   <x:si>
     <x:t>Dextrose saline compared to normal saline rehydration in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/604</x:t>
   </x:si>
   <x:si>
     <x:t>Dextrose saline rehydration</x:t>
   </x:si>
   <x:si>
     <x:t>Saline rehydration</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychological treatment in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychological treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychosocial support in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/612</x:t>
   </x:si>
   <x:si>
     <x:t>Psychosocial support</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychological treatment in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...5 lines deleted...]
-    <x:t>Psychological treatment</x:t>
+    <x:t>Total parenteral nutrition (TPN) in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total parenteral nutrition (TPN) in addition to standard care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nasogastric tube feeding in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nasogastric tube feeding in addition to standard care</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more     </x:t>
   </x:si>
   <x:si>
     <x:t>Outpatient compared to inpatient care in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/607</x:t>
   </x:si>
   <x:si>
     <x:t>Outpatient care</x:t>
   </x:si>
   <x:si>
     <x:t>Inpatient care</x:t>
   </x:si>
   <x:si>
-    <x:t>Total parenteral nutrition (TPN) in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...20 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more     </x:t>
+    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prednisolone</x:t>
   </x:si>
   <x:si>
     <x:t>Vitamin B6 compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/606</x:t>
   </x:si>
   <x:si>
     <x:t>Vitamin B6</x:t>
   </x:si>
   <x:si>
-    <x:t>Prednisolone compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Sick leave in extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/613</x:t>
   </x:si>
   <x:si>
     <x:t>Sick leave</x:t>
   </x:si>
   <x:si>
+    <x:t>Holistic individual care plan in addition to standard care compared to standard care alone in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holistic individual care plan in addition to standard care</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more    </x:t>
+  </x:si>
+  <x:si>
     <x:t>Hydrocortisone compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/592</x:t>
   </x:si>
   <x:si>
     <x:t>Hydrocortisone</x:t>
   </x:si>
   <x:si>
     <x:t>Metoclopramide</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more    </x:t>
-[...8 lines deleted...]
-    <x:t>Holistic individual care plan in addition to standard care</x:t>
+    <x:t>Metoclopramide compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Promethazine</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to metoclopramide in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/597</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron</x:t>
   </x:si>
   <x:si>
-    <x:t>Metoclopramide compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Acupressure compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/585</x:t>
   </x:si>
   <x:si>
     <x:t>Acupressure</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more  </x:t>
   </x:si>
   <x:si>
+    <x:t>Ondansetron combined with metoclopramide compared to monotherapy or placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ondansetron combined with metoclopramide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monotherapy or placebo</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initial fasting compared to expedited oral intake in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initial fasting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expedited oral intake</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">  SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.   Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Granisetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Granisetron</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginger capsules compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginger capsules</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Acupuncture compared to placebo in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum) </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/586</x:t>
   </x:si>
   <x:si>
     <x:t>Acupuncture</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> SBU. Behandling av extremt graviditetsillamående (hyperemesis gravidarum): en systematisk översikt [Treatments for extreme nausea and vomiting in pregnancy (hyperemesis gravidarum): a systematic review]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 355.  Read more  </x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Methylprednisolone compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU2023/596</x:t>
   </x:si>
   <x:si>
     <x:t>Methylprednisolone</x:t>
   </x:si>
   <x:si>
     <x:t>Ondansetron compared to promethazine in the treatment of extreme nausea and vomiting in pregnancy (hyperemesis gravidarum)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/598</x:t>
   </x:si>
   <x:si>
     <x:t>Allograft compared to conventional treatment in peripheral nerve surgery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/535</x:t>
   </x:si>
   <x:si>
     <x:t>Traumatic peripheral nerve injuries of the upper extremities</x:t>
   </x:si>
   <x:si>
     <x:t>Processed nerve allograft (PNA)</x:t>
@@ -1541,286 +1541,286 @@
   <x:si>
     <x:t>Morbus Osler</x:t>
   </x:si>
   <x:si>
     <x:t>Endoscope-assisted coblation</x:t>
   </x:si>
   <x:si>
     <x:t>Conventional curettage</x:t>
   </x:si>
   <x:si>
     <x:t>Bleeding, postoperative pain, operation time, relapse</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Effekt av behandling med coblation av adenoider. Region Värmland; 2021. HTA rapport 2021:06.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Endoscope-assisted coblation compared to conventional curettage for patients with inverted papilloma</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/537</x:t>
   </x:si>
   <x:si>
     <x:t>Inverted papilloma</x:t>
   </x:si>
   <x:si>
-    <x:t>Access to both manual wheelchair and wheelchair scooter compared to access to manual wheelchair only</x:t>
-[...15 lines deleted...]
-Secondary outcomes: Ability to carry, move or handle objects; engage in education, work and employment; engage in social life; independence; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance; identity</x:t>
+    <x:t>Manual wheelchair with wheels in heavier or less stiff material compared to wheels in lighter or more stiff material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>People of all ages, with permanently reduced mobility, who use a maual wheelchair they operate themselves (self-propelled)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair with wheels in heavier or less stiff material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair with wheels in lighter or more stiff material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary outcomes: Mobility, maneuverability
+Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders, pain, endurance</x:t>
   </x:si>
   <x:si>
     <x:t>Functional disability</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">  SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects].  Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
+    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair with suspension or vibration attenuation compared to manual wheelchair without suspension or vibration attenuation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair with suspension or vibration attenuation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair without suspension or vibration attenuation</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lightweight manual wheelchair compared to manual wheelchair in a heavier material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/471</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Lightweight manual wheelchair </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair in a heavier material</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Primary outcomes: Mobility, maneuverability
+Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders, pain, endurance
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Practical education and training in the use of a wheelchair, compared to no practical training and education or only theoretical information or instruction</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/456</x:t>
   </x:si>
   <x:si>
     <x:t>People of all ages, with permanently reduced mobility, who use a wheelchair (manual or electric) they operate themselves (self-propelled)</x:t>
   </x:si>
   <x:si>
     <x:t>Practical education and training in the use of a wheelchair with Wheelchair Skills Training Program (WSTP), WheelSeeU or EPIC Wheels</x:t>
   </x:si>
   <x:si>
     <x:t>No practical education and training in the use of a wheelchair or only theoretical information or instruction</x:t>
   </x:si>
   <x:si>
     <x:t>Adults:
 Primary outcomes: Mobility, usefulness 
 Secondary outcomes: Driving position, sitting position
 Children/young people:
 Primary outcomes: Maneuverability, mobility, usefulness
 Secondary outcomes: Driving position, sitting position</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347 .  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities compared to access only to manual wheelchair for activities in life situations</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/461</x:t>
   </x:si>
   <x:si>
     <x:t>People of all ages, with permanently reduced mobility, who use a manual wheelchair they operate themselves (self-propelled)</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair for activities in the full range of life situations and manual wheelchair for recreational activities</x:t>
   </x:si>
   <x:si>
     <x:t>Access only to manual wheelchair for activities in the full range of life situations</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Engage in social life; quality of life
 Secondary outcomes: Driving and sitting position; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance; identity</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
-[...33 lines deleted...]
-    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
+    <x:t>Access to both manual wheelchair and wheelchair scooter compared to access to manual wheelchair only</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>People of all ages, with permanently reduced mobility, who use a wheelchair they operate themselves (self-propelled)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to both manual wheelchair and wheelchair scooter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access to manual wheelchair only</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary outcomes: Mobility; quality of life
+Secondary outcomes: Ability to carry, move or handle objects; engage in education, work and employment; engage in social life; independence; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance; identity</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">  SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects].  Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Individually adapted wheelchair seat cushions compared to seat cushions that are not individually adapted</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/465</x:t>
   </x:si>
   <x:si>
     <x:t>Individually adapted wheelchair seat cushions</x:t>
   </x:si>
   <x:si>
     <x:t>Wheelchair seat cushions that are not individually adapted</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Maneuverability 
 Secondary outcomes: Mobility, driving position, sitting position</x:t>
   </x:si>
   <x:si>
-    <x:t>Lightweight manual wheelchair compared to manual wheelchair in a heavier material</x:t>
-[...16 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.  Read more  </x:t>
+    <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike) compared to manual wheelchair without such devices</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hand-propelled devices added to a manual wheelchair to transform it into a handbike (half-handbike)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchair without such hand-propelled devices</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary outcomes: Engage in social life; mobility
+Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; endurance</x:t>
   </x:si>
   <x:si>
     <x:t>Freedom to be able to choose a wheelchair and additional equipment (freedom of choice) compared to lack of choice</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/457</x:t>
   </x:si>
   <x:si>
     <x:t>Freedom to be able to choose a wheelchair and additional equipment (freedom of choice)</x:t>
   </x:si>
   <x:si>
     <x:t>Lack of choice</x:t>
   </x:si>
   <x:si>
     <x:t>Independence, autonomy, self-efficacy, quality of life, identity, activity, participation, ergonomics, health</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">  SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects].  Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.   Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propulsion units for manual wheelchairs compared to manual wheelchairs without propulsion units</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propulsion units for manual wheelchairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual wheelchairs without propulsion units</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347 .  Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheelchair with person-specific molded seat unit compared to wheelchair without person-specific molded seat unit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheelchair with person-specific molded seat unit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheelchair without person-specific molded seat unit</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Exemption from fees compared to fees for wheelchairs and additional equipment </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exemption from fees for wheelchairs and additional equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fees for wheelchairs and additional equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autonomy, satisfaction</x:t>
   </x:si>
   <x:si>
     <x:t>Comparison between different variants of electric wheelchairs</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/458</x:t>
   </x:si>
   <x:si>
     <x:t>People of all ages, with permanently reduced mobility, who use an electric wheelchair they operate themselves (self-propelled)</x:t>
   </x:si>
   <x:si>
     <x:t>Electric wheelchair</x:t>
   </x:si>
   <x:si>
     <x:t>Another variant of electric wheelchair</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Mobility, maneuverability
 Secondary outcomes: Repetitive strain injuries in hands/arms/shoulders; pain; endurance</x:t>
-  </x:si>
-[...56 lines deleted...]
-    <x:t>Autonomy, satisfaction</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both manual wheelchair and electric wheelchair compared to access to manual wheelchair only</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/446</x:t>
   </x:si>
   <x:si>
     <x:t>Access to both electric wheelchair and manual wheelchair</x:t>
   </x:si>
   <x:si>
     <x:t>Primary outcomes: Mobility; quality of life
 Secondary outcomes: Ability to carry, move or handle objects; engage in education, work and employment; engage in social life; independence; repetitive strain injuries in hands/arms/shoulders; pain; injuries/falls; identity; endurance</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU.  Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet  [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm:  Statens beredning för medicinsk och social utvärdering  (SBU); 2022.  SBU Utvärderar  347.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Access to an electric wheelchair for indoor use and another electric wheelchair for outdoor use, compared to access to one electric wheelchair only (for both indoor and outdoor use)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/445</x:t>
   </x:si>
   <x:si>
     <x:t>Access to one electric wheelchair for indoor use and another electric wheelchair for outdoor use</x:t>
@@ -1831,81 +1831,81 @@
   <x:si>
     <x:t>Primary outcomes: Mobility; quality of life
 Secondary outcomes: Engage in education, work and employment; engage in social life; independence; injuries/falls; identity</x:t>
   </x:si>
   <x:si>
     <x:t>Wheelchair with individual adaptations compared to wheelchair without individual adaptations</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/447</x:t>
   </x:si>
   <x:si>
     <x:t>Wheelchair with individual adaptations</x:t>
   </x:si>
   <x:si>
     <x:t>Wheelchair without individual adaptations</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes: Maneuverability 
 Secondary outcomes: Mobility, driving position, sitting position
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Rullstolar och tilläggsutrustning. Utvärdering av effekt, upplevelser och erfarenheter samt kostnadseffektivitet [Wheelchairs and wheelchair accessories. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 347.  Read more  </x:t>
   </x:si>
   <x:si>
+    <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in anxiety disorder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adult persons diagnosed with generalized anxiety syndrome, eg. generalized anxiety disorder (GAD), social anxiety disorder, panic disorder, posttraumatic stress disorder (PTSD), obsessive compulsive disorder (OCD) and specific phobia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Focused Acceptance and Commitment Therapy (FACT), also known as brief ACT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traditional Cognitive Behavioural Therapy (CBT), Acceptance and Commitment Therapy (ACT), or another active treatment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symtoms, quality of life, function</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">  Informationen är hämtad från SBU:s upplysningstjänst : SBU.  Fokuserad  Acceptance and Commitment Therapy (FACT)  vid depression och ångestsyndrom  [Focused Acceptance and Commitment Therapy (FACT) for depression and anxiety disorder]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst  ut202221.  Read more  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Focused Acceptance and Commitment Therapy (FACT) compared to traditional CBT, ACT, or another active treatment in depression</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/209</x:t>
   </x:si>
   <x:si>
     <x:t>Adult persons diagnosed with depression (including major depressive disorder, dysthymia, or bipolar disorder)</x:t>
   </x:si>
   <x:si>
-    <x:t>Focused Acceptance and Commitment Therapy (FACT), also known as brief ACT</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">  Informationen är hämtad från SBU:s upplysningstjänst : SBU. Fokuserad Acceptance and Commitment Therapy (FACT)  vid depression och ångestsyndrom  [Focused Acceptance and Commitment Therapy (FACT) for depression and anxiety disorder]. Stockholm:  Statens beredning för medicinsk och social utvärdering  (SBU); 2022.  SBU:s upplysningstjänst  ut202221.  Read more  </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t xml:space="preserve">  Informationen är hämtad från SBU:s upplysningstjänst : SBU.  Fokuserad  Acceptance and Commitment Therapy (FACT)  vid depression och ångestsyndrom  [Focused Acceptance and Commitment Therapy (FACT) for depression and anxiety disorder]. Stockholm:  Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst  ut202221.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of peanuts in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/203</x:t>
   </x:si>
   <x:si>
     <x:t>Adults, from 18 years, with diabetes type 2</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of peanuts</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of peanuts</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
@@ -1931,466 +1931,466 @@
     <x:t>•	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of animal fat in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/199</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of animal fat</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of animal fat</x:t>
   </x:si>
   <x:si>
     <x:t>•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of green tea in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of green tea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of green tea</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of tea in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/201</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of tea</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of tea</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>Lower consumption of fruit</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/166</x:t>
   </x:si>
   <x:si>
     <x:t>Adults, from 18 years, with diabetes type 1</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA)</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of the omega-3 fatty acids EPA and DHA</x:t>
   </x:si>
   <x:si>
     <x:t>•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/165</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of omega-3 fatty acids from fish and seafood</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of omega-3 fatty acids from fish and seafood</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of vegetable fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/161</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of vegetable fat</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of vegetable fat</x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of eggs in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of eggs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of eggs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fruit in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of fruit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of fruit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of polyunsaturated fat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of polyunsaturated fat</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of saturated fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/162</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of saturated fat</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of saturated fat</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 1 diabetes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/164</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of trans fat</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of trans fat</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of cholesterol in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/167</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of cholesterol</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of cholesterol</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of tea in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/169</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SBU 2023/170</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of peanuts in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/171</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">  SBU. Mat vid diabetes [Diets for diabetes: a systematic review and assessment of effects, health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 345.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Higher compared to lower consumption of green tea in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of salt in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of salt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of salt</x:t>
+  </x:si>
+  <x:si>
     <x:t>Higher compared to lower consumption of fish in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/172</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of fish</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of fish</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of salt in type 2 diabetes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Water compared to beverages that contain sweeteners in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/148</x:t>
   </x:si>
   <x:si>
     <x:t>Water</x:t>
   </x:si>
   <x:si>
     <x:t>Beverages that contain sweeteners</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of trans fat in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/157</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of cholesterol in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of animal fat in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fat (regardless of type) in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of polyunsaturated fat in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of vegetable fat in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of salt in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher compared to lower consumption of fruit in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/151</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Higher consumption of fruit </x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of fish in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/149</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of eggs in type 1 diabetes</x:t>
-[...41 lines deleted...]
-    <x:t>SBU 2023/156</x:t>
+    <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/159</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of omega-3 fatty acids from fish and seafood in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/158</x:t>
   </x:si>
   <x:si>
-    <x:t>Higher compared to lower consumption of the omega-3 fatty acids eicosapentaenoic acid (EPA) and docosahexaenoic acid (DHA) in type 2 diabetes</x:t>
-[...14 lines deleted...]
-    <x:t>Safewards</x:t>
+    <x:t>Six core strategies to reduce coercive measures in inpatient mental healthcare, including compulsory psychiatric care and forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adults in inpatient mental healthcare, including compulsory psychiatric care and forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Six core strategies</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes: Coercive measures such as seclusion and restraint
 Secondary outcomes: Patient experiences, everyday functioning and quality of life 
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Metoder för att minska tvångsåtgärder inom psykiatrisk slutenvård: Safewards och Six core strategies [Methods to reduce coercive measures within inpatient mental healthcare: Safewards and Six core strategies]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst ut202220.   Read more   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safewards to reduce coercive measures in forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adults in forensic psychiatric care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safewards</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 
  Finch K, Lawrence D, Williams MO, Thompson AR, Hartwright C. A Systematic Review of the Effectiveness of Safewards: Has Enthusiasm Exceeded Evidence? Issues Ment Health Nurs. 2022;43(2):119-36.  More about the review  
  Mullen A, Browne G, Hamilton B, Skinner S, Happell B. Safewards: An integrative review of the literature within inpatient and forensic mental health units. Int J Ment Health Nurs. 2022.  More about the review  
  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Metoder för att minska tvångsåtgärder inom psykiatrisk slutenvård: Safewards och Six core strategies [Methods to reduce coercive measures within inpatient mental healthcare: Safewards and Six core strategies]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst ut202220.  Read more  </x:t>
   </x:si>
   <x:si>
-    <x:t>Six core strategies to reduce coercive measures in inpatient mental healthcare, including compulsory psychiatric care and forensic psychiatric care</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Virtual Reality in the treatment of eating disorders</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/118</x:t>
   </x:si>
   <x:si>
     <x:t>Persons diagnosed with an eating disorder</x:t>
   </x:si>
   <x:si>
     <x:t>Virtual reality-based treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Another treatment than the intervention, no treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Symptoms, remission, function, weight change</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Behandling av ätstörningar med virtual reality-teknik [Virtual Reality in the treatment of eating disorders]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU:s upplysningstjänst ut202102.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Post-suicide intervention in schools and preschools</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/117</x:t>
   </x:si>
   <x:si>
     <x:t>Children, adolescents and young adults until 20 years of age</x:t>
   </x:si>
   <x:si>
     <x:t>Post-suicide interventions in schools and preschools</x:t>
   </x:si>
   <x:si>
     <x:t>Any control group, standard support, no support</x:t>
   </x:si>
   <x:si>
     <x:t>Mental health and function, trauma symptoms</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Krisstöd i förskola och skola vid suicid [Post-suicide intervention in schools and preschools]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU:s upplysningstjänst ut202212.  Read more  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-fat diet, including greater consumption of dairy products, compared to the same treatment as the intervention group but with a maintained baseline dairy intake in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2023/88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-fat diet, including greater consumption of dairy products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The same treatment as the intervention group but with a maintained baseline dairy intake</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary outcomes:
+•	Mortality (total and cause-specific mortality)
+•	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
+•	Diabetes remission
+•	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
+•	Side effects (e.g. hypo- or hyperglycemia).
+Additional outcomes:
+•	Glucose control (HbA1c)
+•	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Mat vid diabetes [Diets for diabetes: A systematic review and assessment of effects, health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 345.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Water compared to beverages that contain sweeteners in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/80</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Primary outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> SBU. Mat vid diabetes [Diets for diabetes: A systematic review and assessment of effects, health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 345.  More about the review  </x:t>
-[...24 lines deleted...]
-  <x:si>
     <x:t>High-fat diet, including greater consumption of dairy products, compared to the same treatment as the intervention group but with a maintained baseline dairy intake in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2023/78</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of paleolithic diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/957</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of paleolithic diet</x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of paleolithic diet</x:t>
   </x:si>
   <x:si>
     <x:t>•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia)</x:t>
   </x:si>
   <x:si>
@@ -2399,116 +2399,116 @@
   <x:si>
     <x:t>SBU 2022/959</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Higher consumption of protein </x:t>
   </x:si>
   <x:si>
     <x:t>Lower consumption of protein</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of protein in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/955</x:t>
   </x:si>
   <x:si>
     <x:t>Higher consumption of protein</x:t>
   </x:si>
   <x:si>
     <x:t>•	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia)</x:t>
   </x:si>
   <x:si>
-    <x:t>Vegetarian diet compared to low-fat diet in type 2 diabetes</x:t>
-[...8 lines deleted...]
-    <x:t>Low-fat diet</x:t>
+    <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Higher consumption of Dietary Approach to Stop Hypertension (DASH)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower consumption of DASH</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">•	Mortality (total and cause-specific mortality)
+•	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
+•	Diabetes remission
+•	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
+•	Side effects (e.g. hypo- or hyperglycemia)
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ornish diet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-fat diet with energy restrictions</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
-[...8 lines deleted...]
-    <x:t>Low-fat diet with energy restrictions</x:t>
+    <x:t>Higher compared to lower consumption of Dietary Approach to Stop Hypertension (DASH) in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vegetarian diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/951</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Vegetarian diet </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-fat diet</x:t>
   </x:si>
   <x:si>
     <x:t>Higher compared to lower consumption of paleolithic diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/954</x:t>
-  </x:si>
-[...24 lines deleted...]
-</x:t>
   </x:si>
   <x:si>
     <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/948</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Diet with low glycemic index (GI) </x:t>
   </x:si>
   <x:si>
     <x:t>Diet with high glycemic index (GI)</x:t>
   </x:si>
   <x:si>
     <x:t>Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Diabetes remission
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)</x:t>
   </x:si>
   <x:si>
@@ -2523,279 +2523,279 @@
   <x:si>
     <x:t>Physiotherapeutic interventions</x:t>
   </x:si>
   <x:si>
     <x:t>No treatment, sham treatment, treatment as usual or an active treatment option</x:t>
   </x:si>
   <x:si>
     <x:t>Diastasis (curative effect, diastasis width, recurrence), effect on symptoms, physical function, disability, health related quality of life, adverse effects and complications</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Behandling av rektusdiastas hos kvinnor [Treatment of women with diastasis recti: HTA Report]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 346.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Surgical interventions for women with symptomatic diastasis recti</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/930</x:t>
   </x:si>
   <x:si>
     <x:t>Women with symptomatic diastasis of the rectus abdominis muscle (DRAM) after pregnancy, weight loss or caused by unspecified/unknown causes (clinical diagnosis of DRAM of &gt;2 cm or two finger widths)</x:t>
   </x:si>
   <x:si>
     <x:t>Surgery</x:t>
   </x:si>
   <x:si>
+    <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet, with or without energy restrictions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-fat diet, with or without energy restrictions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/921</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ketogenic diet without energy restrictions </x:t>
+  </x:si>
+  <x:si>
     <x:t>Ornish diet compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/913</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)
 </x:t>
   </x:si>
   <x:si>
     <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/919</x:t>
   </x:si>
   <x:si>
     <x:t>Low-carb diet without energy restrictions</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (30 E%) compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/916</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (30 E%)</x:t>
   </x:si>
   <x:si>
     <x:t>Low-carb diet compared to low-fat diet in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/918</x:t>
   </x:si>
   <x:si>
     <x:t>Low-carb diet</x:t>
   </x:si>
   <x:si>
+    <x:t>Ketogenic diet compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediterranean diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/910</x:t>
   </x:si>
   <x:si>
     <x:t>Mediterranean</x:t>
   </x:si>
   <x:si>
-    <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 2 diabetes</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Energy reduced diet, with or without the addition of physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/914</x:t>
   </x:si>
   <x:si>
     <x:t>Energy reduced diet with or without the addition of physical activity</x:t>
   </x:si>
   <x:si>
     <x:t>Regular dietary treatments</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t xml:space="preserve">High-protein diet (20 E%) </x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/917</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Adults, from 18 years, with diabetes type 2
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">High-protein diet 30 E% </x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet 20 E%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 1 diabetes</x:t>
-[...8 lines deleted...]
-    <x:t>SBU 2022/891</x:t>
+    <x:t>Diet with low glycemic index (GI) compared to diet with high GI in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet (20 E%) compared to low-fat diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/915</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">High-protein diet (20 E%) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vegetarian diet compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vegetarian diet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/889</x:t>
   </x:si>
   <x:si>
     <x:t>Main outcomes:
 •	Mortality (total and cause-specific mortality)
 •	Morbidity (total morbidity, diabetes complications, need for drug treatment, osteoporosis)
 •	Quality of life (e.g. EQ-5D, SF-6D, SF-36)
 •	Side effects (e.g. hypo- or hyperglycemia).
 Additional outcomes:
 •	Glucose control (HbA1c)
 •	Body weight, BMI, waist circumference, blood pressure, and plasma lipids (LDL cholesterol, HDL cholesterol, total cholesterol, triglycerides)</x:t>
   </x:si>
   <x:si>
-    <x:t>Low-carb diet, without energy restrictions, compared to low-fat diet in type 1 diabetes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>High-protein diet (30 E%) compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/886</x:t>
   </x:si>
   <x:si>
     <x:t>Low-carb diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/888</x:t>
   </x:si>
   <x:si>
+    <x:t>Ketogenic diet, with or without energy restrictions, compared to low-fat diet, with or without energy restrictions, in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ketogenic diet without energy restrictions compared to low-fat diet with energy restrictions in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 1 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>High-protein diet 30 E%</x:t>
+  </x:si>
+  <x:si>
     <x:t>High-protein diet (20 E%) compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/885</x:t>
   </x:si>
   <x:si>
     <x:t>High-protein diet (20 E%)</x:t>
   </x:si>
   <x:si>
-    <x:t>High-protein diet 30 E% compared to high-protein diet 20 E% in type 1 diabetes</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ketogenic diet compared to low-fat diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/892</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ketogenic diet </x:t>
   </x:si>
   <x:si>
+    <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 2 diabetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reduced energy diet</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intermittent energy intake restriction compared to continuous energy intake restriction in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/862</x:t>
   </x:si>
   <x:si>
     <x:t>Intermittent energy intake restriction</x:t>
   </x:si>
   <x:si>
     <x:t>Continuous energy intake restriction</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Mat vid diabetes [Diets for diabetes: A systematic review and assessment of effects, health economic and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Utvärderar 345.  More about the review   </x:t>
   </x:si>
   <x:si>
-    <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 2 diabetes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy diet compared to regular dietary treatments in diabetes type 2</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/858</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatments with reduced energy diet</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting compared to plate method in type 2 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/864</x:t>
   </x:si>
   <x:si>
     <x:t>Carbohydrate counting</x:t>
   </x:si>
   <x:si>
     <x:t>Plate method</x:t>
   </x:si>
   <x:si>
     <x:t>Reduced energy diet, in combination with meal replacement based on Very Low Energy Diet (VLED), compared to reduced energy diet in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/830</x:t>
@@ -2869,341 +2869,341 @@
   <x:si>
     <x:t>Advanced carbohydrate counting</x:t>
   </x:si>
   <x:si>
     <x:t>Calculating insulin dose</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment, combining low-fat diet with physical activity, compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/792</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment, combining low-fat diet with physical activity</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment with low-fat diet compared to regular dietary treatments in type 1 diabetes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/791</x:t>
   </x:si>
   <x:si>
     <x:t>Intensive lifestyle treatment with low-fat diet</x:t>
   </x:si>
   <x:si>
+    <x:t>CBCL (Child Behaviour Check List) to describe problems and social skills in children and adolescents with mental health problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Children, adolescents and young adults until 21 years of age</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">CBCL (Child Behavior Check List) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Only applicable for the evaluation of criterion validity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychometric properties, validity, and reliability</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Paalman CH, Terwee CB, Jansma EP, Jansen LMC. Instruments Measuring Externalizing Mental Health Problems in Immigrant Ethnic Minority Youths: A Systematic Review of Measurement Properties. PLOS ONE. 2013;8(5):e63109.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Information from: SBU. Standardiserade bedömningsmetoder i utredningar av barn och unga inom socialtjänsten [Standardised assessment tools in investigations of children and adolescents within the child protection service]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Bereder 344.  More about the report  </x:t>
+  </x:si>
+  <x:si>
     <x:t>AUDIT (Alcohol Use Disorders Identification Test) for identification of risky and harmful alcohol consumption in adolescents</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/729</x:t>
   </x:si>
   <x:si>
-    <x:t>Children, adolescents and young adults until 21 years of age</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">AUDIT (Alcohol Use Disorders Identification Test) </x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Psychometric properties, validity, and reliability</x:t>
   </x:si>
   <x:si>
     <x:t>Health care, Social services</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> O’Connor EA, Perdue LA, Senger CA, Rushkin M, Patnode CD, Bean SI, Jonas DE. Screening and Behavioral Counseling Interventions to Reduce Unhealthy Alcohol Use in Adolescents and Adults: An Updated Systematic Review for the U.S. Preventive Services Task Force. Evidence Synthesis No. 171. AHRQ Publication No. 18-05242-EF-1. Rockville, MD: Agency for Healthcare Research and Quality; 2018.  More about the review  
  Newton AS, Soleimani A, Kirkland SW, Gokiert RJ. A Systematic Review of Instruments to Identify Mental Health and Substance Use Problems Among Children in the Emergency Department. Academic Emergency Medicine. 2017;24(5):552-68.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Information from: SBU. Standardiserade bedömningsmetoder i utredningar av barn och unga inom socialtjänsten [Standardised assessment tools in investigations of children and adolescents within the child protection service]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2022. SBU Bereder 344.  More about the report  </x:t>
-[...11 lines deleted...]
-    <x:t xml:space="preserve"> Paalman CH, Terwee CB, Jansma EP, Jansen LMC. Instruments Measuring Externalizing Mental Health Problems in Immigrant Ethnic Minority Youths: A Systematic Review of Measurement Properties. PLOS ONE. 2013;8(5):e63109.  More about the review  </x:t>
+    <x:t>TLFB (Timeline Follow-Back) for identification of increased alcohol consumption among different risk groups</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/727</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">TLFB (Timeline Follow-Back) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTQ (Childhood Trauma Questionnaire) measuring exposure to violence, sexual abuse and neglect, retrospectively (in adolescents and young adults)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/735</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">CTQ (Childhood Trauma Questionnaire) </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> McTavish JR, Gonzalez A, Santesso N, MacGregor JCD, McKee C, MacMillan HL. Identifying children exposed to maltreatment: a systematic review update. BMC Pediatr. 2020;20(1):113.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/728</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">UngDOK (Documentation system in substance abuse care) </x:t>
   </x:si>
   <x:si>
     <x:t>ASSIST-Y (Alcohol, Smoking and Substance Involvement Sreening Test – Youth) for early identification of the use of unhealthy and harmful substances in children and adolescents</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/730</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ASSIST-Y (Alcohol, Smoking and Substance Involvement Sreening Test – Youth) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Patnode CD, Perdue LA, Rushkin M, O’Connor EA. Screening for Unhealthy Drug Use in Primary Care in Adolescents and Adults, Including Pregnant Persons: Updated Systematic Review for the U.S. Preventive Services Task Force Rockville (MD): Agency for Healthcare Research and Quality (US); 2020 Jun. Report No.: 19-05255-EF-1.  More about the review  
   O’Connor EA, Perdue LA, Senger CA, Rushkin M, Patnode CD, Bean SI, Jonas DE. Screening and Behavioral Counseling Interventions to Reduce Unhealthy Alcohol Use in Adolescents and Adults: An Updated Systematic Review for the U.S. Preventive Services Task Force. Evidence Synthesis No. 171. AHRQ Publication No. 18-05242-EF-1. Rockville, MD: Agency for Healthcare Research and Quality; 2018.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>UngDOK (Documentation system in substance abuse care) in investigations of adolescents with substance abuse and social problems</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CRAFFT (Car, Relax, Alone, Forget, Friends, Trouble) for screening of substance (alcohol or other drugs) based on context and negative consequences (in adolescents)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/734</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">CRAFFT (Car, Relax, Alone, Forget, Friends, Trouble) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Patnode CD, Perdue LA, Rushkin M, O’Connor EA. Screening for Unhealthy Drug Use in Primary Care in Adolescents and Adults, Including Pregnant Persons: Updated Systematic Review for the U.S. Preventive Services Task Force Rockville (MD): Agency for Healthcare Research and Quality (US); 2020 Jun. Report No.: 19-05255-EF-1.  More about the review  
   Newton AS, Soleimani A, Kirkland SW, Gokiert RJ. A Systematic Review of Instruments to Identify Mental Health and Substance Use Problems Among Children in the Emergency Department. Academic Emergency Medicine. 2017;24(5):552-68.  More about the review  </x:t>
   </x:si>
   <x:si>
-    <x:t>CTQ (Childhood Trauma Questionnaire) measuring exposure to violence, sexual abuse and neglect, retrospectively (in adolescents and young adults)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>ORS (Outcome Rating Scale) in assessments of a client's perceptions of problems and goal attainment during therapeutic treatment</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/714</x:t>
   </x:si>
   <x:si>
     <x:t>ORS (Outcome Rating Scale) assesses a client's perceptions of problems and goal attainment during therapeutic treatment</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ADDIS-Y (Alcohol Drug Diagnosis Instrument) to diagnose harmful use, abuse and dependence on alcohol and other drugs in adolescents </x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/708</x:t>
   </x:si>
   <x:si>
     <x:t>ADDIS-Y (Alcohol Drug Diagnosis Instrument)</x:t>
   </x:si>
   <x:si>
+    <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/706</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ADAD (Adolescent Drug Abuse Diagnosis) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 5–15 form for assessing the development and behaviour of children and adolescents from 5 to 15 years of age</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/707</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">The 5–15 form </x:t>
+  </x:si>
+  <x:si>
     <x:t>NODS (National Opinion Research Center DSM-IV Screen for Gambling) to measure gambling problems</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/713</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">NODS (National Opinion Research Center DSM-IV Screen for Gambling) </x:t>
   </x:si>
   <x:si>
-    <x:t>ADAD (Adolescent Drug Abuse Diagnosis) assessment tool for adolescents with substance abuse and social problems</x:t>
-[...14 lines deleted...]
-    <x:t xml:space="preserve">The 5–15 form </x:t>
+    <x:t>PPGM (Problem and Pathological Gambling Measure) for measuring problem and pathological gambling in young adults during last year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/716</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">PPGM (Problem and Pathological Gambling Measure) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUDIT (Drug Use Disorders Identification Test) for identification of drug-related problems in adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/710</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">DUDIT (Drug Use Disorders Identification Test) </x:t>
   </x:si>
   <x:si>
     <x:t>SCL 90 (Symptoms Checklist) in measuring a person’s psychological and physical distress during the past week</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/717</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">SCL 90 (Symptoms Checklist) </x:t>
   </x:si>
   <x:si>
     <x:t>SRS (Session Rating Scale) in measuring the client's perception of a completed treatment interview</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/718</x:t>
   </x:si>
   <x:si>
     <x:t>SRS (Session Rating Scale) is developed to measure the client's perception of a completed treatment interview</x:t>
   </x:si>
   <x:si>
+    <x:t>Standardized assessment methods for assessing the quality of life of children and adolescents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGSI (Problem Gambling Severity Index) for measuring the prevalence of gambling problems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/715</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">PGSI (Problem Gambling Severity Index) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGE (Cut-down, Annoyment, Guilt Eyeopener) for identification of risky alcohol habits</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/709</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">CAGE (Cut-down, Annoyment, Guilt Eyeopener) </x:t>
+  </x:si>
+  <x:si>
     <x:t>Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) for identification of people with alcohol problems in the general population or in a clinical situation (short version of the screening form MAST)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/712</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mm-MAST (Malmö modification of the Brief Michigan Alcoholism Screening Test) </x:t>
   </x:si>
   <x:si>
-    <x:t>PPGM (Problem and Pathological Gambling Measure) for measuring problem and pathological gambling in young adults during last year</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Bekymringssamtal for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/689</x:t>
   </x:si>
   <x:si>
     <x:t>Adolescents between the ages of 12 and 17 years who had previously engaged in at least one crime (excluding sexual offenses)</x:t>
   </x:si>
   <x:si>
     <x:t>Bekymringssamtal (a conversation of concern)</x:t>
   </x:si>
   <x:si>
     <x:t>Crime (e.g., arrests, convictions, or self-reported offending), externalizing or internalizing behavior, school achievement</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Insatser i öppenvård för att förebygga ungdomars återfall i brott. En systematisk översikt och utvärdering av ekonomiska, sociala och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 308. ISBN 978-91-88437-50-1.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from SBU Enquiry Service: SBU. Bekymringssamtal [A conversation of concern]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU:s upplysningstjänst ut202108.  Read more  </x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t xml:space="preserve"> Information from: SBU. Förstudie: Risk- och behovsbedömningsmetoders förmåga att bedöma barns risk för utsatthet för våld och försummelse inom familjen. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. Published 2021-08-31.  Information in Swedish  </x:t>
   </x:si>
   <x:si>
     <x:t>Social and psychological treatment in compulsory treatment of girls</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/677</x:t>
   </x:si>
   <x:si>
     <x:t>Girls, aged 11–25 years, in compulsory treatment (social care, psychiatric care, forensic psychiatric care, or prison)</x:t>
   </x:si>
   <x:si>
     <x:t>Social and psychological treatment (including interventions to reduce substance abuse and addiction, criminality, externalized behaviour problems, self harm and other mental health problems, both during and after the intervention)</x:t>
   </x:si>
   <x:si>
     <x:t>Another treatment than the active intervention</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Positive and negative effects of the interventions regarding:
 •	drug abuse and addiction
 •	criminality
 •	antisocial behaviour/serious behaviour problems/norm breaking behaviour
 •	aggression
 •	self harm, suicide attempt, suicide 
 •	mental health (depression, anxiety, low mood, eating disorder, PTSD) 
 •	coping with neuropsychiatric disorders, symptoms
 •	security
 •	quality of life
 •	well-being
 •	dental health
 •	physical health, including sexually transmitted diseases 
 •	occupation
 •	education
 •	housing
 •	cooperation between the institution and, e.g., social services, child and adolescent psychiatry and school 
 •	experiences of interventions in compulsory treatment (the girls and their relatives) 
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from: SBU. Förstudie: Behandlingsinsatser för flickor i tvångsvård. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. Published 2021-10-29.  Information in Swedish  </x:t>
   </x:si>
   <x:si>
+    <x:t>Risk assessment in predicting abuse and neglect of children within the family</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Families where children (0–12 years) are exposed to abuse and neglect</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk assessment instruments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Registers, self assessments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abuse, neglect, referral to child welfare authorities</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Information from: SBU. Förstudie: Risk- och behovsbedömningsmetoders förmåga att bedöma barns risk för utsatthet för våld och försummelse inom familjen. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. Published 2021-08-31.  Information in Swedish  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Divorce mediation for parents in child custody disputes</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/658</x:t>
   </x:si>
   <x:si>
     <x:t>Parents in child custody disputes</x:t>
   </x:si>
   <x:si>
     <x:t>Divorce mediation</x:t>
   </x:si>
   <x:si>
     <x:t>No intervention, active intervention, waiting list</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Litigations
 •	Agreements
 •	Cooperation (between parents)
 •	Level of conflict
 •	Parents’ understanding of their child’s needs 
 •	Mental health, including stress, anxiety, depression (parents)
 •	Mental health, including stress, anxiety, depression (child/children)
 •	Well-being
 •	Interpersonal violence, exposure to violence (parents)
 •	Interpersonal violence, exposure to violence (child/children)
@@ -3215,85 +3215,85 @@
 •	Referral to child welfare authorities 
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Socialstyrelsen. Interventioner för att förebygga och hantera föräldrars konflikter och tvister kring vårdnad, boende och umgänge. En systematisk översikt om effekter. Stockholm: Socialstyrelsen; 2011. Artikelnr 2011-6-32.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from the SBU Enquiry Service: SBU. Samarbetssamtal och medling vid vårdnadstvist eller konflikt [Divorce mediation]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU:s upplysningstjänst ut202112.  Read more  </x:t>
   </x:si>
   <x:si>
     <x:t>Psychological treatment in Psychogenic Non-Epileptic Seizures (PNES)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/655</x:t>
   </x:si>
   <x:si>
     <x:t>Persons with Psychogenic Non-Epileptic Seizures (PNES)</x:t>
   </x:si>
   <x:si>
     <x:t>Symptoms, frequency of seizures, patient reported outcome measures (PROMs), quality of life, health economy, return to work</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Information from the SBU Enquiry Service: SBU. Treatment of Psychogenic Non-Epileptic Seizures. Stockholm: Swedish Agency for Health Technology Assessment and Assessment of Social Services (SBU); 2022. SBU Enquiry Service  ut202203 .  Read more     </x:t>
   </x:si>
   <x:si>
-    <x:t>Counselling for mild to moderate depression and anxiety disorder during pregnancy</x:t>
-[...5 lines deleted...]
-    <x:t>Pregnant women with mild to moderate depression and anxiety disorder (diagnosed or symptoms measured with validated instruments)</x:t>
+    <x:t>Counselling for mild to moderate anxiety disorder during pregnancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pregnant women with mild to moderate anxiety disorder (diagnosed or symptoms measured with validated instruments)</x:t>
   </x:si>
   <x:si>
     <x:t>Counselling</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Primary: no intervention, care as usual, or placebo
 •	Secondary: other treatment
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Primary: degree of symptoms, diagnosis, quality of life (measured with validated instruments)
 •	Secondary: satisfaction with treatment, side effects, sick leave, parent’s attachment to the child (antenatal), suicidal ideation, suicide attempt or completed suicide
 </x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve"> SBU. Förlossningsrädsla, depression och ångest under graviditet [Fear of childbirth, depression and anxiety during pregnancy: A systematic review and assessment of medical, economic, social and ethical aspects. An HTA Report]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU-rapport nr 322. ISBN 978-91-88437-66-2.  More about the review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Counselling for mild to moderate depression and anxiety disorder during pregnancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pregnant women with mild to moderate depression and anxiety disorder (diagnosed or symptoms measured with validated instruments)</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve"> SBU. Förlossningsrädsla, depression och ångest under graviditet [Fear of childbirth, depression and anxiety during pregnancy: A systematic review and assessment of medical, economic, social and ethical aspects. An HTA Report]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU-rapport nr 322. ISBN 978-91-88437-66-2.  More about the review  </x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Förlossningsrädsla, depression och ångest under graviditet [Fear of childbirth, depression and anxiety during pregnancy: A systematic review and assessment of medical, economic, social and ethical aspects. An HTA Report]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU-rapport nr 322. ISBN 978-91-88437-66-2.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Counselling for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/649</x:t>
   </x:si>
   <x:si>
     <x:t>Pregnant women with mild to moderate depression (diagnosed or symptoms measured with validated instruments)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Förlossningsrädsla, depression och ångest under graviditet [Fear of childbirth, depression and anxiety during pregnancy: a systematic review and assessment of medical, economic, social and ethical aspects. An HTA Report]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU-rapport nr 322. ISBN 978-91-88437-66-2.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Psychodynamic therapy (PDT) for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/643</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Primary: no intervention, care as usual, or placebo
 •	Secondary: other treatment
 </x:t>
   </x:si>
   <x:si>
@@ -3394,80 +3394,80 @@
   </x:si>
   <x:si>
     <x:t>Pregnant women with mild to moderate levels of depression and anxiety disorder (diagnosed or symptoms measured with validated instruments)</x:t>
   </x:si>
   <x:si>
     <x:t>Mindfulness for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/548</x:t>
   </x:si>
   <x:si>
     <x:t>Pregnant women with mild to moderate levels of depression (diagnosed or symptoms measured with validated instruments)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Primary: no intervention, care as usual, or placebo
 • Secondary: other treatment
 </x:t>
   </x:si>
   <x:si>
     <x:t>Cognitive behavioral therapy (CBT) for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/378</x:t>
   </x:si>
   <x:si>
+    <x:t>Cognitive behavioral therapy (CBT) for mild to moderate depression and anxiety disorder during pregnancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/377</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interpersonal therapy (IPT) for mild to moderate anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/375</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Primary: no intervention, care as usual, or placebo
 •	Secondary: another psychosocial treatment
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Cognitive behavioral therapy (CBT) for mild to moderate depression and anxiety disorder during pregnancy</x:t>
-[...2 lines deleted...]
-    <x:t>SBU 2022/377</x:t>
+    <x:t>Behavioral activation for mild to moderate anxiety disorder during pregnancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Behavioral activation</x:t>
   </x:si>
   <x:si>
     <x:t>Interpersonal therapy (IPT) for mild to moderate depression and anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/373</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Behavioral activation</x:t>
   </x:si>
   <x:si>
     <x:t>Interpersonal therapy (IPT) for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/374</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">•	Primary: no intervention, care as usual, or placebo
 •	Secondary: another psychosocial treatment
 </x:t>
   </x:si>
   <x:si>
     <x:t>Behavioral activation for mild to moderate depression during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/371</x:t>
   </x:si>
   <x:si>
     <x:t>Behavioral activation for mild to moderate depression and anxiety disorder during pregnancy</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/370</x:t>
   </x:si>
   <x:si>
@@ -3581,144 +3581,144 @@
   <x:si>
     <x:t>Pregabalin compared to duloxetine as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/114</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin 300–600 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60–120 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Opioids as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/105</x:t>
   </x:si>
   <x:si>
     <x:t>Persons with vertebrae compression pain, 60 years or older</x:t>
   </x:si>
   <x:si>
     <x:t>Opioids</x:t>
   </x:si>
   <x:si>
+    <x:t>Pregabalin compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amitryptiline 25–50 mg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tapentadol (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Persons with painful osteoarthritis of the knee, 60 years or older</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tapentadol (flexible dose)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Oxycodone (flexible dose) as a treatment for painful osteoarthritis of the knee in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/106</x:t>
   </x:si>
   <x:si>
-    <x:t>Persons with painful osteoarthritis of the knee, 60 years or older</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Oxycodone, flexible dose</x:t>
   </x:si>
   <x:si>
     <x:t>Paracetamol as a treatment for vertebrae compression pain in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/108</x:t>
   </x:si>
   <x:si>
     <x:t>Paracetamol</x:t>
   </x:si>
   <x:si>
-    <x:t>Pregabalin compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
-[...14 lines deleted...]
-    <x:t>Tapentadol (flexible dose)</x:t>
+    <x:t>Topical ketoprofen as a treatment for painful osteoarthritis of the knee in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Topical ketoprofen</x:t>
   </x:si>
   <x:si>
     <x:t>Lidocaine patch 5% compared to pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/98</x:t>
   </x:si>
   <x:si>
     <x:t>Lidocaine patch 5%</x:t>
   </x:si>
   <x:si>
     <x:t>Pregabalin titration to a maximum of 600 mg</x:t>
   </x:si>
   <x:si>
-    <x:t>Topical ketoprofen as a treatment for painful osteoarthritis of the knee in older persons</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Capsaicin cream compared to amitryptiline as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/94</x:t>
   </x:si>
   <x:si>
     <x:t>Capsaicin cream 0,075%</x:t>
   </x:si>
   <x:si>
     <x:t>Amitryptiline 25–125 mg</x:t>
   </x:si>
   <x:si>
+    <x:t>Non-steroidal anti-inflammatory drugs (NSAIDs) as a treatment for vertebrae compression pain in older persons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2022/100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Non-steroidal anti-inflammatory drugs, NSAID</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Läkemedelsbehandling av vanliga smärttillstånd hos äldre personer. Effekter, biverkningar samt upplevelser av vård. [Pharmacological treatment of common pain conditions in older persons. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 315. ISBN 978-91-88437-57-0.  More about the review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Lacosamide as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/97</x:t>
   </x:si>
   <x:si>
     <x:t>Person with painful diabetic neuropathy, 60 years or older</x:t>
   </x:si>
   <x:si>
     <x:t>Lacosamide 200–600 mg</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t xml:space="preserve"> SBU. Läkemedelsbehandling av vanliga smärttillstånd hos äldre personer. Effekter, biverkningar samt upplevelser av vård. [Pharmacological treatment of common pain conditions in older persons. A systematic review and assessment of medical, economic, social and ethical aspects]. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 315. ISBN 978-91-88437-57-0.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine compared to duloxetine in combination with pregabalin as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/89</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60 mg</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60 mg in combination with pregabalin 300 mg</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Läkemedelsbehandling av vanliga smärttillstånd hos äldre personer. Effekter, biverkningar samt upplevelser av vård  [  Pharmacological treatment of common pain conditions in older persons. A systematic review and assessment of medical, economic, social and ethical aspects] . Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 315. ISBN 978-91-88437-57-0.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetine 60 mg x2 compared to duloxetine 120 mg as a treatment for painful diabetic neuropathy in older persons</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2022/88</x:t>
   </x:si>
   <x:si>
     <x:t>Duloxetin 60 mg x2</x:t>
   </x:si>
@@ -3855,248 +3855,248 @@
   <x:si>
     <x:t xml:space="preserve"> Jivegård L, Petzold M, Stadig I, Svanberg T, Sjögren P. Update: Chlorhexidine wash prior to clean surgical procedures [Uppdaterad: Preoperativ klorhexidintvätt]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2020. Regional activity-based HTA 2020:113.  More about the review  </x:t>
   </x:si>
   <x:si>
     <x:t>Centralized automated drug dispensing systems compared to a manual system for patients admitted to hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/745</x:t>
   </x:si>
   <x:si>
     <x:t>Patients admitted to hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>Centralized automated drug dispensing systems</x:t>
   </x:si>
   <x:si>
     <x:t>Manual system</x:t>
   </x:si>
   <x:si>
     <x:t>Clinical effects (type, severity, rate of medication errors)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Centraliserad automatiserad dosdispensering av läkemedel för patienter inlagda på sjukhus [Centralized automated drug dispensing systems for patients admitted to hospitals]. Örebro: HTA-enheten CAMTÖ; 2020. HTA-rapport 2020:35.  More about the review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Preoperative whole body wash with chlorhexidine compared to local wash prior to clean surgical procedures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/757</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Local preoperative chlorhexidine wash </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Jivegård L, Petzold M, Stadig I, Svanberg T, Sjögren P. Update: Chlorhexidine wash prior to clean surgical procedures [Uppdaterad: Preoperativ klorhexidintvätt]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum; 2020. Regional activity-based HTA 2020:113.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Preoperative whole body wash with chlorhexidine compared to no wash prior to clean surgical procedures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No preoperative wash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standardized cancer care pathways</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patients who seek the care at the general practitioner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Referral through a standardised cancer care pathway (SCCPs)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Referral without a standardised cancer care pathway (SCCPs)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waiting times from GP referrals to specialist clinics, time to start of treatment, survival, patient satisfaction, anxiety, depression</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Standardiserade vårdförlopp vid misstanke om cancer. Örebro: HTA-enheten CAMTÖ; 2020. Rapport 2020:33.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
     <x:t>Use of bouffant or hood type headgear compared with surgical skull caps or no hair cover for operating room staff during surgery</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/746</x:t>
   </x:si>
   <x:si>
     <x:t>Patients undergoing surgery, in an operating room at a hospital, with incision through intact skin</x:t>
   </x:si>
   <x:si>
     <x:t>Personnel in the operating room using headgear covering hair, ears and neck (“bouffant” or “hood” type headgear)</x:t>
   </x:si>
   <x:si>
     <x:t>Personnel in the operating room using non-covering headgear (i.e. “surgical skull cap”) or personnel in the operating room not using headgear</x:t>
   </x:si>
   <x:si>
     <x:t>Mortality, serious surgical site infection (sSSI, i.e. deep/subfascial/organ infection, implant infection), sepsis, surgical site infection (SSI), satisfaction with hair cover</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Ricksten M, Andreasson P, Blondeau H, Houltz E, Petzold M, Sjögren P, Stadig I, Svanberg T, Svensson M, Thornell A, Jivegård L. Does headgear type used by the operating room staff affect postoperative surgical site infection rate? [Påverkar typen av operationsmössor som bärs av operationspersonalen frekvensen av postoperativ sårinfektion?]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTAcentrum: 2020. HTA report 2020:120.  More about the review     </x:t>
   </x:si>
   <x:si>
-    <x:t>Standardized cancer care pathways</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Automated Digital Triage in Primary Care compared to triage through a telephone reception managed by nurses</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/737</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Patients who seek contact with primary care </x:t>
   </x:si>
   <x:si>
     <x:t>Digital triage through interactive software programs based on artificial intelligence (AI) (involves both an assessment of reported symptoms and assignment to various healthcare supplies/levels of care)</x:t>
   </x:si>
   <x:si>
     <x:t>Triage through a telephone reception managed by nurses</x:t>
   </x:si>
   <x:si>
     <x:t>Conformity in referral to care, availability, compliance to the referred level of care, patient safety</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> En kartläggning kring automatiserad digital triagering i primärvården och studier baserade på faktiska patienter [Automated Digital Triage in Primary Care – a Systematic Review]. Örebro: HTA-enheten CAMTÖ; 2020.  HTA-rapport 2021:42.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
+    <x:t>Automated versus manual preparation systems for intravenous drugs in hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/722</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Patients, in hospital, who need intravenous drugs </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automated preparation systems for intravenous drugs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manual preparation for intravenous drugs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proportion of errors, reliability and accuracy, microbial contamination, work environmental aspects</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> En systematisk översikt kring automatiserad beredning av intravenösa läkemedel på sjukhus. A systematic review on in-hospital automated preparation of intravenous drugs. Örebro: HTA-enheten CAMTÖ; 2020. HTA-rapport 2021:41.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Baclofen treatment (intrathecal or peroral) of hereditary or idiopathic dystonia in children </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/725</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Children and youth with idiopathic or hereditary dystonia </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baclofen treatment (intrathecal or peroral administration)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dystonia, quality of life, pain, positioning, activities of daily living (ADL), sleep</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Baklofenbehandling vid ärftlig och idiopatisk dystoni. Metodrådet Stockholm–Gotland; 2020. HTA-rapport 2020:55.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>The effect of sclerotherapy on chronic Achilles tendinopathy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Achilles tendinopathy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sclerotherapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placebo, other active treatment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pain, function, neovascularization and swelling</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Skleroserande injektionsterapi vid kronisk akillestendinopati [The effect of sclerotherapy on chronic Achilles tendinopathy]. Örebro: HTA-enheten CAMTÖ; 2020. HTA-rapport 2020:36.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salt therapy for treatment of umbilical granuloma in infants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infants with umbilical granuloma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Table salt (with or without iodine)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Healing</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">  Bordssaltsbehandling av navelgranulom hos spädbarn. Metodrådet Region Stockholm–Gotland; 2021. HTA-rapport 2021:59 .  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infants</x:t>
+  </x:si>
+  <x:si>
     <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna melanoma (LMM)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/719</x:t>
   </x:si>
   <x:si>
     <x:t>Patients with lentigo maligna melanoma (LMM)</x:t>
   </x:si>
   <x:si>
     <x:t>Grenz rays therapy</x:t>
   </x:si>
   <x:si>
     <x:t>Healing, relapse of lentigo maligna melanoma (LMM)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Buckybehandling/Grenz rays therapy för lentigo maligna/ lentigo maligna melanom. Metodrådet Stockholm–Gotland; 2020. HTA-rapport 2020:57.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
     <x:t>Grenz rays therapy compared to surgery for patients with lentigo maligna (LM)</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/720</x:t>
   </x:si>
   <x:si>
     <x:t>Patients with lentigo maligna (LM)</x:t>
   </x:si>
   <x:si>
     <x:t>Healing, relapse of lentigo maligna (LM)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Buckybehandling/Grenz rays therapy för lentigo maligna/ lentigo maligna melanom, Metodrådet Stockholm–Gotland; 2020. HTA-rapport 2020:57.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
-    <x:t>Automated versus manual preparation systems for intravenous drugs in hospitals</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>Non-surgical treatments for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/679</x:t>
   </x:si>
   <x:si>
     <x:t>Person with lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>Non-surgical treatments, e.g. low-frequency vibrotherapy, manual lymphatic drainage, intermittent pneumatic compression (IPC), compression bandages, walking, exercise, skin care, diet</x:t>
   </x:si>
   <x:si>
     <x:t>Placebo, no treatment, waiting list, another treatment than the intervention</x:t>
   </x:si>
   <x:si>
     <x:t>Pain, sensitivity to pressure, function including self reported capacity, quality of life, bruising, experiences, negative effects of intervention or control treatment</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Lipödem – dignostik, behandling, upplevelser och erfarenheter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2021. SBU-rapport nr 327. ISBN 978-91-88437-71-6.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
     <x:t>Liposuction of affected tissue in lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/677</x:t>
@@ -4110,210 +4110,210 @@
   <x:si>
     <x:t>SBU 2021/676</x:t>
   </x:si>
   <x:si>
     <x:t>Person with suspected lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>Method to diagnose lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>International agreement of criteria for the diagnosis of lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostic accuracy</x:t>
   </x:si>
   <x:si>
     <x:t>Bariatric surgery for lipedema</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/662</x:t>
   </x:si>
   <x:si>
     <x:t>Bariatric surgery</x:t>
   </x:si>
   <x:si>
+    <x:t>Multisystemic Therapy for adolescents who had previously engaged in at least one crime regarding reoffence, internalizing behavior and school achievement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multisystemic Therapy (MST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, school achievement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychodynamic therapy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, externalizing behavior, school achievement</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> SBU. Insatser i öppenvård för att förebygga ungdomars återfall i brott. En systematisk översikt och utvärdering av ekonomiska, sociala och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 308. ISBN 978-91-88437-50-1.  More about the systematic review  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualified contact person for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualified contact person</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, externalizing behavior, school achievement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-arousal approach for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low-arousal approach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mentorship for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mentorship</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cognitive behavioral therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/355</x:t>
   </x:si>
   <x:si>
-    <x:t>Crime (e.g., arrests, convictions, or self-reported offending), internalizing behavior, externalizing behavior, school achievement</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Group cognitive–behavioural therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/354</x:t>
   </x:si>
   <x:si>
     <x:t>Group cognitive–behavioural therapy (CBT)</x:t>
   </x:si>
   <x:si>
+    <x:t>Multidimensional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multidimensional Family Therapy (MDFT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact family or contact person</x:t>
+  </x:si>
+  <x:si>
     <x:t>Komet for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/356</x:t>
   </x:si>
   <x:si>
     <x:t>Komet is a structured intervention to help parents and caregivers reduce conduct problems in children</x:t>
   </x:si>
   <x:si>
-    <x:t>Contact family or contact person for adolescents who had previously engaged in at least one crime</x:t>
-[...5 lines deleted...]
-    <x:t>Contact family or contact person</x:t>
+    <x:t>Motivational interview for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motivational interview</x:t>
   </x:si>
   <x:si>
     <x:t>Mediation for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/379</x:t>
   </x:si>
   <x:si>
     <x:t>Mediation</x:t>
   </x:si>
   <x:si>
-    <x:t>Multidimensional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
-[...14 lines deleted...]
-    <x:t>Motivational interview</x:t>
+    <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Child Development Programme, ICDP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The repulse method for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The repulse method</x:t>
   </x:si>
   <x:si>
     <x:t>Relapse therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/369</x:t>
   </x:si>
   <x:si>
     <x:t>Relapse therapy</x:t>
   </x:si>
   <x:si>
-    <x:t>International Child Development Programme for adolescents who had previously engaged in at least one crime</x:t>
-[...14 lines deleted...]
-    <x:t>The repulse method</x:t>
+    <x:t>Counseling Interventions for adolescents who had previously engaged in at least one crime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBU 2021/366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Counseling Interventions</x:t>
   </x:si>
   <x:si>
     <x:t>Community intervention team for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/364</x:t>
   </x:si>
   <x:si>
     <x:t>Community intervention team</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Counseling Interventions</x:t>
   </x:si>
   <x:si>
     <x:t>Functional Family Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/353</x:t>
   </x:si>
   <x:si>
     <x:t>Functional Family Therapy</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> SBU. Insatser i öppenvård för att förebygga ungdomars återfall i brott. En systematisk översikt och utvärdering av ekonomiska, sociala och etiska aspekter. Stockholm: Statens beredning för medicinsk och social utvärdering (SBU); 2020. SBU-rapport nr 308. ISBN 978-91-88437-50-1.  More about the systematic review  </x:t>
   </x:si>
   <x:si>
     <x:t>The Connect Program for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
   <x:si>
     <x:t>SBU 2021/351</x:t>
   </x:si>
   <x:si>
     <x:t>The Connect Program, an attachment based parenting program</x:t>
   </x:si>
   <x:si>
     <x:t>Dialectical Behavioral Therapy for adolescents who had previously engaged in at least one crime</x:t>
   </x:si>
@@ -4906,245 +4906,245 @@
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:19">
       <x:c r="A4" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C4" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K4" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O4" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R4" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:19">
       <x:c r="A5" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C5" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:19">
       <x:c r="A6" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C6" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O6" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R6" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:19">
       <x:c r="A7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="1">
         <x:v>45927</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:19">
       <x:c r="A8" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="1">
         <x:v>45923</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O8" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R8" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S8" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:19">
       <x:c r="A9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="1">
         <x:v>45915</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
@@ -5167,69 +5167,69 @@
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:19">
       <x:c r="A10" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C10" s="1">
         <x:v>45915</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K10" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O10" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R10" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S10" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:19">
       <x:c r="A11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C11" s="1">
         <x:v>45915</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
@@ -5273,491 +5273,491 @@
       <x:c r="E12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O12" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R12" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S12" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:19">
       <x:c r="A13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1">
         <x:v>45904</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:19">
       <x:c r="A14" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R14" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S14" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:19">
       <x:c r="A15" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C15" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:19">
       <x:c r="A16" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R16" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S16" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:19">
       <x:c r="A17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C17" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:19">
       <x:c r="A18" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C18" s="1">
         <x:v>45897</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O18" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R18" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S18" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:19">
       <x:c r="A19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C19" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:19">
       <x:c r="A20" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L20" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O20" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R20" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S20" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:19">
       <x:c r="A21" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:19">
       <x:c r="A22" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="1">
         <x:v>45896</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R22" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S22" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:19">
       <x:c r="A23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="1">
         <x:v>45761</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
@@ -6704,148 +6704,148 @@
       </x:c>
       <x:c r="O44" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R44" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S44" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:19">
       <x:c r="A45" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C45" s="1">
         <x:v>45405</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:19">
       <x:c r="A46" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C46" s="1">
         <x:v>45405</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R46" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S46" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:19">
       <x:c r="A47" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C47" s="1">
         <x:v>45405</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:19">
       <x:c r="A48" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
@@ -7168,95 +7168,95 @@
       <x:c r="E55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:19">
       <x:c r="A56" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C56" s="1">
         <x:v>45392</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L56" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O56" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R56" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S56" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:19">
       <x:c r="A57" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C57" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
@@ -7276,198 +7276,198 @@
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:19">
       <x:c r="A58" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C58" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="J58" s="0" t="s">
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="L58" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O58" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R58" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S58" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:19">
       <x:c r="A59" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C59" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:19">
       <x:c r="A60" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C60" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
-        <x:v>316</x:v>
-[...2 lines deleted...]
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O60" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R60" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S60" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:19">
       <x:c r="A61" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C61" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:19">
       <x:c r="A62" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C62" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
@@ -7505,92 +7505,92 @@
       <x:c r="C63" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:19">
       <x:c r="A64" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C64" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O64" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R64" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S64" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:19">
       <x:c r="A65" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C65" s="1">
         <x:v>45385</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
@@ -8349,110 +8349,110 @@
       </x:c>
       <x:c r="S82" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:19">
       <x:c r="A83" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C83" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:19">
       <x:c r="A84" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C84" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L84" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M84" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O84" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R84" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S84" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:19">
       <x:c r="A85" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C85" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
@@ -8566,198 +8566,198 @@
       </x:c>
       <x:c r="S87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:19">
       <x:c r="A88" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C88" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M88" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O88" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R88" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S88" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:19">
       <x:c r="A89" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
       <x:c r="C89" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="J89" s="0" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:19">
       <x:c r="A90" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C90" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="J90" s="0" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M90" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O90" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R90" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S90" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:19">
       <x:c r="A91" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C91" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:19">
       <x:c r="A92" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C92" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
@@ -8786,315 +8786,315 @@
       </x:c>
       <x:c r="S92" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:19">
       <x:c r="A93" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C93" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:19">
       <x:c r="A94" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C94" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M94" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O94" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="R94" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S94" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:19">
       <x:c r="A95" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C95" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:19">
       <x:c r="A96" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C96" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M96" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O96" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R96" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S96" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:19">
       <x:c r="A97" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C97" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:19">
       <x:c r="A98" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C98" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M98" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O98" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R98" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S98" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:19">
       <x:c r="A99" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C99" s="1">
         <x:v>45069</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="J99" s="0" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:19">
       <x:c r="A100" s="0" t="s">
@@ -9264,664 +9264,664 @@
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:19">
       <x:c r="A104" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C104" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="I104" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="I104" s="0" t="s">
+      <x:c r="J104" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="J104" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K104" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O104" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R104" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S104" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:19">
       <x:c r="A105" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C105" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="I105" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="K105" s="0" t="s">
         <x:v>519</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>522</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:19">
       <x:c r="A106" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C106" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="I106" s="0" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="J106" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="K106" s="0" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O106" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R106" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S106" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:19">
       <x:c r="A107" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C107" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="J107" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="J107" s="0" t="s">
+      <x:c r="K107" s="0" t="s">
         <x:v>533</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:19">
       <x:c r="A108" s="0" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>536</x:v>
       </x:c>
       <x:c r="C108" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O108" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R108" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S108" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:19">
       <x:c r="A109" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C109" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S109" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:19">
       <x:c r="A110" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C110" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="L110" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O110" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R110" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S110" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:19">
       <x:c r="A111" s="0" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
         <x:v>552</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>553</x:v>
       </x:c>
       <x:c r="C111" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="I111" s="0" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="J111" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="I111" s="0" t="s">
+      <x:c r="K111" s="0" t="s">
         <x:v>555</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>557</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:19">
       <x:c r="A112" s="0" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
         <x:v>558</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>559</x:v>
       </x:c>
       <x:c r="C112" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="J112" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="J112" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K112" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
         <x:v>508</x:v>
+      </x:c>
+      <x:c r="O112" s="0" t="s">
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R112" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S112" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:19">
       <x:c r="A113" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C113" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="O113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:19">
       <x:c r="A114" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C114" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="J114" s="0" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="K114" s="0" t="s">
         <x:v>570</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O114" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R114" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S114" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:19">
       <x:c r="A115" s="0" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
       <x:c r="C115" s="1">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:19">
       <x:c r="A116" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C116" s="1">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O116" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="R116" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S116" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:19">
       <x:c r="A117" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C117" s="1">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:19">
       <x:c r="A118" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C118" s="1">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="O118" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R118" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -10229,556 +10229,556 @@
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:19">
       <x:c r="A126" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C126" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L126" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O126" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R126" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S126" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:19">
       <x:c r="A127" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C127" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:19">
       <x:c r="A128" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C128" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O128" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R128" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S128" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:19">
       <x:c r="A129" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C129" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:19">
       <x:c r="A130" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="C130" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O130" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S130" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:19">
       <x:c r="A131" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C131" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:19">
       <x:c r="A132" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C132" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O132" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R132" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S132" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:19">
       <x:c r="A133" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C133" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:19">
       <x:c r="A134" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C134" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O134" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R134" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S134" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:19">
       <x:c r="A135" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C135" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:19">
       <x:c r="A136" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C136" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>639</x:v>
-[...2 lines deleted...]
-        <x:v>627</x:v>
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="I136" s="0" t="s">
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O136" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="R136" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S136" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:19">
       <x:c r="A137" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C137" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>639</x:v>
-[...2 lines deleted...]
-        <x:v>607</x:v>
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="G137" s="0" t="s">
+        <x:v>623</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:19">
       <x:c r="A138" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C138" s="1">
         <x:v>44972</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
@@ -10977,550 +10977,550 @@
       </x:c>
       <x:c r="O142" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R142" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S142" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:19">
       <x:c r="A143" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C143" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:19">
       <x:c r="A144" s="0" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
         <x:v>694</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>695</x:v>
       </x:c>
       <x:c r="C144" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L144" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O144" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S144" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:19">
       <x:c r="A145" s="0" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
         <x:v>696</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>697</x:v>
       </x:c>
       <x:c r="C145" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:19">
       <x:c r="A146" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C146" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L146" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O146" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R146" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S146" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:19">
       <x:c r="A147" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C147" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:19">
       <x:c r="A148" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C148" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L148" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O148" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R148" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S148" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:19">
       <x:c r="A149" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C149" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S149" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:19">
       <x:c r="A150" s="0" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
         <x:v>707</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>708</x:v>
       </x:c>
       <x:c r="C150" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="L150" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O150" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R150" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S150" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:19">
       <x:c r="A151" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C151" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:19">
       <x:c r="A152" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="C152" s="1">
         <x:v>44971</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L152" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O152" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R152" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S152" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:19">
       <x:c r="A153" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C153" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="O153" s="0" t="s">
+      <x:c r="Q153" s="0" t="s">
         <x:v>718</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>719</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:19">
       <x:c r="A154" s="0" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
         <x:v>720</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>721</x:v>
       </x:c>
       <x:c r="C154" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="I154" s="0" t="s">
         <x:v>722</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="L154" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="0" t="s">
         <x:v>28</x:v>
+      </x:c>
+      <x:c r="O154" s="0" t="s">
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q154" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="R154" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S154" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:19">
       <x:c r="A155" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C155" s="1">
         <x:v>44959</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
@@ -11590,556 +11590,556 @@
       </x:c>
       <x:c r="Q156" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="R156" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S156" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:19">
       <x:c r="A157" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C157" s="1">
         <x:v>44951</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:19">
       <x:c r="A158" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C158" s="1">
         <x:v>44951</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="L158" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O158" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R158" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S158" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:19">
       <x:c r="A159" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C159" s="1">
         <x:v>44950</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:19">
       <x:c r="A160" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C160" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O160" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R160" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S160" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:19">
       <x:c r="A161" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="C161" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:19">
       <x:c r="A162" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C162" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="L162" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O162" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R162" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S162" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:19">
       <x:c r="A163" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C163" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="I163" s="0" t="s">
+      <x:c r="G163" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:19">
       <x:c r="A164" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C164" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R164" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S164" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:19">
       <x:c r="A165" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C165" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:19">
       <x:c r="A166" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C166" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>639</x:v>
-[...2 lines deleted...]
-        <x:v>776</x:v>
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="I166" s="0" t="s">
+        <x:v>777</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O166" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R166" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S166" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:19">
       <x:c r="A167" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C167" s="1">
         <x:v>44915</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:19">
       <x:c r="A168" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="C168" s="1">
         <x:v>44914</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="L168" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O168" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R168" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S168" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:19">
       <x:c r="A169" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C169" s="1">
         <x:v>44907</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
@@ -12206,2498 +12206,2498 @@
       </x:c>
       <x:c r="O170" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="R170" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S170" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:19">
       <x:c r="A171" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C171" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:19">
       <x:c r="A172" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C172" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R172" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S172" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:19">
       <x:c r="A173" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C173" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:19">
       <x:c r="A174" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C174" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
+      <x:c r="N174" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
       <x:c r="O174" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R174" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S174" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:19">
       <x:c r="A175" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C175" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S175" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:19">
       <x:c r="A176" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C176" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="N176" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="O176" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R176" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S176" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:19">
       <x:c r="A177" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C177" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S177" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:19">
       <x:c r="A178" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C178" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R178" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S178" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:19">
       <x:c r="A179" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C179" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S179" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:19">
       <x:c r="A180" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C180" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O180" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R180" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S180" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:19">
       <x:c r="A181" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C181" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:19">
       <x:c r="A182" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C182" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O182" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R182" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S182" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:19">
       <x:c r="A183" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C183" s="1">
         <x:v>44901</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:19">
       <x:c r="A184" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C184" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R184" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S184" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:19">
       <x:c r="A185" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C185" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
+      <x:c r="N185" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:19">
       <x:c r="A186" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C186" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R186" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S186" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:19">
       <x:c r="A187" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C187" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S187" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:19">
       <x:c r="A188" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="C188" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="N188" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="O188" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R188" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S188" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:19">
       <x:c r="A189" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C189" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S189" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:19">
       <x:c r="A190" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C190" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R190" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S190" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:19">
       <x:c r="A191" s="0" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="C191" s="1">
         <x:v>44894</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S191" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:19">
       <x:c r="A192" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C192" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O192" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R192" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S192" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:19">
       <x:c r="A193" s="0" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
         <x:v>864</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>865</x:v>
       </x:c>
       <x:c r="C193" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="J193" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
-      <x:c r="J193" s="0" t="s">
+      <x:c r="K193" s="0" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="L193" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M193" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N193" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="O193" s="0" t="s">
         <x:v>867</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>742</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:19">
       <x:c r="A194" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C194" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L194" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O194" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R194" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S194" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:19">
       <x:c r="A195" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C195" s="1">
         <x:v>44887</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S195" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:19">
       <x:c r="A196" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C196" s="1">
         <x:v>44880</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R196" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S196" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:19">
       <x:c r="A197" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="C197" s="1">
         <x:v>44880</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S197" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:19">
       <x:c r="A198" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="C198" s="1">
         <x:v>44874</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R198" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S198" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:19">
       <x:c r="A199" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="C199" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S199" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:19">
       <x:c r="A200" s="0" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="C200" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R200" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S200" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:19">
       <x:c r="A201" s="0" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="C201" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S201" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:19">
       <x:c r="A202" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="C202" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R202" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S202" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:19">
       <x:c r="A203" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C203" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:19">
       <x:c r="A204" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="C204" s="1">
         <x:v>44873</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R204" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S204" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:19">
       <x:c r="A205" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C205" s="1">
         <x:v>44866</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S205" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:19">
       <x:c r="A206" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="C206" s="1">
         <x:v>44866</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R206" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S206" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:19">
       <x:c r="A207" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="C207" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P207" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="P207" s="0" t="s">
+      <x:c r="Q207" s="0" t="s">
         <x:v>914</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>915</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S207" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:19">
       <x:c r="A208" s="0" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
         <x:v>916</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>917</x:v>
       </x:c>
       <x:c r="C208" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="P208" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="Q208" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R208" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S208" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:19">
       <x:c r="A209" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C209" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
-        <x:v>913</x:v>
-[...2 lines deleted...]
-        <x:v>923</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q209" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S209" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:19">
       <x:c r="A210" s="0" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
         <x:v>924</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>925</x:v>
       </x:c>
       <x:c r="C210" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="P210" s="0" t="s">
+        <x:v>926</x:v>
       </x:c>
       <x:c r="Q210" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R210" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S210" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:19">
       <x:c r="A211" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="C211" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q211" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S211" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:19">
       <x:c r="A212" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="C212" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="P212" s="0" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="Q212" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R212" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S212" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:19">
       <x:c r="A213" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="C213" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="Q213" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S213" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:19">
       <x:c r="A214" s="0" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="C214" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q214" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R214" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S214" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:19">
       <x:c r="A215" s="0" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="C215" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q215" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S215" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:19">
       <x:c r="A216" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="C216" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q216" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R216" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S216" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:19">
       <x:c r="A217" s="0" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="C217" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q217" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S217" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:19">
       <x:c r="A218" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="C218" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q218" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R218" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S218" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:19">
       <x:c r="A219" s="0" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="C219" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q219" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S219" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:19">
       <x:c r="A220" s="0" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="C220" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q220" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R220" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S220" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:19">
       <x:c r="A221" s="0" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="C221" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q221" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S221" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:19">
       <x:c r="A222" s="0" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="C222" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q222" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R222" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S222" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:19">
       <x:c r="A223" s="0" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="C223" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q223" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S223" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:19">
       <x:c r="A224" s="0" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
         <x:v>968</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>969</x:v>
       </x:c>
       <x:c r="C224" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q224" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R224" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S224" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:19">
       <x:c r="A225" s="0" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="C225" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q225" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S225" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:19">
       <x:c r="A226" s="0" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="C226" s="1">
         <x:v>44851</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q226" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="R226" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S226" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:19">
       <x:c r="A227" s="0" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="C227" s="1">
         <x:v>44846</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
@@ -14722,117 +14722,117 @@
         <x:v>982</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S227" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:19">
       <x:c r="A228" s="0" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="C228" s="1">
         <x:v>44843</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="H228" s="0" t="s">
+      <x:c r="I228" s="0" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="Q228" s="0" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="R228" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S228" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:19">
       <x:c r="A229" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="C229" s="1">
         <x:v>44843</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="I229" s="0" t="s">
+      <x:c r="H229" s="0" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q229" s="0" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S229" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:19">
       <x:c r="A230" s="0" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="C230" s="1">
         <x:v>44837</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
@@ -14858,51 +14858,51 @@
       </x:c>
       <x:c r="R230" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S230" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:19">
       <x:c r="A231" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="C231" s="1">
         <x:v>44836</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="Q231" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S231" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:19">
       <x:c r="A232" s="0" t="s">
@@ -15028,54 +15028,54 @@
       </x:c>
       <x:c r="O234" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R234" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S234" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:19">
       <x:c r="A235" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="C235" s="1">
         <x:v>44832</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S235" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -15093,51 +15093,51 @@
       <x:c r="E236" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R236" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S236" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:19">
       <x:c r="A237" s="0" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="C237" s="1">
         <x:v>44824</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
@@ -15204,98 +15204,98 @@
       </x:c>
       <x:c r="O238" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="R238" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S238" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:19">
       <x:c r="A239" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="C239" s="1">
         <x:v>44819</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S239" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:19">
       <x:c r="A240" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="C240" s="1">
         <x:v>44819</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R240" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S240" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -15468,189 +15468,189 @@
       </x:c>
       <x:c r="O244" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R244" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S244" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:19">
       <x:c r="A245" s="0" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="C245" s="1">
         <x:v>44745</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S245" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:19">
       <x:c r="A246" s="0" t="s">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
         <x:v>1067</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1068</x:v>
       </x:c>
       <x:c r="C246" s="1">
         <x:v>44745</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L246" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M246" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O246" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R246" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S246" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:19">
       <x:c r="A247" s="0" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="C247" s="1">
         <x:v>44742</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S247" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:19">
       <x:c r="A248" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="C248" s="1">
         <x:v>44742</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L248" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M248" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R248" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S248" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:19">
       <x:c r="A249" s="0" t="s">
@@ -15691,98 +15691,98 @@
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S249" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:19">
       <x:c r="A250" s="0" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="C250" s="1">
         <x:v>44739</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L250" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R250" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S250" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:19">
       <x:c r="A251" s="0" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="C251" s="1">
         <x:v>44739</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S251" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:19">
       <x:c r="A252" s="0" t="s">
@@ -16169,264 +16169,264 @@
       </x:c>
       <x:c r="O260" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R260" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S260" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:19">
       <x:c r="A261" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="C261" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="I261" s="0" t="s">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="J261" s="0" t="s">
         <x:v>1127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1128</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S261" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:19">
       <x:c r="A262" s="0" t="s">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="B262" s="0" t="s">
         <x:v>1129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1130</x:v>
       </x:c>
       <x:c r="C262" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L262" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R262" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S262" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:19">
       <x:c r="A263" s="0" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="C263" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
-        <x:v>1119</x:v>
-[...1 lines deleted...]
-      <x:c r="J263" s="0" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S263" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:19">
       <x:c r="A264" s="0" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="C264" s="1">
         <x:v>44605</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L264" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R264" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S264" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:19">
       <x:c r="A265" s="0" t="s">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="C265" s="1">
         <x:v>44601</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>1140</x:v>
       </x:c>
-      <x:c r="J265" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S265" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:19">
       <x:c r="A266" s="0" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="B266" s="0" t="s">
         <x:v>1142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1143</x:v>
       </x:c>
       <x:c r="C266" s="1">
         <x:v>44601</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
+        <x:v>1143</x:v>
+      </x:c>
+      <x:c r="J266" s="0" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L266" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R266" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S266" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:19">
@@ -16465,113 +16465,113 @@
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S267" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:19">
       <x:c r="A268" s="0" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="C268" s="1">
         <x:v>44601</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="I268" s="0" t="s">
         <x:v>1151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L268" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="R268" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S268" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:19">
       <x:c r="A269" s="0" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="C269" s="1">
         <x:v>44601</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="J269" s="0" t="s">
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S269" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:19">
       <x:c r="A270" s="0" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="C270" s="1">
         <x:v>44600</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
@@ -16638,51 +16638,51 @@
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S271" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:19">
       <x:c r="A272" s="0" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="C272" s="1">
         <x:v>44600</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L272" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O272" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="R272" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -16726,51 +16726,51 @@
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S273" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:19">
       <x:c r="A274" s="0" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="C274" s="1">
         <x:v>44600</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="L274" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O274" s="0" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="R274" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -17072,204 +17072,204 @@
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S281" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:19">
       <x:c r="A282" s="0" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="C282" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="I282" s="0" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="J282" s="0" t="s">
         <x:v>1218</x:v>
       </x:c>
-      <x:c r="I282" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K282" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="L282" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N282" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O282" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="R282" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S282" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:19">
       <x:c r="A283" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="C283" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>1227</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S283" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:19">
       <x:c r="A284" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="C284" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="L284" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N284" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O284" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="R284" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S284" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:19">
       <x:c r="A285" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="C285" s="1">
         <x:v>44545</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S285" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:19">
       <x:c r="A286" s="0" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="C286" s="1">
         <x:v>44544</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
@@ -17298,265 +17298,265 @@
       </x:c>
       <x:c r="S286" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:19">
       <x:c r="A287" s="0" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="C287" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S287" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:19">
       <x:c r="A288" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="C288" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
-        <x:v>1247</x:v>
-[...2 lines deleted...]
-        <x:v>796</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="L288" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N288" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="O288" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="R288" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S288" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:19">
       <x:c r="A289" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C289" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S289" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:19">
       <x:c r="A290" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="C290" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="L290" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N290" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="O290" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="R290" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="S290" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:19">
       <x:c r="A291" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="C291" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="J291" s="0" t="s">
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>1272</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S291" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:19">
       <x:c r="A292" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="C292" s="1">
         <x:v>44543</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="L292" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N292" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O292" s="0" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="R292" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S292" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:19">
       <x:c r="A293" s="0" t="s">
@@ -17729,751 +17729,751 @@
       </x:c>
       <x:c r="R296" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S296" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:19">
       <x:c r="A297" s="0" t="s">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="C297" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S297" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:19">
       <x:c r="A298" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="C298" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L298" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O298" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="R298" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S298" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:19">
       <x:c r="A299" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="C299" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
-        <x:v>1310</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S299" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:19">
       <x:c r="A300" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="C300" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="L300" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O300" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="R300" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S300" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:19">
       <x:c r="A301" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="C301" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S301" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:19">
       <x:c r="A302" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="C302" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L302" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O302" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R302" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S302" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:19">
       <x:c r="A303" s="0" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="C303" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S303" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:19">
       <x:c r="A304" s="0" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="C304" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L304" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O304" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R304" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S304" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:19">
       <x:c r="A305" s="0" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="C305" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S305" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:19">
       <x:c r="A306" s="0" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="C306" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="L306" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O306" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="R306" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S306" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:19">
       <x:c r="A307" s="0" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="C307" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S307" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:19">
       <x:c r="A308" s="0" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="C308" s="1">
         <x:v>44368</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="L308" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O308" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R308" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S308" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:19">
       <x:c r="A309" s="0" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="C309" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S309" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:19">
       <x:c r="A310" s="0" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="C310" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L310" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O310" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="R310" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S310" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:19">
       <x:c r="A311" s="0" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="C311" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S311" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:19">
       <x:c r="A312" s="0" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>1350</x:v>
       </x:c>
       <x:c r="C312" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L312" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O312" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="R312" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S312" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:19">
       <x:c r="A313" s="0" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="C313" s="1">
         <x:v>44362</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S313" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:19">
       <x:c r="A314" s="0" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="C314" s="1">
         <x:v>44361</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L314" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O314" s="0" t="s">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="R314" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S314" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:19">
       <x:c r="A315" s="0" t="s">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
@@ -18552,51 +18552,51 @@
       </x:c>
       <x:c r="S316" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:19">
       <x:c r="A317" s="0" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="C317" s="1">
         <x:v>44358</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S317" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:19">
       <x:c r="A318" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
@@ -18605,51 +18605,51 @@
       <x:c r="C318" s="1">
         <x:v>44358</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="O318" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="R318" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S318" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:19">
       <x:c r="A319" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="C319" s="1">
         <x:v>44235</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">