--- v0 (2025-12-12)
+++ v1 (2026-02-06)
@@ -1,69 +1,163 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a2da8d66254138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/136f430c248e420a8018edcd919eb680.psmdcp" Id="Rfc38fbd16b1c46aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1deda634f28a4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a5ace9cc4f940b68916ae01b227ec49.psmdcp" Id="Rcb1a36e3fb2a4425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Title</x:t>
   </x:si>
   <x:si>
     <x:t>Planned to be published</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>
     <x:t>Content</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newborn screening of mucopolysackaridosis type 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter 3, 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Background
+The Swedish National Board of Health and Welfare is investigating whether mucopolysackaridosis type 1 should be included in the newborn screening program, with PKU screening test. SBU has thus been asked to assess 2 of the 15 assessment criteria that are applied when screening programs are put in place. The concerned criteria are criteria number 4 (that an appropriate screening method must be available) and number 5 (that earlier stage interventions must be more effective than interventions after clinical discovery).
+Aim
+SBU is to assess the reliability of screening methods of mucopolysackaridosis type 1 (PKU screening test), and the effect of the two treatment options currently available in Sweden: hematopoietic stem cell transplantation and enzyme therapy.
+Project group
+Experts
+- Niklas Darin, PhD
+- Veroniqa Lundbäck, PhD
+From SBU
+- Hanna Norsted, Project manager
+- Fanny Sellberg, Assistant project manager
+- Hanna Olofsson, Information specialist
+- Maria Hoppe, Project administrator
+- Jenny Odeberg, Head of Unit
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National plan for a better addiction treatment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter 2, 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Background
+SBU participate in a collaboration with nine other authorities in a government assignment about a national plan for better addiction treatment and stronger preventive work for alcohol, narcotics, doping, tobacco, and gambling. The government assignment is directed and coordinated by the National Board of Health and Welfare and the Public Health Agency of Sweden. The final report is to be submitted in its final form in June 2026.
+The plan will support the implementation of a reform to make societal implementations more coordinated, tailored to needs, and person centered for individuals with comorbidity of harmful use, dependence and poor mental health, and to support preventive work and early interventions, especially among children and youth.
+SBU contributes with two ongoing studies:
+- Organisational factors, integrated treatment forms and cooperation, as well as implementation of national plans.
+- Treatment of gambling disorder and problematic gambling.
+SBU has also contributed with knowledge regarding preventive interventions targeting children and youth.
+Aim
+The aim of the first study is to synthesize systematic reviews about organisational factors and changes and implementations of national efforts in the addiction treatment area, and how these have been identified, studied and related to outcomes on organisational and individual level. The search was conducted on literature from 2020 and forward.
+The aim of the second study is to synthesize systematic reviews about psychological treatment of gambling disorder and problematic gambling. The search was conducted on literature from 2015 and forward.
+From SBU
+Nina-Katri Gustafsson, Project managerDavid Forsström, Project managerIdha Kurtsdotter, Project memberHelena Domeij, Project memberRebecca Silverstein, Project memberJessica Dagerhamn, Project memberEmma Wernersson, Project administratorKlas Moberg, Information specialistUliana Hellberg, Head of unit
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A map of systematic reviews that have examined how sexual risk exposure can be identified or how mental illness among sexually exposed individuals can be treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter 2, 2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Background
+SBU has been commissioned by the Government (S2024/02156) to conduct a systematic map of systematic reviews that have studied methods to detect sexual risk exposure, primarily within social services and the health care sector, and where possible also within other areas covered by the agency’s remit. Furthermore, SBU should also conduct a systematic map of systematic reviews investigating treatments that can be provided by health care to children and adults who have been sexually exploited for pornographic purposes or under similar circumstances in which images or films have been shared. Two other projects at SBU similarly focuses on support for persons in prostitution and similar groups (dnr A2025/00637) and parental support and contact ways for children violently assaulted and sexually exploited (dnr A2025/00608).
+Aim
+The project aims to identify, assess and map systematic reviews that has either:
+- investigated how to detect people at risk of being sexually abused, or
+- investigated how to treat poor mental health among people who have been sexually abused, particularly for pornographic purposes or similar circumstances.
+The two systematic maps will include systematic reviews that have included studies in Swedish or international context. Part one of the aim includes methods used either in social service or health care, while part two only includes methods used in health care.
+Experts
+- Filip Arnberg, docent/assistant professor, registered psychologist, researcher, specialist, program director
+- David Ebbevi,assistant professor, researcher, specialist med dr.
+- Linda Jonsson, assistant professor, researcher
+- Thora Magnusdottir, registered psychologist, specialist, head of unit
+From SBU
+- Nina-Katri Gustafsson, project manager
+- Helena Domeij, assistant project manager
+- Emma Wernersson, project administrator
+- Klas Moberg, information specialist
+- Johanna Andersson, project member
+- Susanna Larsson-Tholén, project member
+- Uliana Hellberg, head of unit
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interventions aimed at increasing physical activity in people with intellectual disabilities or autism spectrum disorder</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Background
+In a previous evidence map of systematic reviews of behavioural interventions aimed at increasing physical activity, SBU identified a lack of well conducted systematic reviews for, for example, people with disabilities. Against this background, SBU received a government commission to develop a knowledge base focusing on interventions to increase physical activity among people with disabilities, as well as those with physical or mental health problems. The population is very heterogeneous with very different needs, and including the entire population would result in a project that is far too extensive. The assignment has therefore been limited to people with intellectual disabilities (ID) and autism spectrum disorders (ASD)
+Objective
+This systematic review looks at interventions aimed at increasing physical activity among people with ID or ASD. The project includes both a quantitative synthesis of studies examining which interventions are effective in increasing physical activity, as well as a qualitative component that explores the barriers and facilitators for people with ID or ASD to increasing their physical activity.
+Experts
+- Ing-Mari Dohrn, PhD, Physiotherapist
+- Susann Arnell, PhD, Physiotherapist
+- Ulrika Långh, PhD, Psychologist, Psychotherapist, Certified behaviour analyst
+- Ulrika Müssener, Associate professor, Occupational therapist
+From SBU
+- Fanny Sellberg, Project manager
+- Annika Bring, Associate project manager
+- Hanna Olofsson, Information specialist 
+- Maria Hoppe, Project administrator
+- Jenny Odeberg, Project director
+</x:t>
   </x:si>
   <x:si>
     <x:t>Extended postnatal home visiting programs</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter 1, 2027</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">SBU will conduct a systematic review to gather evidence on extended home visits carried out in collaboration between social services and child health care. The review will synthesize qualitative data on the families’ and staff’s experiences and perceptions of the intervention, focussing mainly on the aspects that are relevant to the social services’ areas of responsibility.
 Project group
 - Elin Alfredsson, Senior lecturer, Psychologist, University of Gothenburg
 - Eva Randell, Associate Professor and Senior Lecturer, Social worker, Uppsala University
 Project members from SBU
 - Idha Kurtsdotter, Project Manager
 - Karin Olsson, Assistant Project Manager
 - Karin Robertsson, Assistant Project Manager
 - Irini Åberg, Project Administrator
 - Maja Kärrman Fredriksson, Information Specialist
 - Anna Ringborg, Health Economist
 - Uliana Hellberg, Head of Unit
 </x:t>
   </x:si>
   <x:si>
     <x:t>Evidence reviews on post covid</x:t>
   </x:si>
@@ -95,93 +189,54 @@
   </x:si>
   <x:si>
     <x:t>Barriers and facilitators when implementing guidelines in health and social care for the elderly</x:t>
   </x:si>
   <x:si>
     <x:t>Quartal 4, 2026</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Aim
 The objective of this report is to systematically compile knowledge regarding barriers and facilitators when implementing guidelines in health and social care for the elderly, as well what impact the identified factors place upon the implementation. The project will be carried out using a systematic mixed method, meaning that both quantitative and qualitative knowledge is going to be used.
 Project group
 Experts
 - Kristina Westerberg, Associate Professor, Professor Emerita, Department of Psychology, Umeå University, Umeå.
 - Åsa Hedberg Rundgren, PhD, registered physiotherapist, CEO and scientific leader at the Stockholm Gerontology Research Center, affiliated researcher at Aging Research Center, Karolinska Institutet, Stockholm.
 From SBU
 - Ann-Sofie Sundqvist, Project Manager
 - Johan Wallin, Assistant Project Manager
 - Klas Moberg, Information Specialist
 - Sigrid Widén, Project Administrator
 - Sofia Tranæus, Head of Department
 - Göran Bertilsson, Project Member
 - Mikael Nilsson, Project Member
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Rapid reviews in situations of crisis</x:t>
+    <x:t>Reinforced foster homes</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter 1, 2026</x:t>
-  </x:si>
-[...37 lines deleted...]
-    <x:t>Reinforced foster homes</x:t>
   </x:si>
   <x:si>
     <x:t>Psykiatri och psykologi , Information/utbildning, Öppen vård inom socialtjänst, Stödjande/behandlande samtal, Sluten vård inom socialtjänst, Föräldraskap, Missbruk, beroende, Institutionsvård (Hem för vård eller boende, HVB-hem), Arbete, sysselsättning, Färdighetsträning, Familjehem, Emotionellt stöd, Beteende, Barn, ungdom, familj inom socialtjänst, Upplevelse, Autonomi, Delaktighet, Psykologiska/psykosociala/sociala insatser, Socialtjänst, Funktionstillstånd/-hinder</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Background
 By Swedish government decision 13 April 2023, SBU and the National Board of Health and Welfare have been commissioned to increase knowledge about reinforced foster family care and treatment foster care and to improve the conditions for more placements in reinforced foster family care and treatment foster care.
 Aim
 SBU shall produce a knowledge base regarding the methods used within the framework of qualified foster family care interventions. SBU shall further analyze and describe which components are included in the various interventions and, to the extent that there is scientific evidence with sufficiently high reliability, how the various components have affected the results of the qualified foster family care interventions. The National Board of Health and Welfare’s part of the assignment includes mapping the use of reinforced foster family care and treatment foster care in Sweden and investigating how carers within reinforced foster family care and treatment foster care experience the intervention. The National Board of Health and Welfare shall also, based on the knowledge base, create, and implement knowledge-supporting interventions, support, and activities around reinforced foster family care. Furthermore, SBU and the National Board of Health and Welfare shall describe necessary conditions to enable more placements in reinforced foster family care and treatment foster care.
 </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -501,57 +556,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D7"/>
+  <x:dimension ref="A1:D9"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="88.790625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="142.300625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.450625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="255" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
@@ -564,79 +619,101 @@
         <x:v>7</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:4">
       <x:c r="A4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
         <x:v>14</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="s">
+      <x:c r="D6" s="0" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C7" s="0" t="s">
+      <x:c r="D7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="D7" s="0" t="s">
+    </x:row>
+    <x:row r="8" spans="1:4">
+      <x:c r="A8" s="0" t="s">
         <x:v>21</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:4">
+      <x:c r="A9" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>