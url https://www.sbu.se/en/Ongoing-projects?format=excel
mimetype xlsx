--- v1 (2026-02-06)
+++ v2 (2026-03-31)
@@ -1,98 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1deda634f28a4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a5ace9cc4f940b68916ae01b227ec49.psmdcp" Id="Rcb1a36e3fb2a4425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60f397fcdcd9480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/513dcf62e4dc450491c40fc259c15d42.psmdcp" Id="Rf6d832eb122a4ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Title</x:t>
   </x:si>
   <x:si>
     <x:t>Planned to be published</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>
     <x:t>Content</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assessment tools for identifying individuals exposed to prostitution, human trafficking for sexual purposes, and sexual exploitation through the dissemination of images or videos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter 2, 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Background
+In June 2025, SBU received a government assignment to prepare support for individuals vulnerable to prostitution and related target groups (A2025/00637). According to the assignment, SBU will provide the Swedish National Board of Health and Welfare, with the scientific knowledge that they need in order to develop new knowledge support for professionals in social services and health care.
+SBU will therefore generate a systematic map of systematic reviews that have examined assessment tools used within social services and health care to identify individuals exposed to prostitution, human trafficking for sexual purposes, or sexual exploitation through the dissemination of images/films.
+This report is part of the overarching SBU project: Support for individuals vulnerable to prostitution and related target groups (SBU 2025/1092).
+Aim
+The purpose of this project is to map existing synthesized research (systematic reviews) on assessment tools used within health care and social services to identify individuals who are exposed to prostitution, human trafficking for sexual purposes, or sexual exploitation through the dissemination of images or videos.
+The outcome of the report will be an interactive map consisting of the existing synthesized research on assessment tools that have been studied in order to identify individuals exposed to prostitution, human trafficking for sexual purposes, and sexual exploitation through the dissemination of images or videos.
+Project group
+Experts
+- Anna Hall, social worker, PhD in social work, University of Gothenburg
+- Carl Göran Svedin, Dr, affiliated professor of social work at Marie Cederschiöld University, Stockholm
+- Charlotta von Mentzer, Midwife,  PhD student at the University of Gothenburg
+SBU
+- Johanna Andersson, project director
+- Helena Domeij, assistant project director
+- Emma Wernersson, project administrator
+- Klas Moberg, information specialist
+- Uliana Hellberg, head of unit
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The role of occupational exposures in the development of cancer among firefighters</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter 4, 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Background
+In early 2026, the Swedish Agency for Health Technology Assessment and Assessment of Social Services (SBU) was commissioned by the Swedish Government to examine the significance of occupational exposures in the etiology of cancer among firefighters. Following a literature search and consultations with domain experts, SBU determined that the most appropriate course of action was to prepare a critical commentary on the systematic review conducted by the International Agency for Research on Cancer (IARC), entitled Firefighting and cancer: A meta-analysis of cohort studies in the context of cancer hazard identification (De Bono et al., 2023).
+Aim
+The aim of this project is to examine the role of occupational exposures in the development of cancer among firefighters by evaluating and critically commenting on the systematic review Firefighting and cancer: A meta-analysis of cohort studies in the context of cancer hazard identification by De Bono et al. (2023), applying SBUs methodological framework.
+Project group
+SBU
+- Magdalena Ramstedt Stadin, project director)
+- Elin Frögéli, assistant project director)
+- Maria Hoppe, project administrator)
+- Jenny Odeberg, head of unit
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organisational and social work environment and mental ill-health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter 4, 2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Background
+Deficiencies in the organisational and social work environment negatively affect mental health. A previous evaluation by SBU shows that individuals with low job control combined with high demands develop more symptoms of depression. Lack of support and an imbalance between effort and reward also increase the risk of exhaustion and depression. However, there is still limited knowledge about gender differences in how working conditions relate to depression and exhaustion disorder, as well as about the role of the work environment in the development of anxiety.
+Objective
+The purpose of the evaluation is to systematically summarise the existing knowledge on the relationships between factors in the organisational and social work environment and mental ill‑health for the general working population as well as for women and men, respectively.
+Project group
+Experts
+- David Hallman, professor in Occupational Health Science, University of Gävle
+- Pia Svedberg, principal researcher, Karolinska Institutet
+From SBU
+- Elin Frögéli, project director
+- Magdalena Ramstedt Stadin, assistant project director
+- Klas Moberg, information specialist
+- Maria Hoppe, project administrator
+- Jenny Odeberg, head of unit
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The dental care system’s opportunities to prevent and identify medical diagnoses and health conditions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter 1, 2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Objective
+The aim is to compile scientific evidence and health economic assessments for methods within dental care aimed at preventing and identifying health conditions. In addition, scientific evidence regarding the organisational structures and factors that strengthen collaboration between dental care, healthcare, and social services will also be evaluated.
+Project group
+Experts
+To be determined.
+From SBU
+- Helena Domeij, Project Manager
+- Göran Bertilsson Pfuhl, Head of Unit
+- Maja Kärrman Fredriksson, Information Specialist
+- Mikaela Lannergren, Project Administrator
+- Sigurd Vitols, Assistant Project Manager
+- Therese Eriksson, Health Economist
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discrimination, violence and threats at work and its association with common mental disorders</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Background
+In the spring of 2025, SBU was commissioned by the government to evaluate the association between work environmental factors and the onset of mental illness, including potential gender differences. Paid employment is not only a source of income but also contributes to social belonging, participation, and mental well-being. At the same time, factors within the psychosocial work environment may increase the risk of mental illness and sickness absence.
+Globally, the World Health Organization estimates that approximately 15% of the working population experiences mental illness at any given time. In Sweden, sickness absence due to psychiatric diagnoses has increased markedly in recent decades. The number of ongoing cases rose from approximately 30,000 in 2010 to nearly 100,000 in 2024 according to the Swedish Social Insurance Agency. Further, stress-related diagnoses increased from about 34,700 cases in 2019 to 43,500 in 2024, an increase of roughly 25%. Women account for nearly four out of five stress-related sickness absence cases, with the highest rates observed among women aged 30–39 years.
+According to the Swedish Work Environment Authority’s 2024 report, 7–8% of employed individuals aged 16–64 reported exposure to workplace bullying in the past year. Between 12% and 23% reported some form of discrimination. Four percent reported sexual harassment, rising to 13% among young women. Furthermore, 14% reported exposure to threats or violence at work during the previous 12 months. Research indicates that workplace bullying is associated with concurrent and subsequent symptoms of depression, anxiety, stress-related disorders, sleep disturbances, and suicidal ideation [12–13]. Sexual harassment, as well as threats and violence at work, have also been linked to increased risk of depressive symptoms and burnout [14–16]. Taken together, these findings underscore the need to systematically map the evidence on the relationship between workplace bullying, threats and violence, and common mental disorders.
+Aim
+In this project we aim to conduct an umbrella review of systematic reviews examining the association between exposure to workplace bullying, threats, and violence, and common mental health disorders. In addition, the review will consider the duration of exposure and potential gender differences in these associations.
+Project group
+Experts
+- Linda Magnusson Hanson, associate professor, Department of Psychology, Stockholm University
+- Andreas Stenling, associate professor, Department of Psychology, Umeå University
+From SBU
+- Magdalena Ramstedt Stadin, project director
+- Elin Frögéli, assistant project director
+- Maria Ahlberg, project administrator
+- Carl Gornitzki, information specialist
+- Jenny Odeberg, head of unit
+</x:t>
   </x:si>
   <x:si>
     <x:t>Newborn screening of mucopolysackaridosis type 1</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter 3, 2026</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Background
 The Swedish National Board of Health and Welfare is investigating whether mucopolysackaridosis type 1 should be included in the newborn screening program, with PKU screening test. SBU has thus been asked to assess 2 of the 15 assessment criteria that are applied when screening programs are put in place. The concerned criteria are criteria number 4 (that an appropriate screening method must be available) and number 5 (that earlier stage interventions must be more effective than interventions after clinical discovery).
 Aim
 SBU is to assess the reliability of screening methods of mucopolysackaridosis type 1 (PKU screening test), and the effect of the two treatment options currently available in Sweden: hematopoietic stem cell transplantation and enzyme therapy.
 Project group
 Experts
 - Niklas Darin, PhD
 - Veroniqa Lundbäck, PhD
 From SBU
 - Hanna Norsted, Project manager
 - Fanny Sellberg, Assistant project manager
 - Hanna Olofsson, Information specialist
 - Maria Hoppe, Project administrator
 - Jenny Odeberg, Head of Unit
 </x:t>
   </x:si>
   <x:si>
     <x:t>National plan for a better addiction treatment</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Quarter 2, 2026</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Background
 SBU participate in a collaboration with nine other authorities in a government assignment about a national plan for better addiction treatment and stronger preventive work for alcohol, narcotics, doping, tobacco, and gambling. The government assignment is directed and coordinated by the National Board of Health and Welfare and the Public Health Agency of Sweden. The final report is to be submitted in its final form in June 2026.
 The plan will support the implementation of a reform to make societal implementations more coordinated, tailored to needs, and person centered for individuals with comorbidity of harmful use, dependence and poor mental health, and to support preventive work and early interventions, especially among children and youth.
 SBU contributes with two ongoing studies:
 - Organisational factors, integrated treatment forms and cooperation, as well as implementation of national plans.
 - Treatment of gambling disorder and problematic gambling.
 SBU has also contributed with knowledge regarding preventive interventions targeting children and youth.
 Aim
 The aim of the first study is to synthesize systematic reviews about organisational factors and changes and implementations of national efforts in the addiction treatment area, and how these have been identified, studied and related to outcomes on organisational and individual level. The search was conducted on literature from 2020 and forward.
 The aim of the second study is to synthesize systematic reviews about psychological treatment of gambling disorder and problematic gambling. The search was conducted on literature from 2015 and forward.
 From SBU
 Nina-Katri Gustafsson, Project managerDavid Forsström, Project managerIdha Kurtsdotter, Project memberHelena Domeij, Project memberRebecca Silverstein, Project memberJessica Dagerhamn, Project memberEmma Wernersson, Project administratorKlas Moberg, Information specialistUliana Hellberg, Head of unit
 </x:t>
   </x:si>
   <x:si>
     <x:t>A map of systematic reviews that have examined how sexual risk exposure can be identified or how mental illness among sexually exposed individuals can be treated</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter 2, 2027</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Background
 SBU has been commissioned by the Government (S2024/02156) to conduct a systematic map of systematic reviews that have studied methods to detect sexual risk exposure, primarily within social services and the health care sector, and where possible also within other areas covered by the agency’s remit. Furthermore, SBU should also conduct a systematic map of systematic reviews investigating treatments that can be provided by health care to children and adults who have been sexually exploited for pornographic purposes or under similar circumstances in which images or films have been shared. Two other projects at SBU similarly focuses on support for persons in prostitution and similar groups (dnr A2025/00637) and parental support and contact ways for children violently assaulted and sexually exploited (dnr A2025/00608).
@@ -119,133 +228,145 @@
   <x:si>
     <x:t>Interventions aimed at increasing physical activity in people with intellectual disabilities or autism spectrum disorder</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Background
 In a previous evidence map of systematic reviews of behavioural interventions aimed at increasing physical activity, SBU identified a lack of well conducted systematic reviews for, for example, people with disabilities. Against this background, SBU received a government commission to develop a knowledge base focusing on interventions to increase physical activity among people with disabilities, as well as those with physical or mental health problems. The population is very heterogeneous with very different needs, and including the entire population would result in a project that is far too extensive. The assignment has therefore been limited to people with intellectual disabilities (ID) and autism spectrum disorders (ASD)
 Objective
 This systematic review looks at interventions aimed at increasing physical activity among people with ID or ASD. The project includes both a quantitative synthesis of studies examining which interventions are effective in increasing physical activity, as well as a qualitative component that explores the barriers and facilitators for people with ID or ASD to increasing their physical activity.
 Experts
 - Ing-Mari Dohrn, PhD, Physiotherapist
 - Susann Arnell, PhD, Physiotherapist
 - Ulrika Långh, PhD, Psychologist, Psychotherapist, Certified behaviour analyst
 - Ulrika Müssener, Associate professor, Occupational therapist
 From SBU
 - Fanny Sellberg, Project manager
 - Annika Bring, Associate project manager
 - Hanna Olofsson, Information specialist 
 - Maria Hoppe, Project administrator
 - Jenny Odeberg, Project director
 </x:t>
   </x:si>
   <x:si>
     <x:t>Extended postnatal home visiting programs</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter 1, 2027</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">SBU will conduct a systematic review to gather evidence on extended home visits carried out in collaboration between social services and child health care. The review will synthesize qualitative data on the families’ and staff’s experiences and perceptions of the intervention, focussing mainly on the aspects that are relevant to the social services’ areas of responsibility.
 Project group
 - Elin Alfredsson, Senior lecturer, Psychologist, University of Gothenburg
 - Eva Randell, Associate Professor and Senior Lecturer, Social worker, Uppsala University
 Project members from SBU
 - Idha Kurtsdotter, Project Manager
 - Karin Olsson, Assistant Project Manager
 - Karin Robertsson, Assistant Project Manager
 - Irini Åberg, Project Administrator
 - Maja Kärrman Fredriksson, Information Specialist
 - Anna Ringborg, Health Economist
 - Uliana Hellberg, Head of Unit
 </x:t>
   </x:si>
   <x:si>
     <x:t>Evidence reviews on post covid</x:t>
   </x:si>
   <x:si>
     <x:t>Quartal 2, 2026</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Background
 Post covid is a condition that affects many people and may cause long-term symptoms impacting both daily life and health. Since 2021, SBU has received recurring government assignments to produce evidence reviews on post covid. In the current government assignment, SBU will produce evidence reviews that the National Board of Health and Welfare can use in its work.
 Objective
 The project aims to map the existing research in the form of primary studies that investigate the effects of treatments and rehabilitation interventions for post covid through a living systematic review. The mapping is limited to randomized clinical trials, and the results are published continuously in an interactive map.
 SBU will, if time and the availability of sufficient studies permits, conduct syntheses for different types of interventions.
 The project also aims to identify well-conducted systematic reviews with research questions that may be relevant to healthcare. In dialogue with the project experts and the National Board of Health and Welfare (Socialstyrelsen), these reviews may serve as a basis for reports from the SBU Enquiry service and a SBU Commentary.
 Experts
 - Marika Möller,  specialist in neuropsychology, associate professor, Danderyd Hospital/Karolinska Institutet.
 - Per Åkesson, specialist in infectious diseases, associate professor, Skåne University Hospital
 From SBU
 -  Per Lytsy, project manager
 - Annicka Hedman, assistant project manager
 - Jessica Dagerhamn, project participant
 - Elham Ali Mohammed, project participant
 - Jenny Ågren, project participant
 - Laura Lintamo, project participant
 - Carl Gornitzki, information specialist
 - Maria Ahlberg, project administrator
 - Pernilla Östlund, head of project (until 2025-08-31)
 - Jenny Odeberg, head of project (from 2025-09-01)
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Prioritisation of Knowledge Needs Concerning Home Care for Older Adults</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Background
+In the 2024 government appropriation directions, SBU was commissioned to produce knowledge summaries to improve elderly care (S20323/03257). The assignment is to be finalised by 1 December 2026.
+During 2026, SBU plans to carry out a prioritisation of the need for new knowledge identified within the area of home care services for older adults. The prioritisation will be conducted using a method developed by the James Lind Alliance (for reference reading, see: https://www.jla.nihr.ac.uk/). The purpose is to identify the most urgent knowledge needs within this specific area.
+The method is based on people with lived experience, relatives, and professionals within a designated area jointly agreeing on the most important knowledge gaps. The target group for the prioritisation primarily includes relevant authorities, researchers, and research funders, as well as home care service providers.
+Objective
+The aim of this project is to identify important needs for new knowledge within the field of home care, focusing specifically on older adults who receive home care services. The project is mainly directed at individuals who receive home care, their relatives, and professionals working in the field, in order to explore what knowledge needs they see based on their experiences.
+The results of the project will be used by SBU and the National Board of Health and Welfare in their work to develop knowledge-based materials for the sector, and by researchers and research funders in their roles of producing new scientific knowledge.
+More information about this project can be found here: https://www.sbu.se/jla_hemtjanst (in Swedish)
+Project group
+Experts
+- Ida Goliath, PhD, Associate professor, The Stockholm Gerontology Research Center and Karolinska Institutet
+- Elizabeth DiPaolo Sandberg, union chairman SKPF Pensionärerna
+From the National Board of Health and Welfare (Socialstyrelsen)
+- Emanuel Åhlfeldt, Researcher
+- Stefan Brené, Researcher
+From SBU
+- Frida Fröberg, Project Manager, from 2026-03-01
+- Anna-My Stradell, Project Member
+- Göran Bertilsson, Head of Unit
+- Irene Edebert, Assistant Project Manager
+- Jenny Nell, Project Member
+- Marie Österberg, Project Manager, until 2026-03-01
+- Mikaela Lannergren, Project Administrator, from 2026-01-19
+- Sofia Carlsson, Project Administrator, until 2026-01-19
+</x:t>
+  </x:si>
+  <x:si>
     <x:t>Barriers and facilitators when implementing guidelines in health and social care for the elderly</x:t>
   </x:si>
   <x:si>
     <x:t>Quartal 4, 2026</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Aim
 The objective of this report is to systematically compile knowledge regarding barriers and facilitators when implementing guidelines in health and social care for the elderly, as well what impact the identified factors place upon the implementation. The project will be carried out using a systematic mixed method, meaning that both quantitative and qualitative knowledge is going to be used.
 Project group
 Experts
-- Kristina Westerberg, Associate Professor, Professor Emerita, Department of Psychology, Umeå University, Umeå.
-- Åsa Hedberg Rundgren, PhD, registered physiotherapist, CEO and scientific leader at the Stockholm Gerontology Research Center, affiliated researcher at Aging Research Center, Karolinska Institutet, Stockholm.
+- Anna Dunér, Professor, Department of Social Work, University of Gothenburg
+- Kristina Westerberg, Associate Professor, Professor Emerita, Department of Psychology, Umeå University
+- Åsa Hedberg Rundgren, PhD, Registered Physiotherapist, CEO and Scientific Leader at the Stockholm Gerontology Research Center, affiliated researcher at Aging Research Center, Karolinska Institutet, Stockholm
 From SBU
 - Ann-Sofie Sundqvist, Project Manager
 - Johan Wallin, Assistant Project Manager
 - Klas Moberg, Information Specialist
 - Sigrid Widén, Project Administrator
 - Sofia Tranæus, Head of Department
 - Göran Bertilsson, Project Member
 - Mikael Nilsson, Project Member
-</x:t>
-[...14 lines deleted...]
-SBU shall produce a knowledge base regarding the methods used within the framework of qualified foster family care interventions. SBU shall further analyze and describe which components are included in the various interventions and, to the extent that there is scientific evidence with sufficiently high reliability, how the various components have affected the results of the qualified foster family care interventions. The National Board of Health and Welfare’s part of the assignment includes mapping the use of reinforced foster family care and treatment foster care in Sweden and investigating how carers within reinforced foster family care and treatment foster care experience the intervention. The National Board of Health and Welfare shall also, based on the knowledge base, create, and implement knowledge-supporting interventions, support, and activities around reinforced foster family care. Furthermore, SBU and the National Board of Health and Welfare shall describe necessary conditions to enable more placements in reinforced foster family care and treatment foster care.
 </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -556,59 +677,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D9"/>
+  <x:dimension ref="A1:D14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="142.300625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="152.920625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.450625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="255" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="9.470625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="255" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
@@ -619,101 +741,153 @@
         <x:v>7</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:4">
       <x:c r="A4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="B9" s="0" t="s">
+      <x:c r="D9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="C9" s="0" t="s">
+    </x:row>
+    <x:row r="10" spans="1:4">
+      <x:c r="A10" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="D9" s="0" t="s">
+      <x:c r="B10" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
         <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:4">
+      <x:c r="A11" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:4">
+      <x:c r="A12" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:4">
+      <x:c r="A13" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>